--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -632,57 +632,57 @@
   <si>
     <t>BS ISO 561. Coal. Coal preparation plant. Graphical symbols</t>
   </si>
   <si>
     <t>17/30362085 DC</t>
   </si>
   <si>
     <t>BS ISO 14617. Graphical symbols for diagrams</t>
   </si>
   <si>
     <t>Confirmed</t>
   </si>
   <si>
     <t>BS 499-2C:1999 (R12)</t>
   </si>
   <si>
     <t>Welding terms and symbols - European arc welding symbols in chart form</t>
   </si>
   <si>
     <t>BS EN 12526:1999</t>
   </si>
   <si>
     <t>Castors and wheels. Vocabulary, recommended symbols and multilingual dictionary</t>
   </si>
   <si>
+    <t>BS ISO 14084-2:2015</t>
+  </si>
+  <si>
+    <t>Process diagrams for power plants - Graphical symbols</t>
+  </si>
+  <si>
     <t>Under Review</t>
-  </si>
-[...4 lines deleted...]
-    <t>Process diagrams for power plants - Graphical symbols</t>
   </si>
   <si>
     <t>BS ISO 17338:2009</t>
   </si>
   <si>
     <t>Ships and marine technology. Drawings for fire protection. Indications of fire rating by divisions for ships and high-speed craft</t>
   </si>
   <si>
     <t>BS ISO 1219-1:2012+A1:2016</t>
   </si>
   <si>
     <t>Fluid power systems and components. Graphical symbols and circuit diagrams - Graphical symbols for conventional use and data-processing applications</t>
   </si>
   <si>
     <t>BS EN ISO 12671:2021</t>
   </si>
   <si>
     <t>Thermal spraying. Thermally sprayed coatings. Symbolic representation on drawings</t>
   </si>
   <si>
     <t>Revision Underway</t>
   </si>
   <si>
     <t>BS EN 61355-1:2008</t>
   </si>
@@ -1219,210 +1219,210 @@
       </c>
       <c r="H2">
         <v>54.49</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H3">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4">
         <v>221.0</v>
       </c>
       <c r="H4">
         <v>221.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H5">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>26</v>
       </c>
       <c r="F6" t="s">
         <v>17</v>
       </c>
       <c r="G6">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H6">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>28</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7">
         <v>65.0</v>
       </c>
       <c r="H7">
         <v>65.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8" t="s">
         <v>14</v>
       </c>
       <c r="C8" t="s">
         <v>29</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>30</v>
       </c>
       <c r="F8" t="s">
         <v>17</v>
       </c>
       <c r="G8">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
       <c r="H8">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9" t="s">
         <v>14</v>
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>17</v>
       </c>
       <c r="G9">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H9">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>33</v>
       </c>
       <c r="C10" t="s">
         <v>34</v>
       </c>
       <c r="D10">
         <v>2024</v>
       </c>
       <c r="E10" t="s">
         <v>35</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10">
         <v>280.0</v>
       </c>
       <c r="H10">
@@ -3481,106 +3481,106 @@
       </c>
       <c r="H89">
         <v>50.65</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>13</v>
       </c>
       <c r="B90" t="s">
         <v>14</v>
       </c>
       <c r="C90" t="s">
         <v>191</v>
       </c>
       <c r="D90">
         <v>2020</v>
       </c>
       <c r="E90" t="s">
         <v>192</v>
       </c>
       <c r="F90" t="s">
         <v>17</v>
       </c>
       <c r="G90">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H90">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>13</v>
       </c>
       <c r="B91" t="s">
         <v>14</v>
       </c>
       <c r="C91" t="s">
         <v>193</v>
       </c>
       <c r="D91">
         <v>11</v>
       </c>
       <c r="E91" t="s">
         <v>194</v>
       </c>
       <c r="F91" t="s">
         <v>17</v>
       </c>
       <c r="G91">
         <v>20.0</v>
       </c>
       <c r="H91">
         <v>20.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>13</v>
       </c>
       <c r="B92" t="s">
         <v>14</v>
       </c>
       <c r="C92" t="s">
         <v>195</v>
       </c>
       <c r="D92">
         <v>2010</v>
       </c>
       <c r="E92" t="s">
         <v>196</v>
       </c>
       <c r="F92" t="s">
         <v>17</v>
       </c>
       <c r="G92">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H92">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>13</v>
       </c>
       <c r="B93" t="s">
         <v>14</v>
       </c>
       <c r="C93" t="s">
         <v>197</v>
       </c>
       <c r="D93">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>198</v>
       </c>
       <c r="F93" t="s">
         <v>17</v>
       </c>
       <c r="G93">
         <v>20.0</v>
       </c>
       <c r="H93">
@@ -3634,652 +3634,652 @@
       </c>
       <c r="H95">
         <v>66.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>201</v>
       </c>
       <c r="B96" t="s">
         <v>14</v>
       </c>
       <c r="C96" t="s">
         <v>204</v>
       </c>
       <c r="D96">
         <v>1999</v>
       </c>
       <c r="E96" t="s">
         <v>205</v>
       </c>
       <c r="F96" t="s">
         <v>17</v>
       </c>
       <c r="G96">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H96">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B97" t="s">
         <v>14</v>
       </c>
       <c r="C97" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="D97">
         <v>2015</v>
       </c>
       <c r="E97" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="F97" t="s">
         <v>17</v>
       </c>
       <c r="G97">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H97">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B98" t="s">
         <v>14</v>
       </c>
       <c r="C98" t="s">
         <v>209</v>
       </c>
       <c r="D98">
         <v>2009</v>
       </c>
       <c r="E98" t="s">
         <v>210</v>
       </c>
       <c r="F98" t="s">
         <v>17</v>
       </c>
       <c r="G98">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H98">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B99" t="s">
         <v>14</v>
       </c>
       <c r="C99" t="s">
         <v>211</v>
       </c>
       <c r="D99">
         <v>2012</v>
       </c>
       <c r="E99" t="s">
         <v>212</v>
       </c>
       <c r="F99" t="s">
         <v>17</v>
       </c>
       <c r="G99">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H99">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>13</v>
       </c>
       <c r="B100" t="s">
         <v>14</v>
       </c>
       <c r="C100" t="s">
         <v>213</v>
       </c>
       <c r="D100">
         <v>2021</v>
       </c>
       <c r="E100" t="s">
         <v>214</v>
       </c>
       <c r="F100" t="s">
         <v>17</v>
       </c>
       <c r="G100">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H100">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>215</v>
       </c>
       <c r="B101" t="s">
         <v>14</v>
       </c>
       <c r="C101" t="s">
         <v>216</v>
       </c>
       <c r="D101">
         <v>2008</v>
       </c>
       <c r="E101" t="s">
         <v>217</v>
       </c>
       <c r="F101" t="s">
         <v>17</v>
       </c>
       <c r="G101">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H101">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B102" t="s">
         <v>14</v>
       </c>
       <c r="C102" t="s">
         <v>218</v>
       </c>
       <c r="D102">
         <v>2000</v>
       </c>
       <c r="E102" t="s">
         <v>219</v>
       </c>
       <c r="F102" t="s">
         <v>17</v>
       </c>
       <c r="G102">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H102">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>201</v>
       </c>
       <c r="B103" t="s">
         <v>14</v>
       </c>
       <c r="C103" t="s">
         <v>220</v>
       </c>
       <c r="D103">
         <v>2010</v>
       </c>
       <c r="E103" t="s">
         <v>221</v>
       </c>
       <c r="F103" t="s">
         <v>17</v>
       </c>
       <c r="G103">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H103">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>222</v>
       </c>
       <c r="B104" t="s">
         <v>14</v>
       </c>
       <c r="C104" t="s">
         <v>223</v>
       </c>
       <c r="D104">
         <v>2014</v>
       </c>
       <c r="E104" t="s">
         <v>224</v>
       </c>
       <c r="F104" t="s">
         <v>17</v>
       </c>
       <c r="G104">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H104">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B105" t="s">
         <v>14</v>
       </c>
       <c r="C105" t="s">
         <v>225</v>
       </c>
       <c r="D105">
         <v>2015</v>
       </c>
       <c r="E105" t="s">
         <v>226</v>
       </c>
       <c r="F105" t="s">
         <v>17</v>
       </c>
       <c r="G105">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H105">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>201</v>
       </c>
       <c r="B106" t="s">
         <v>14</v>
       </c>
       <c r="C106" t="s">
         <v>227</v>
       </c>
       <c r="D106">
         <v>2016</v>
       </c>
       <c r="E106" t="s">
         <v>228</v>
       </c>
       <c r="F106" t="s">
         <v>17</v>
       </c>
       <c r="G106">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H106">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B107" t="s">
         <v>14</v>
       </c>
       <c r="C107" t="s">
         <v>229</v>
       </c>
       <c r="D107">
         <v>1995</v>
       </c>
       <c r="E107" t="s">
         <v>230</v>
       </c>
       <c r="F107" t="s">
         <v>17</v>
       </c>
       <c r="G107">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H107">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>201</v>
       </c>
       <c r="B108" t="s">
         <v>14</v>
       </c>
       <c r="C108" t="s">
         <v>231</v>
       </c>
       <c r="D108">
         <v>2012</v>
       </c>
       <c r="E108" t="s">
         <v>232</v>
       </c>
       <c r="F108" t="s">
         <v>17</v>
       </c>
       <c r="G108">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H108">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>201</v>
       </c>
       <c r="B109" t="s">
         <v>14</v>
       </c>
       <c r="C109" t="s">
         <v>233</v>
       </c>
       <c r="D109">
         <v>2015</v>
       </c>
       <c r="E109" t="s">
         <v>234</v>
       </c>
       <c r="F109" t="s">
         <v>17</v>
       </c>
       <c r="G109">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H109">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B110" t="s">
         <v>14</v>
       </c>
       <c r="C110" t="s">
         <v>235</v>
       </c>
       <c r="D110">
         <v>1992</v>
       </c>
       <c r="E110" t="s">
         <v>236</v>
       </c>
       <c r="F110" t="s">
         <v>17</v>
       </c>
       <c r="G110">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H110">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>13</v>
       </c>
       <c r="B111" t="s">
         <v>14</v>
       </c>
       <c r="C111" t="s">
         <v>237</v>
       </c>
       <c r="D111">
         <v>2006</v>
       </c>
       <c r="E111" t="s">
         <v>112</v>
       </c>
       <c r="F111" t="s">
         <v>17</v>
       </c>
       <c r="G111">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H111">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B112" t="s">
         <v>14</v>
       </c>
       <c r="C112" t="s">
         <v>238</v>
       </c>
       <c r="D112">
         <v>2012</v>
       </c>
       <c r="E112" t="s">
         <v>239</v>
       </c>
       <c r="F112" t="s">
         <v>17</v>
       </c>
       <c r="G112">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H112">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B113" t="s">
         <v>14</v>
       </c>
       <c r="C113" t="s">
         <v>240</v>
       </c>
       <c r="D113">
         <v>1995</v>
       </c>
       <c r="E113" t="s">
         <v>241</v>
       </c>
       <c r="F113" t="s">
         <v>17</v>
       </c>
       <c r="G113">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H113">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>13</v>
       </c>
       <c r="B114" t="s">
         <v>14</v>
       </c>
       <c r="C114" t="s">
         <v>242</v>
       </c>
       <c r="D114">
         <v>1999</v>
       </c>
       <c r="E114" t="s">
         <v>243</v>
       </c>
       <c r="F114" t="s">
         <v>17</v>
       </c>
       <c r="G114">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H114">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>201</v>
       </c>
       <c r="B115" t="s">
         <v>14</v>
       </c>
       <c r="C115" t="s">
         <v>244</v>
       </c>
       <c r="D115">
         <v>1993</v>
       </c>
       <c r="E115" t="s">
         <v>245</v>
       </c>
       <c r="F115" t="s">
         <v>17</v>
       </c>
       <c r="G115">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H115">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>201</v>
       </c>
       <c r="B116" t="s">
         <v>14</v>
       </c>
       <c r="C116" t="s">
         <v>246</v>
       </c>
       <c r="D116">
         <v>2015</v>
       </c>
       <c r="E116" t="s">
         <v>247</v>
       </c>
       <c r="F116" t="s">
         <v>17</v>
       </c>
       <c r="G116">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H116">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>201</v>
       </c>
       <c r="B117" t="s">
         <v>14</v>
       </c>
       <c r="C117" t="s">
         <v>248</v>
       </c>
       <c r="D117">
         <v>1998</v>
       </c>
       <c r="E117" t="s">
         <v>249</v>
       </c>
       <c r="F117" t="s">
         <v>17</v>
       </c>
       <c r="G117">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H117">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B118" t="s">
         <v>14</v>
       </c>
       <c r="C118" t="s">
         <v>250</v>
       </c>
       <c r="D118">
         <v>2011</v>
       </c>
       <c r="E118" t="s">
         <v>251</v>
       </c>
       <c r="F118" t="s">
         <v>17</v>
       </c>
       <c r="G118">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H118">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B119" t="s">
         <v>14</v>
       </c>
       <c r="C119" t="s">
         <v>252</v>
       </c>
       <c r="D119">
         <v>1995</v>
       </c>
       <c r="E119" t="s">
         <v>253</v>
       </c>
       <c r="F119" t="s">
         <v>17</v>
       </c>
       <c r="G119">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H119">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>201</v>
       </c>
       <c r="B120" t="s">
         <v>14</v>
       </c>
       <c r="C120" t="s">
         <v>254</v>
       </c>
       <c r="D120">
         <v>2011</v>
       </c>
       <c r="E120" t="s">
         <v>255</v>
       </c>
       <c r="F120" t="s">
         <v>17</v>
       </c>
       <c r="G120">
         <v>258.0</v>
       </c>
       <c r="H120">