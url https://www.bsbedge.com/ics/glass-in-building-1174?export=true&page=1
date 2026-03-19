--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="876">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="874">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -2586,56 +2586,50 @@
     <t>Standard Specification for  Pyrolytic and Vacuum Deposition Coatings on Flat Glass</t>
   </si>
   <si>
     <t>ASTM E2751/E2751M : 21</t>
   </si>
   <si>
     <t>Standard Practice for Design and Performance of Supported Laminated Glass Walkways</t>
   </si>
   <si>
     <t>ASTM E997 : 15(2021)</t>
   </si>
   <si>
     <t>Standard Test Method for Evaluating Glass Breakage Probability Under the Influence of  Uniform Static Loads by Proof Load Testing</t>
   </si>
   <si>
     <t>ASTM E2353 : 21</t>
   </si>
   <si>
     <t>Standard Test Methods for Performance of Glazing in Permanent Railing Systems, Guards,  and Balustrades</t>
   </si>
   <si>
     <t>ASTM C1467/C1467M : 00(2021)</t>
   </si>
   <si>
     <t>Standard Specification for  Installation of Molded Glass Fiber Reinforced Gypsum Parts</t>
-  </si>
-[...4 lines deleted...]
-    <t>Standard Specification for  Chemically Strengthened Flat Glass</t>
   </si>
   <si>
     <t>ASTM C724 : 91(2020)</t>
   </si>
   <si>
     <t>Standard Test Method for  Acid Resistance of Ceramic Decorations on Architectural-Type   Glass</t>
   </si>
   <si>
     <t>ASTM E2953 : 14(2020)e1</t>
   </si>
   <si>
     <t>Standard Specification for Evaluating Accelerated Aging Performance of Electrochromic  Devices in Sealed Insulating Glass Units</t>
   </si>
   <si>
     <t>ASTM E2431 : 12(2020)</t>
   </si>
   <si>
     <t>Standard Practice for Determining the Resistance of Single Glazed Annealed Architectural   Flat Glass to Thermal Loadings</t>
   </si>
   <si>
     <t>ASTM C1394 : 20</t>
   </si>
   <si>
     <t>Standard Guide for  In-Situ Structural Silicone Glazing Evaluation</t>
   </si>
@@ -2987,51 +2981,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H430"/>
+  <dimension ref="A1:H429"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -13856,270 +13850,244 @@
       </c>
       <c r="E421" t="s">
         <v>857</v>
       </c>
       <c r="F421" t="s">
         <v>50</v>
       </c>
       <c r="G421">
         <v>64.0</v>
       </c>
       <c r="H421">
         <v>64.0</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>19</v>
       </c>
       <c r="B422" t="s">
         <v>47</v>
       </c>
       <c r="C422" t="s">
         <v>858</v>
       </c>
       <c r="D422">
-        <v>2020</v>
+        <v>1991</v>
       </c>
       <c r="E422" t="s">
         <v>859</v>
       </c>
       <c r="F422" t="s">
         <v>50</v>
       </c>
       <c r="G422">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H422">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>19</v>
       </c>
       <c r="B423" t="s">
         <v>47</v>
       </c>
       <c r="C423" t="s">
         <v>860</v>
       </c>
       <c r="D423">
-        <v>1991</v>
+        <v>2014</v>
       </c>
       <c r="E423" t="s">
         <v>861</v>
       </c>
       <c r="F423" t="s">
         <v>50</v>
       </c>
       <c r="G423">
         <v>64.0</v>
       </c>
       <c r="H423">
         <v>64.0</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>19</v>
       </c>
       <c r="B424" t="s">
         <v>47</v>
       </c>
       <c r="C424" t="s">
         <v>862</v>
       </c>
       <c r="D424">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E424" t="s">
         <v>863</v>
       </c>
       <c r="F424" t="s">
         <v>50</v>
       </c>
       <c r="G424">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H424">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>19</v>
       </c>
       <c r="B425" t="s">
         <v>47</v>
       </c>
       <c r="C425" t="s">
         <v>864</v>
       </c>
       <c r="D425">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="E425" t="s">
         <v>865</v>
       </c>
       <c r="F425" t="s">
         <v>50</v>
       </c>
       <c r="G425">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H425">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>19</v>
       </c>
       <c r="B426" t="s">
         <v>47</v>
       </c>
       <c r="C426" t="s">
         <v>866</v>
       </c>
       <c r="D426">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E426" t="s">
         <v>867</v>
       </c>
       <c r="F426" t="s">
         <v>50</v>
       </c>
       <c r="G426">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H426">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>19</v>
       </c>
       <c r="B427" t="s">
         <v>47</v>
       </c>
       <c r="C427" t="s">
         <v>868</v>
       </c>
       <c r="D427">
         <v>2019</v>
       </c>
       <c r="E427" t="s">
         <v>869</v>
       </c>
       <c r="F427" t="s">
         <v>50</v>
       </c>
       <c r="G427">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H427">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>19</v>
       </c>
       <c r="B428" t="s">
         <v>47</v>
       </c>
       <c r="C428" t="s">
         <v>870</v>
       </c>
       <c r="D428">
         <v>2019</v>
       </c>
       <c r="E428" t="s">
         <v>871</v>
       </c>
       <c r="F428" t="s">
         <v>50</v>
       </c>
       <c r="G428">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H428">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>19</v>
       </c>
       <c r="B429" t="s">
         <v>47</v>
       </c>
       <c r="C429" t="s">
         <v>872</v>
       </c>
       <c r="D429">
         <v>2019</v>
       </c>
       <c r="E429" t="s">
         <v>873</v>
       </c>
       <c r="F429" t="s">
         <v>50</v>
       </c>
       <c r="G429">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H429">
-        <v>72.0</v>
-[...24 lines deleted...]
-      <c r="H430">
         <v>64.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>