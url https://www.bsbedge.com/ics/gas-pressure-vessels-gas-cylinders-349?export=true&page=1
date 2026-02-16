--- v1 (2026-02-16)
+++ v2 (2026-02-16)
@@ -3054,54 +3054,54 @@
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>91</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>95</v>
       </c>
       <c r="D43">
         <v>2021</v>
       </c>
       <c r="E43" t="s">
         <v>96</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H43">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>97</v>
       </c>
       <c r="D44">
         <v>2021</v>
       </c>
       <c r="E44" t="s">
         <v>98</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
         <v>348.0</v>
       </c>
       <c r="H44">