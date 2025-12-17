--- v1 (2025-12-16)
+++ v2 (2025-12-17)
@@ -3053,77 +3053,77 @@
       </c>
       <c r="H4">
         <v>11300.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>22</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H5">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6">
         <v>1981</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="H6">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7">
         <v>6800.0</v>
       </c>
       <c r="H7">
@@ -3258,184 +3258,184 @@
       </c>
       <c r="H12">
         <v>20.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>19</v>
       </c>
       <c r="B13" t="s">
         <v>20</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
         <v>23</v>
       </c>
       <c r="G13">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H13">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>19</v>
       </c>
       <c r="B14" t="s">
         <v>20</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>41</v>
       </c>
       <c r="F14" t="s">
         <v>23</v>
       </c>
       <c r="G14">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H14">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15">
         <v>2007</v>
       </c>
       <c r="E15" t="s">
         <v>44</v>
       </c>
       <c r="F15" t="s">
         <v>45</v>
       </c>
       <c r="G15">
         <v>72.0</v>
       </c>
       <c r="H15">
         <v>72.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16" t="s">
         <v>20</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
       <c r="D16">
         <v>2024</v>
       </c>
       <c r="E16" t="s">
         <v>47</v>
       </c>
       <c r="F16" t="s">
         <v>23</v>
       </c>
       <c r="G16">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H16">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>48</v>
       </c>
       <c r="D17">
         <v>2025</v>
       </c>
       <c r="E17" t="s">
         <v>49</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
         <v>85.05</v>
       </c>
       <c r="H17">
         <v>85.05</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>19</v>
       </c>
       <c r="B18" t="s">
         <v>20</v>
       </c>
       <c r="C18" t="s">
         <v>50</v>
       </c>
       <c r="D18">
         <v>2025</v>
       </c>
       <c r="E18" t="s">
         <v>51</v>
       </c>
       <c r="F18" t="s">
         <v>23</v>
       </c>
       <c r="G18">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H18">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19">
         <v>2025</v>
       </c>
       <c r="E19" t="s">
         <v>53</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
         <v>130.09</v>
       </c>
       <c r="H19">
@@ -3570,132 +3570,132 @@
       </c>
       <c r="H24">
         <v>20.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25" t="s">
         <v>20</v>
       </c>
       <c r="C25" t="s">
         <v>66</v>
       </c>
       <c r="D25">
         <v>2025</v>
       </c>
       <c r="E25" t="s">
         <v>67</v>
       </c>
       <c r="F25" t="s">
         <v>23</v>
       </c>
       <c r="G25">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H25">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>19</v>
       </c>
       <c r="B26" t="s">
         <v>20</v>
       </c>
       <c r="C26" t="s">
         <v>68</v>
       </c>
       <c r="D26">
         <v>2025</v>
       </c>
       <c r="E26" t="s">
         <v>69</v>
       </c>
       <c r="F26" t="s">
         <v>23</v>
       </c>
       <c r="G26">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H26">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>19</v>
       </c>
       <c r="B27" t="s">
         <v>20</v>
       </c>
       <c r="C27" t="s">
         <v>70</v>
       </c>
       <c r="D27">
         <v>2025</v>
       </c>
       <c r="E27" t="s">
         <v>71</v>
       </c>
       <c r="F27" t="s">
         <v>23</v>
       </c>
       <c r="G27">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H27">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>19</v>
       </c>
       <c r="B28" t="s">
         <v>20</v>
       </c>
       <c r="C28" t="s">
         <v>72</v>
       </c>
       <c r="D28">
         <v>2025</v>
       </c>
       <c r="E28" t="s">
         <v>73</v>
       </c>
       <c r="F28" t="s">
         <v>23</v>
       </c>
       <c r="G28">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H28">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>15</v>
       </c>
       <c r="C29" t="s">
         <v>74</v>
       </c>
       <c r="D29">
         <v>2024</v>
       </c>
       <c r="E29" t="s">
         <v>75</v>
       </c>
       <c r="F29" t="s">
         <v>18</v>
       </c>
       <c r="G29">
         <v>9000.0</v>
       </c>
       <c r="H29">
@@ -4090,262 +4090,262 @@
       </c>
       <c r="H44">
         <v>196.64</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>19</v>
       </c>
       <c r="B45" t="s">
         <v>20</v>
       </c>
       <c r="C45" t="s">
         <v>104</v>
       </c>
       <c r="D45">
         <v>2024</v>
       </c>
       <c r="E45" t="s">
         <v>105</v>
       </c>
       <c r="F45" t="s">
         <v>23</v>
       </c>
       <c r="G45">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H45">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>19</v>
       </c>
       <c r="B46" t="s">
         <v>20</v>
       </c>
       <c r="C46" t="s">
         <v>106</v>
       </c>
       <c r="D46">
         <v>2024</v>
       </c>
       <c r="E46" t="s">
         <v>107</v>
       </c>
       <c r="F46" t="s">
         <v>23</v>
       </c>
       <c r="G46">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H46">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>54</v>
       </c>
       <c r="B47" t="s">
         <v>55</v>
       </c>
       <c r="C47" t="s">
         <v>108</v>
       </c>
       <c r="D47">
         <v>2024</v>
       </c>
       <c r="E47" t="s">
         <v>109</v>
       </c>
       <c r="F47" t="s">
         <v>57</v>
       </c>
       <c r="G47">
         <v>132.0</v>
       </c>
       <c r="H47">
         <v>132.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>19</v>
       </c>
       <c r="B48" t="s">
         <v>20</v>
       </c>
       <c r="C48" t="s">
         <v>110</v>
       </c>
       <c r="D48">
         <v>2024</v>
       </c>
       <c r="E48" t="s">
         <v>109</v>
       </c>
       <c r="F48" t="s">
         <v>23</v>
       </c>
       <c r="G48">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H48">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>19</v>
       </c>
       <c r="B49" t="s">
         <v>20</v>
       </c>
       <c r="C49" t="s">
         <v>111</v>
       </c>
       <c r="D49">
         <v>2024</v>
       </c>
       <c r="E49" t="s">
         <v>112</v>
       </c>
       <c r="F49" t="s">
         <v>23</v>
       </c>
       <c r="G49">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H49">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>19</v>
       </c>
       <c r="B50" t="s">
         <v>20</v>
       </c>
       <c r="C50" t="s">
         <v>113</v>
       </c>
       <c r="D50">
         <v>2024</v>
       </c>
       <c r="E50" t="s">
         <v>114</v>
       </c>
       <c r="F50" t="s">
         <v>23</v>
       </c>
       <c r="G50">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H50">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>19</v>
       </c>
       <c r="B51" t="s">
         <v>20</v>
       </c>
       <c r="C51" t="s">
         <v>115</v>
       </c>
       <c r="D51">
         <v>2024</v>
       </c>
       <c r="E51" t="s">
         <v>116</v>
       </c>
       <c r="F51" t="s">
         <v>23</v>
       </c>
       <c r="G51">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H51">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>19</v>
       </c>
       <c r="B52" t="s">
         <v>20</v>
       </c>
       <c r="C52" t="s">
         <v>117</v>
       </c>
       <c r="D52">
         <v>2024</v>
       </c>
       <c r="E52" t="s">
         <v>118</v>
       </c>
       <c r="F52" t="s">
         <v>23</v>
       </c>
       <c r="G52">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H52">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>19</v>
       </c>
       <c r="B53" t="s">
         <v>20</v>
       </c>
       <c r="C53" t="s">
         <v>46</v>
       </c>
       <c r="D53">
         <v>2024</v>
       </c>
       <c r="E53" t="s">
         <v>47</v>
       </c>
       <c r="F53" t="s">
         <v>23</v>
       </c>
       <c r="G53">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H53">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>42</v>
       </c>
       <c r="C54" t="s">
         <v>119</v>
       </c>
       <c r="D54">
         <v>2016</v>
       </c>
       <c r="E54" t="s">
         <v>120</v>
       </c>
       <c r="F54" t="s">
         <v>45</v>
       </c>
       <c r="G54">
         <v>72.0</v>
       </c>
       <c r="H54">
@@ -4402,80 +4402,80 @@
       </c>
       <c r="H56">
         <v>64.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>19</v>
       </c>
       <c r="B57" t="s">
         <v>20</v>
       </c>
       <c r="C57" t="s">
         <v>125</v>
       </c>
       <c r="D57">
         <v>2024</v>
       </c>
       <c r="E57" t="s">
         <v>126</v>
       </c>
       <c r="F57" t="s">
         <v>23</v>
       </c>
       <c r="G57">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
       <c r="H57">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>19</v>
       </c>
       <c r="B58" t="s">
         <v>20</v>
       </c>
       <c r="C58" t="s">
         <v>127</v>
       </c>
       <c r="D58">
         <v>2024</v>
       </c>
       <c r="E58" t="s">
         <v>128</v>
       </c>
       <c r="F58" t="s">
         <v>23</v>
       </c>
       <c r="G58">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H58">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>42</v>
       </c>
       <c r="C59" t="s">
         <v>129</v>
       </c>
       <c r="D59">
         <v>2024</v>
       </c>
       <c r="E59" t="s">
         <v>130</v>
       </c>
       <c r="F59" t="s">
         <v>45</v>
       </c>
       <c r="G59">
         <v>64.0</v>
       </c>
       <c r="H59">
@@ -4584,54 +4584,54 @@
       </c>
       <c r="H63">
         <v>102.43</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>19</v>
       </c>
       <c r="B64" t="s">
         <v>20</v>
       </c>
       <c r="C64" t="s">
         <v>139</v>
       </c>
       <c r="D64">
         <v>2024</v>
       </c>
       <c r="E64" t="s">
         <v>140</v>
       </c>
       <c r="F64" t="s">
         <v>23</v>
       </c>
       <c r="G64">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H64">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>54</v>
       </c>
       <c r="B65" t="s">
         <v>55</v>
       </c>
       <c r="C65" t="s">
         <v>141</v>
       </c>
       <c r="D65">
         <v>2024</v>
       </c>
       <c r="E65" t="s">
         <v>140</v>
       </c>
       <c r="F65" t="s">
         <v>57</v>
       </c>
       <c r="G65">
         <v>98.0</v>
       </c>
       <c r="H65">
@@ -4818,80 +4818,80 @@
       </c>
       <c r="H72">
         <v>20.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>19</v>
       </c>
       <c r="B73" t="s">
         <v>20</v>
       </c>
       <c r="C73" t="s">
         <v>156</v>
       </c>
       <c r="D73">
         <v>2024</v>
       </c>
       <c r="E73" t="s">
         <v>157</v>
       </c>
       <c r="F73" t="s">
         <v>23</v>
       </c>
       <c r="G73">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H73">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>19</v>
       </c>
       <c r="B74" t="s">
         <v>20</v>
       </c>
       <c r="C74" t="s">
         <v>158</v>
       </c>
       <c r="D74">
         <v>2024</v>
       </c>
       <c r="E74" t="s">
         <v>159</v>
       </c>
       <c r="F74" t="s">
         <v>23</v>
       </c>
       <c r="G74">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H74">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>19</v>
       </c>
       <c r="B75" t="s">
         <v>20</v>
       </c>
       <c r="C75" t="s">
         <v>160</v>
       </c>
       <c r="D75">
         <v>31</v>
       </c>
       <c r="E75" t="s">
         <v>161</v>
       </c>
       <c r="F75" t="s">
         <v>23</v>
       </c>
       <c r="G75">
         <v>20.0</v>
       </c>
       <c r="H75">
@@ -4922,54 +4922,54 @@
       </c>
       <c r="H76">
         <v>64.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>19</v>
       </c>
       <c r="B77" t="s">
         <v>20</v>
       </c>
       <c r="C77" t="s">
         <v>164</v>
       </c>
       <c r="D77">
         <v>2024</v>
       </c>
       <c r="E77" t="s">
         <v>165</v>
       </c>
       <c r="F77" t="s">
         <v>23</v>
       </c>
       <c r="G77">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H77">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>166</v>
       </c>
       <c r="D78">
         <v>2024</v>
       </c>
       <c r="E78" t="s">
         <v>167</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
         <v>217.85</v>
       </c>
       <c r="H78">
@@ -5000,54 +5000,54 @@
       </c>
       <c r="H79">
         <v>64.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>19</v>
       </c>
       <c r="B80" t="s">
         <v>20</v>
       </c>
       <c r="C80" t="s">
         <v>170</v>
       </c>
       <c r="D80">
         <v>2024</v>
       </c>
       <c r="E80" t="s">
         <v>171</v>
       </c>
       <c r="F80" t="s">
         <v>23</v>
       </c>
       <c r="G80">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H80">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>42</v>
       </c>
       <c r="C81" t="s">
         <v>172</v>
       </c>
       <c r="D81">
         <v>2018</v>
       </c>
       <c r="E81" t="s">
         <v>173</v>
       </c>
       <c r="F81" t="s">
         <v>45</v>
       </c>
       <c r="G81">
         <v>72.0</v>
       </c>
       <c r="H81">
@@ -5104,54 +5104,54 @@
       </c>
       <c r="H83">
         <v>64.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>19</v>
       </c>
       <c r="B84" t="s">
         <v>20</v>
       </c>
       <c r="C84" t="s">
         <v>178</v>
       </c>
       <c r="D84">
         <v>2024</v>
       </c>
       <c r="E84" t="s">
         <v>179</v>
       </c>
       <c r="F84" t="s">
         <v>23</v>
       </c>
       <c r="G84">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H84">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>15</v>
       </c>
       <c r="C85" t="s">
         <v>180</v>
       </c>
       <c r="D85">
         <v>2003</v>
       </c>
       <c r="E85" t="s">
         <v>181</v>
       </c>
       <c r="F85" t="s">
         <v>18</v>
       </c>
       <c r="G85">
         <v>4600.0</v>
       </c>
       <c r="H85">
@@ -5286,80 +5286,80 @@
       </c>
       <c r="H90">
         <v>72.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>19</v>
       </c>
       <c r="B91" t="s">
         <v>20</v>
       </c>
       <c r="C91" t="s">
         <v>192</v>
       </c>
       <c r="D91">
         <v>2023</v>
       </c>
       <c r="E91" t="s">
         <v>193</v>
       </c>
       <c r="F91" t="s">
         <v>23</v>
       </c>
       <c r="G91">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
       <c r="H91">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>19</v>
       </c>
       <c r="B92" t="s">
         <v>20</v>
       </c>
       <c r="C92" t="s">
         <v>194</v>
       </c>
       <c r="D92">
         <v>2023</v>
       </c>
       <c r="E92" t="s">
         <v>195</v>
       </c>
       <c r="F92" t="s">
         <v>23</v>
       </c>
       <c r="G92">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H92">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>42</v>
       </c>
       <c r="C93" t="s">
         <v>196</v>
       </c>
       <c r="D93">
         <v>2016</v>
       </c>
       <c r="E93" t="s">
         <v>197</v>
       </c>
       <c r="F93" t="s">
         <v>45</v>
       </c>
       <c r="G93">
         <v>72.0</v>
       </c>
       <c r="H93">
@@ -5520,80 +5520,80 @@
       </c>
       <c r="H99">
         <v>20.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>19</v>
       </c>
       <c r="B100" t="s">
         <v>20</v>
       </c>
       <c r="C100" t="s">
         <v>210</v>
       </c>
       <c r="D100">
         <v>2023</v>
       </c>
       <c r="E100" t="s">
         <v>211</v>
       </c>
       <c r="F100" t="s">
         <v>23</v>
       </c>
       <c r="G100">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H100">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>19</v>
       </c>
       <c r="B101" t="s">
         <v>20</v>
       </c>
       <c r="C101" t="s">
         <v>212</v>
       </c>
       <c r="D101">
         <v>2023</v>
       </c>
       <c r="E101" t="s">
         <v>213</v>
       </c>
       <c r="F101" t="s">
         <v>23</v>
       </c>
       <c r="G101">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H101">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
         <v>42</v>
       </c>
       <c r="C102" t="s">
         <v>214</v>
       </c>
       <c r="D102">
         <v>2023</v>
       </c>
       <c r="E102" t="s">
         <v>215</v>
       </c>
       <c r="F102" t="s">
         <v>45</v>
       </c>
       <c r="G102">
         <v>64.0</v>
       </c>
       <c r="H102">
@@ -9706,574 +9706,574 @@
       </c>
       <c r="H260">
         <v>68.04</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>533</v>
       </c>
       <c r="B261" t="s">
         <v>20</v>
       </c>
       <c r="C261" t="s">
         <v>534</v>
       </c>
       <c r="D261">
         <v>2017</v>
       </c>
       <c r="E261" t="s">
         <v>535</v>
       </c>
       <c r="F261" t="s">
         <v>23</v>
       </c>
       <c r="G261">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H261">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>536</v>
       </c>
       <c r="B262" t="s">
         <v>20</v>
       </c>
       <c r="C262" t="s">
         <v>537</v>
       </c>
       <c r="D262">
         <v>2015</v>
       </c>
       <c r="E262" t="s">
         <v>538</v>
       </c>
       <c r="F262" t="s">
         <v>23</v>
       </c>
       <c r="G262">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
       <c r="H262">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>19</v>
       </c>
       <c r="B263" t="s">
         <v>20</v>
       </c>
       <c r="C263" t="s">
         <v>539</v>
       </c>
       <c r="D263">
         <v>2022</v>
       </c>
       <c r="E263" t="s">
         <v>540</v>
       </c>
       <c r="F263" t="s">
         <v>23</v>
       </c>
       <c r="G263">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H263">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>19</v>
       </c>
       <c r="B264" t="s">
         <v>20</v>
       </c>
       <c r="C264" t="s">
         <v>541</v>
       </c>
       <c r="D264">
         <v>6</v>
       </c>
       <c r="E264" t="s">
         <v>542</v>
       </c>
       <c r="F264" t="s">
         <v>23</v>
       </c>
       <c r="G264">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H264">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>19</v>
       </c>
       <c r="B265" t="s">
         <v>20</v>
       </c>
       <c r="C265" t="s">
         <v>543</v>
       </c>
       <c r="D265">
         <v>2021</v>
       </c>
       <c r="E265" t="s">
         <v>544</v>
       </c>
       <c r="F265" t="s">
         <v>23</v>
       </c>
       <c r="G265">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H265">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>533</v>
       </c>
       <c r="B266" t="s">
         <v>20</v>
       </c>
       <c r="C266" t="s">
         <v>545</v>
       </c>
       <c r="D266">
         <v>2019</v>
       </c>
       <c r="E266" t="s">
         <v>546</v>
       </c>
       <c r="F266" t="s">
         <v>23</v>
       </c>
       <c r="G266">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H266">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>19</v>
       </c>
       <c r="B267" t="s">
         <v>20</v>
       </c>
       <c r="C267" t="s">
         <v>547</v>
       </c>
       <c r="D267">
         <v>2021</v>
       </c>
       <c r="E267" t="s">
         <v>548</v>
       </c>
       <c r="F267" t="s">
         <v>23</v>
       </c>
       <c r="G267">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H267">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>533</v>
       </c>
       <c r="B268" t="s">
         <v>20</v>
       </c>
       <c r="C268" t="s">
         <v>549</v>
       </c>
       <c r="D268">
         <v>2016</v>
       </c>
       <c r="E268" t="s">
         <v>550</v>
       </c>
       <c r="F268" t="s">
         <v>23</v>
       </c>
       <c r="G268">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H268">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>19</v>
       </c>
       <c r="B269" t="s">
         <v>20</v>
       </c>
       <c r="C269" t="s">
         <v>551</v>
       </c>
       <c r="D269">
         <v>2022</v>
       </c>
       <c r="E269" t="s">
         <v>552</v>
       </c>
       <c r="F269" t="s">
         <v>23</v>
       </c>
       <c r="G269">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
       <c r="H269">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>19</v>
       </c>
       <c r="B270" t="s">
         <v>20</v>
       </c>
       <c r="C270" t="s">
         <v>553</v>
       </c>
       <c r="D270">
         <v>2</v>
       </c>
       <c r="E270" t="s">
         <v>554</v>
       </c>
       <c r="F270" t="s">
         <v>23</v>
       </c>
       <c r="G270">
         <v>20.0</v>
       </c>
       <c r="H270">
         <v>20.0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>19</v>
       </c>
       <c r="B271" t="s">
         <v>20</v>
       </c>
       <c r="C271" t="s">
         <v>555</v>
       </c>
       <c r="D271">
         <v>2022</v>
       </c>
       <c r="E271" t="s">
         <v>556</v>
       </c>
       <c r="F271" t="s">
         <v>23</v>
       </c>
       <c r="G271">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H271">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>19</v>
       </c>
       <c r="B272" t="s">
         <v>20</v>
       </c>
       <c r="C272" t="s">
         <v>557</v>
       </c>
       <c r="D272">
         <v>2021</v>
       </c>
       <c r="E272" t="s">
         <v>558</v>
       </c>
       <c r="F272" t="s">
         <v>23</v>
       </c>
       <c r="G272">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H272">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>19</v>
       </c>
       <c r="B273" t="s">
         <v>20</v>
       </c>
       <c r="C273" t="s">
         <v>559</v>
       </c>
       <c r="D273">
         <v>2019</v>
       </c>
       <c r="E273" t="s">
         <v>560</v>
       </c>
       <c r="F273" t="s">
         <v>23</v>
       </c>
       <c r="G273">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H273">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>533</v>
       </c>
       <c r="B274" t="s">
         <v>20</v>
       </c>
       <c r="C274" t="s">
         <v>561</v>
       </c>
       <c r="D274">
         <v>2017</v>
       </c>
       <c r="E274" t="s">
         <v>562</v>
       </c>
       <c r="F274" t="s">
         <v>23</v>
       </c>
       <c r="G274">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H274">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>19</v>
       </c>
       <c r="B275" t="s">
         <v>20</v>
       </c>
       <c r="C275" t="s">
         <v>563</v>
       </c>
       <c r="D275">
         <v>21</v>
       </c>
       <c r="E275" t="s">
         <v>564</v>
       </c>
       <c r="F275" t="s">
         <v>23</v>
       </c>
       <c r="G275">
         <v>20.0</v>
       </c>
       <c r="H275">
         <v>20.0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>565</v>
       </c>
       <c r="B276" t="s">
         <v>20</v>
       </c>
       <c r="C276" t="s">
         <v>566</v>
       </c>
       <c r="D276">
         <v>2019</v>
       </c>
       <c r="E276" t="s">
         <v>567</v>
       </c>
       <c r="F276" t="s">
         <v>23</v>
       </c>
       <c r="G276">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H276">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>19</v>
       </c>
       <c r="B277" t="s">
         <v>20</v>
       </c>
       <c r="C277" t="s">
         <v>568</v>
       </c>
       <c r="D277">
         <v>2022</v>
       </c>
       <c r="E277" t="s">
         <v>569</v>
       </c>
       <c r="F277" t="s">
         <v>23</v>
       </c>
       <c r="G277">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H277">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>19</v>
       </c>
       <c r="B278" t="s">
         <v>20</v>
       </c>
       <c r="C278" t="s">
         <v>570</v>
       </c>
       <c r="D278">
         <v>2022</v>
       </c>
       <c r="E278" t="s">
         <v>571</v>
       </c>
       <c r="F278" t="s">
         <v>23</v>
       </c>
       <c r="G278">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H278">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>19</v>
       </c>
       <c r="B279" t="s">
         <v>20</v>
       </c>
       <c r="C279" t="s">
         <v>572</v>
       </c>
       <c r="D279">
         <v>18</v>
       </c>
       <c r="E279" t="s">
         <v>573</v>
       </c>
       <c r="F279" t="s">
         <v>23</v>
       </c>
       <c r="G279">
         <v>20.0</v>
       </c>
       <c r="H279">
         <v>20.0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>533</v>
       </c>
       <c r="B280" t="s">
         <v>20</v>
       </c>
       <c r="C280" t="s">
         <v>574</v>
       </c>
       <c r="D280">
         <v>2019</v>
       </c>
       <c r="E280" t="s">
         <v>575</v>
       </c>
       <c r="F280" t="s">
         <v>23</v>
       </c>
       <c r="G280">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H280">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>19</v>
       </c>
       <c r="B281" t="s">
         <v>20</v>
       </c>
       <c r="C281" t="s">
         <v>576</v>
       </c>
       <c r="D281">
         <v>2019</v>
       </c>
       <c r="E281" t="s">
         <v>577</v>
       </c>
       <c r="F281" t="s">
         <v>23</v>
       </c>
       <c r="G281">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H281">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>19</v>
       </c>
       <c r="B282" t="s">
         <v>20</v>
       </c>
       <c r="C282" t="s">
         <v>578</v>
       </c>
       <c r="D282">
         <v>18</v>
       </c>
       <c r="E282" t="s">
         <v>579</v>
       </c>
       <c r="F282" t="s">
         <v>23</v>
       </c>
       <c r="G282">
         <v>20.0</v>
       </c>
       <c r="H282">
@@ -10304,548 +10304,548 @@
       </c>
       <c r="H283">
         <v>20.0</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>19</v>
       </c>
       <c r="B284" t="s">
         <v>20</v>
       </c>
       <c r="C284" t="s">
         <v>582</v>
       </c>
       <c r="D284">
         <v>2022</v>
       </c>
       <c r="E284" t="s">
         <v>373</v>
       </c>
       <c r="F284" t="s">
         <v>23</v>
       </c>
       <c r="G284">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H284">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>19</v>
       </c>
       <c r="B285" t="s">
         <v>20</v>
       </c>
       <c r="C285" t="s">
         <v>583</v>
       </c>
       <c r="D285">
         <v>2022</v>
       </c>
       <c r="E285" t="s">
         <v>476</v>
       </c>
       <c r="F285" t="s">
         <v>23</v>
       </c>
       <c r="G285">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H285">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>533</v>
       </c>
       <c r="B286" t="s">
         <v>20</v>
       </c>
       <c r="C286" t="s">
         <v>584</v>
       </c>
       <c r="D286">
         <v>2019</v>
       </c>
       <c r="E286" t="s">
         <v>585</v>
       </c>
       <c r="F286" t="s">
         <v>23</v>
       </c>
       <c r="G286">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H286">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>19</v>
       </c>
       <c r="B287" t="s">
         <v>20</v>
       </c>
       <c r="C287" t="s">
         <v>586</v>
       </c>
       <c r="D287">
         <v>2023</v>
       </c>
       <c r="E287" t="s">
         <v>587</v>
       </c>
       <c r="F287" t="s">
         <v>23</v>
       </c>
       <c r="G287">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H287">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>565</v>
       </c>
       <c r="B288" t="s">
         <v>20</v>
       </c>
       <c r="C288" t="s">
         <v>588</v>
       </c>
       <c r="D288">
         <v>2015</v>
       </c>
       <c r="E288" t="s">
         <v>589</v>
       </c>
       <c r="F288" t="s">
         <v>23</v>
       </c>
       <c r="G288">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H288">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>19</v>
       </c>
       <c r="B289" t="s">
         <v>20</v>
       </c>
       <c r="C289" t="s">
         <v>590</v>
       </c>
       <c r="D289">
         <v>2022</v>
       </c>
       <c r="E289" t="s">
         <v>377</v>
       </c>
       <c r="F289" t="s">
         <v>23</v>
       </c>
       <c r="G289">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H289">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>565</v>
       </c>
       <c r="B290" t="s">
         <v>20</v>
       </c>
       <c r="C290" t="s">
         <v>591</v>
       </c>
       <c r="D290">
         <v>2016</v>
       </c>
       <c r="E290" t="s">
         <v>592</v>
       </c>
       <c r="F290" t="s">
         <v>23</v>
       </c>
       <c r="G290">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H290">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>19</v>
       </c>
       <c r="B291" t="s">
         <v>20</v>
       </c>
       <c r="C291" t="s">
         <v>593</v>
       </c>
       <c r="D291">
         <v>2022</v>
       </c>
       <c r="E291" t="s">
         <v>375</v>
       </c>
       <c r="F291" t="s">
         <v>23</v>
       </c>
       <c r="G291">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H291">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>19</v>
       </c>
       <c r="B292" t="s">
         <v>20</v>
       </c>
       <c r="C292" t="s">
         <v>594</v>
       </c>
       <c r="D292">
         <v>19</v>
       </c>
       <c r="E292" t="s">
         <v>595</v>
       </c>
       <c r="F292" t="s">
         <v>23</v>
       </c>
       <c r="G292">
         <v>20.0</v>
       </c>
       <c r="H292">
         <v>20.0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>19</v>
       </c>
       <c r="B293" t="s">
         <v>20</v>
       </c>
       <c r="C293" t="s">
         <v>596</v>
       </c>
       <c r="D293">
         <v>2021</v>
       </c>
       <c r="E293" t="s">
         <v>371</v>
       </c>
       <c r="F293" t="s">
         <v>23</v>
       </c>
       <c r="G293">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H293">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>533</v>
       </c>
       <c r="B294" t="s">
         <v>20</v>
       </c>
       <c r="C294" t="s">
         <v>597</v>
       </c>
       <c r="D294">
         <v>2017</v>
       </c>
       <c r="E294" t="s">
         <v>598</v>
       </c>
       <c r="F294" t="s">
         <v>23</v>
       </c>
       <c r="G294">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H294">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>19</v>
       </c>
       <c r="B295" t="s">
         <v>20</v>
       </c>
       <c r="C295" t="s">
         <v>599</v>
       </c>
       <c r="D295">
         <v>2022</v>
       </c>
       <c r="E295" t="s">
         <v>600</v>
       </c>
       <c r="F295" t="s">
         <v>23</v>
       </c>
       <c r="G295">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H295">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>533</v>
       </c>
       <c r="B296" t="s">
         <v>20</v>
       </c>
       <c r="C296" t="s">
         <v>601</v>
       </c>
       <c r="D296">
         <v>2019</v>
       </c>
       <c r="E296" t="s">
         <v>602</v>
       </c>
       <c r="F296" t="s">
         <v>23</v>
       </c>
       <c r="G296">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H296">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>19</v>
       </c>
       <c r="B297" t="s">
         <v>20</v>
       </c>
       <c r="C297" t="s">
         <v>603</v>
       </c>
       <c r="D297">
         <v>2023</v>
       </c>
       <c r="E297" t="s">
         <v>604</v>
       </c>
       <c r="F297" t="s">
         <v>23</v>
       </c>
       <c r="G297">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H297">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>533</v>
       </c>
       <c r="B298" t="s">
         <v>20</v>
       </c>
       <c r="C298" t="s">
         <v>605</v>
       </c>
       <c r="D298">
         <v>2017</v>
       </c>
       <c r="E298" t="s">
         <v>606</v>
       </c>
       <c r="F298" t="s">
         <v>23</v>
       </c>
       <c r="G298">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H298">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>533</v>
       </c>
       <c r="B299" t="s">
         <v>20</v>
       </c>
       <c r="C299" t="s">
         <v>607</v>
       </c>
       <c r="D299">
         <v>2018</v>
       </c>
       <c r="E299" t="s">
         <v>608</v>
       </c>
       <c r="F299" t="s">
         <v>23</v>
       </c>
       <c r="G299">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H299">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>565</v>
       </c>
       <c r="B300" t="s">
         <v>20</v>
       </c>
       <c r="C300" t="s">
         <v>609</v>
       </c>
       <c r="D300">
         <v>2015</v>
       </c>
       <c r="E300" t="s">
         <v>610</v>
       </c>
       <c r="F300" t="s">
         <v>23</v>
       </c>
       <c r="G300">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H300">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>19</v>
       </c>
       <c r="B301" t="s">
         <v>20</v>
       </c>
       <c r="C301" t="s">
         <v>611</v>
       </c>
       <c r="D301">
         <v>2023</v>
       </c>
       <c r="E301" t="s">
         <v>612</v>
       </c>
       <c r="F301" t="s">
         <v>23</v>
       </c>
       <c r="G301">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H301">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>533</v>
       </c>
       <c r="B302" t="s">
         <v>20</v>
       </c>
       <c r="C302" t="s">
         <v>613</v>
       </c>
       <c r="D302">
         <v>2010</v>
       </c>
       <c r="E302" t="s">
         <v>614</v>
       </c>
       <c r="F302" t="s">
         <v>23</v>
       </c>
       <c r="G302">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H302">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>533</v>
       </c>
       <c r="B303" t="s">
         <v>20</v>
       </c>
       <c r="C303" t="s">
         <v>615</v>
       </c>
       <c r="D303">
         <v>2018</v>
       </c>
       <c r="E303" t="s">
         <v>361</v>
       </c>
       <c r="F303" t="s">
         <v>23</v>
       </c>
       <c r="G303">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H303">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>19</v>
       </c>
       <c r="B304" t="s">
         <v>20</v>
       </c>
       <c r="C304" t="s">
         <v>616</v>
       </c>
       <c r="E304" t="s">
         <v>617</v>
       </c>
       <c r="F304" t="s">
         <v>23</v>
       </c>
       <c r="G304">
         <v>20.0</v>
       </c>
       <c r="H304">
         <v>20.0</v>
       </c>
     </row>
@@ -10870,805 +10870,805 @@
       </c>
       <c r="H305">
         <v>20.0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>533</v>
       </c>
       <c r="B306" t="s">
         <v>20</v>
       </c>
       <c r="C306" t="s">
         <v>620</v>
       </c>
       <c r="D306">
         <v>2013</v>
       </c>
       <c r="E306" t="s">
         <v>621</v>
       </c>
       <c r="F306" t="s">
         <v>23</v>
       </c>
       <c r="G306">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H306">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>565</v>
       </c>
       <c r="B307" t="s">
         <v>20</v>
       </c>
       <c r="C307" t="s">
         <v>622</v>
       </c>
       <c r="D307">
         <v>2012</v>
       </c>
       <c r="E307" t="s">
         <v>623</v>
       </c>
       <c r="F307" t="s">
         <v>23</v>
       </c>
       <c r="G307">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H307">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>533</v>
       </c>
       <c r="B308" t="s">
         <v>20</v>
       </c>
       <c r="C308" t="s">
         <v>624</v>
       </c>
       <c r="D308">
         <v>2019</v>
       </c>
       <c r="E308" t="s">
         <v>625</v>
       </c>
       <c r="F308" t="s">
         <v>23</v>
       </c>
       <c r="G308">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H308">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>565</v>
       </c>
       <c r="B309" t="s">
         <v>20</v>
       </c>
       <c r="C309" t="s">
         <v>626</v>
       </c>
       <c r="D309">
         <v>2000</v>
       </c>
       <c r="E309" t="s">
         <v>627</v>
       </c>
       <c r="F309" t="s">
         <v>23</v>
       </c>
       <c r="G309">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H309">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>565</v>
       </c>
       <c r="B310" t="s">
         <v>20</v>
       </c>
       <c r="C310" t="s">
         <v>628</v>
       </c>
       <c r="D310">
         <v>2019</v>
       </c>
       <c r="E310" t="s">
         <v>629</v>
       </c>
       <c r="F310" t="s">
         <v>23</v>
       </c>
       <c r="G310">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H310">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>533</v>
       </c>
       <c r="B311" t="s">
         <v>20</v>
       </c>
       <c r="C311" t="s">
         <v>630</v>
       </c>
       <c r="D311">
         <v>2020</v>
       </c>
       <c r="E311" t="s">
         <v>631</v>
       </c>
       <c r="F311" t="s">
         <v>23</v>
       </c>
       <c r="G311">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H311">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>533</v>
       </c>
       <c r="B312" t="s">
         <v>20</v>
       </c>
       <c r="C312" t="s">
         <v>632</v>
       </c>
       <c r="D312">
         <v>2019</v>
       </c>
       <c r="E312" t="s">
         <v>633</v>
       </c>
       <c r="F312" t="s">
         <v>23</v>
       </c>
       <c r="G312">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H312">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>19</v>
       </c>
       <c r="B313" t="s">
         <v>20</v>
       </c>
       <c r="C313" t="s">
         <v>634</v>
       </c>
       <c r="D313">
         <v>10</v>
       </c>
       <c r="E313" t="s">
         <v>635</v>
       </c>
       <c r="F313" t="s">
         <v>23</v>
       </c>
       <c r="G313">
         <v>20.0</v>
       </c>
       <c r="H313">
         <v>20.0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>533</v>
       </c>
       <c r="B314" t="s">
         <v>20</v>
       </c>
       <c r="C314" t="s">
         <v>636</v>
       </c>
       <c r="D314">
         <v>2001</v>
       </c>
       <c r="E314" t="s">
         <v>637</v>
       </c>
       <c r="F314" t="s">
         <v>23</v>
       </c>
       <c r="G314">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H314">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>565</v>
       </c>
       <c r="B315" t="s">
         <v>20</v>
       </c>
       <c r="C315" t="s">
         <v>638</v>
       </c>
       <c r="D315">
         <v>2018</v>
       </c>
       <c r="E315" t="s">
         <v>639</v>
       </c>
       <c r="F315" t="s">
         <v>23</v>
       </c>
       <c r="G315">
         <v>166.0</v>
       </c>
       <c r="H315">
         <v>166.0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>565</v>
       </c>
       <c r="B316" t="s">
         <v>20</v>
       </c>
       <c r="C316" t="s">
         <v>640</v>
       </c>
       <c r="D316">
         <v>2019</v>
       </c>
       <c r="E316" t="s">
         <v>365</v>
       </c>
       <c r="F316" t="s">
         <v>23</v>
       </c>
       <c r="G316">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H316">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>536</v>
       </c>
       <c r="B317" t="s">
         <v>20</v>
       </c>
       <c r="C317" t="s">
         <v>641</v>
       </c>
       <c r="D317">
         <v>2006</v>
       </c>
       <c r="E317" t="s">
         <v>642</v>
       </c>
       <c r="F317" t="s">
         <v>23</v>
       </c>
       <c r="G317">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H317">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>536</v>
       </c>
       <c r="B318" t="s">
         <v>20</v>
       </c>
       <c r="C318" t="s">
         <v>643</v>
       </c>
       <c r="D318">
         <v>2006</v>
       </c>
       <c r="E318" t="s">
         <v>644</v>
       </c>
       <c r="F318" t="s">
         <v>23</v>
       </c>
       <c r="G318">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H318">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>565</v>
       </c>
       <c r="B319" t="s">
         <v>20</v>
       </c>
       <c r="C319" t="s">
         <v>645</v>
       </c>
       <c r="D319">
         <v>1988</v>
       </c>
       <c r="E319" t="s">
         <v>646</v>
       </c>
       <c r="F319" t="s">
         <v>23</v>
       </c>
       <c r="G319">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H319">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>533</v>
       </c>
       <c r="B320" t="s">
         <v>20</v>
       </c>
       <c r="C320" t="s">
         <v>647</v>
       </c>
       <c r="D320">
         <v>2017</v>
       </c>
       <c r="E320" t="s">
         <v>648</v>
       </c>
       <c r="F320" t="s">
         <v>23</v>
       </c>
       <c r="G320">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H320">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>533</v>
       </c>
       <c r="B321" t="s">
         <v>20</v>
       </c>
       <c r="C321" t="s">
         <v>649</v>
       </c>
       <c r="D321">
         <v>2017</v>
       </c>
       <c r="E321" t="s">
         <v>650</v>
       </c>
       <c r="F321" t="s">
         <v>23</v>
       </c>
       <c r="G321">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H321">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>19</v>
       </c>
       <c r="B322" t="s">
         <v>20</v>
       </c>
       <c r="C322" t="s">
         <v>651</v>
       </c>
       <c r="D322">
         <v>2</v>
       </c>
       <c r="E322" t="s">
         <v>652</v>
       </c>
       <c r="F322" t="s">
         <v>23</v>
       </c>
       <c r="G322">
         <v>20.0</v>
       </c>
       <c r="H322">
         <v>20.0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>565</v>
       </c>
       <c r="B323" t="s">
         <v>20</v>
       </c>
       <c r="C323" t="s">
         <v>653</v>
       </c>
       <c r="D323">
         <v>2016</v>
       </c>
       <c r="E323" t="s">
         <v>654</v>
       </c>
       <c r="F323" t="s">
         <v>23</v>
       </c>
       <c r="G323">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H323">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>533</v>
       </c>
       <c r="B324" t="s">
         <v>20</v>
       </c>
       <c r="C324" t="s">
         <v>655</v>
       </c>
       <c r="D324">
         <v>2017</v>
       </c>
       <c r="E324" t="s">
         <v>656</v>
       </c>
       <c r="F324" t="s">
         <v>23</v>
       </c>
       <c r="G324">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H324">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>533</v>
       </c>
       <c r="B325" t="s">
         <v>20</v>
       </c>
       <c r="C325" t="s">
         <v>657</v>
       </c>
       <c r="D325">
         <v>2017</v>
       </c>
       <c r="E325" t="s">
         <v>658</v>
       </c>
       <c r="F325" t="s">
         <v>23</v>
       </c>
       <c r="G325">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H325">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>565</v>
       </c>
       <c r="B326" t="s">
         <v>20</v>
       </c>
       <c r="C326" t="s">
         <v>659</v>
       </c>
       <c r="D326">
         <v>2018</v>
       </c>
       <c r="E326" t="s">
         <v>660</v>
       </c>
       <c r="F326" t="s">
         <v>23</v>
       </c>
       <c r="G326">
         <v>234.0</v>
       </c>
       <c r="H326">
         <v>234.0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>19</v>
       </c>
       <c r="B327" t="s">
         <v>20</v>
       </c>
       <c r="C327" t="s">
         <v>661</v>
       </c>
       <c r="D327">
         <v>2022</v>
       </c>
       <c r="E327" t="s">
         <v>662</v>
       </c>
       <c r="F327" t="s">
         <v>23</v>
       </c>
       <c r="G327">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H327">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>19</v>
       </c>
       <c r="B328" t="s">
         <v>20</v>
       </c>
       <c r="C328" t="s">
         <v>663</v>
       </c>
       <c r="D328">
         <v>2022</v>
       </c>
       <c r="E328" t="s">
         <v>664</v>
       </c>
       <c r="F328" t="s">
         <v>23</v>
       </c>
       <c r="G328">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H328">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>19</v>
       </c>
       <c r="B329" t="s">
         <v>20</v>
       </c>
       <c r="C329" t="s">
         <v>665</v>
       </c>
       <c r="D329">
         <v>2023</v>
       </c>
       <c r="E329" t="s">
         <v>666</v>
       </c>
       <c r="F329" t="s">
         <v>23</v>
       </c>
       <c r="G329">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H329">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>533</v>
       </c>
       <c r="B330" t="s">
         <v>20</v>
       </c>
       <c r="C330" t="s">
         <v>667</v>
       </c>
       <c r="D330">
         <v>2017</v>
       </c>
       <c r="E330" t="s">
         <v>668</v>
       </c>
       <c r="F330" t="s">
         <v>23</v>
       </c>
       <c r="G330">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H330">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>565</v>
       </c>
       <c r="B331" t="s">
         <v>20</v>
       </c>
       <c r="C331" t="s">
         <v>669</v>
       </c>
       <c r="D331">
         <v>2019</v>
       </c>
       <c r="E331" t="s">
         <v>363</v>
       </c>
       <c r="F331" t="s">
         <v>23</v>
       </c>
       <c r="G331">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H331">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>19</v>
       </c>
       <c r="B332" t="s">
         <v>20</v>
       </c>
       <c r="C332" t="s">
         <v>670</v>
       </c>
       <c r="E332" t="s">
         <v>671</v>
       </c>
       <c r="F332" t="s">
         <v>23</v>
       </c>
       <c r="G332">
         <v>20.0</v>
       </c>
       <c r="H332">
         <v>20.0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>565</v>
       </c>
       <c r="B333" t="s">
         <v>20</v>
       </c>
       <c r="C333" t="s">
         <v>672</v>
       </c>
       <c r="D333">
         <v>1991</v>
       </c>
       <c r="E333" t="s">
         <v>673</v>
       </c>
       <c r="F333" t="s">
         <v>23</v>
       </c>
       <c r="G333">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H333">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>565</v>
       </c>
       <c r="B334" t="s">
         <v>20</v>
       </c>
       <c r="C334" t="s">
         <v>674</v>
       </c>
       <c r="D334">
         <v>2010</v>
       </c>
       <c r="E334" t="s">
         <v>675</v>
       </c>
       <c r="F334" t="s">
         <v>23</v>
       </c>
       <c r="G334">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H334">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>533</v>
       </c>
       <c r="B335" t="s">
         <v>20</v>
       </c>
       <c r="C335" t="s">
         <v>676</v>
       </c>
       <c r="D335">
         <v>1999</v>
       </c>
       <c r="E335" t="s">
         <v>677</v>
       </c>
       <c r="F335" t="s">
         <v>23</v>
       </c>
       <c r="G335">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H335">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>19</v>
       </c>
       <c r="B336" t="s">
         <v>20</v>
       </c>
       <c r="C336" t="s">
         <v>678</v>
       </c>
       <c r="D336">
         <v>2</v>
       </c>
       <c r="E336" t="s">
         <v>679</v>
       </c>
       <c r="F336" t="s">
         <v>23</v>
       </c>
       <c r="G336">
         <v>20.0</v>
       </c>
       <c r="H336">
@@ -11699,782 +11699,782 @@
       </c>
       <c r="H337">
         <v>232.0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>565</v>
       </c>
       <c r="B338" t="s">
         <v>20</v>
       </c>
       <c r="C338" t="s">
         <v>682</v>
       </c>
       <c r="D338">
         <v>2010</v>
       </c>
       <c r="E338" t="s">
         <v>683</v>
       </c>
       <c r="F338" t="s">
         <v>23</v>
       </c>
       <c r="G338">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H338">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>565</v>
       </c>
       <c r="B339" t="s">
         <v>20</v>
       </c>
       <c r="C339" t="s">
         <v>684</v>
       </c>
       <c r="D339">
         <v>2017</v>
       </c>
       <c r="E339" t="s">
         <v>297</v>
       </c>
       <c r="F339" t="s">
         <v>23</v>
       </c>
       <c r="G339">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H339">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>565</v>
       </c>
       <c r="B340" t="s">
         <v>20</v>
       </c>
       <c r="C340" t="s">
         <v>685</v>
       </c>
       <c r="D340">
         <v>2014</v>
       </c>
       <c r="E340" t="s">
         <v>347</v>
       </c>
       <c r="F340" t="s">
         <v>23</v>
       </c>
       <c r="G340">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H340">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>19</v>
       </c>
       <c r="B341" t="s">
         <v>20</v>
       </c>
       <c r="C341" t="s">
         <v>686</v>
       </c>
       <c r="D341">
         <v>2006</v>
       </c>
       <c r="E341" t="s">
         <v>687</v>
       </c>
       <c r="F341" t="s">
         <v>23</v>
       </c>
       <c r="G341">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H341">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>565</v>
       </c>
       <c r="B342" t="s">
         <v>20</v>
       </c>
       <c r="C342" t="s">
         <v>688</v>
       </c>
       <c r="D342">
         <v>2006</v>
       </c>
       <c r="E342" t="s">
         <v>689</v>
       </c>
       <c r="F342" t="s">
         <v>23</v>
       </c>
       <c r="G342">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H342">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>536</v>
       </c>
       <c r="B343" t="s">
         <v>20</v>
       </c>
       <c r="C343" t="s">
         <v>690</v>
       </c>
       <c r="D343">
         <v>2017</v>
       </c>
       <c r="E343" t="s">
         <v>385</v>
       </c>
       <c r="F343" t="s">
         <v>23</v>
       </c>
       <c r="G343">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H343">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>533</v>
       </c>
       <c r="B344" t="s">
         <v>20</v>
       </c>
       <c r="C344" t="s">
         <v>691</v>
       </c>
       <c r="D344">
         <v>2017</v>
       </c>
       <c r="E344" t="s">
         <v>692</v>
       </c>
       <c r="F344" t="s">
         <v>23</v>
       </c>
       <c r="G344">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H344">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>536</v>
       </c>
       <c r="B345" t="s">
         <v>20</v>
       </c>
       <c r="C345" t="s">
         <v>693</v>
       </c>
       <c r="D345">
         <v>2004</v>
       </c>
       <c r="E345" t="s">
         <v>694</v>
       </c>
       <c r="F345" t="s">
         <v>23</v>
       </c>
       <c r="G345">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H345">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>565</v>
       </c>
       <c r="B346" t="s">
         <v>20</v>
       </c>
       <c r="C346" t="s">
         <v>695</v>
       </c>
       <c r="D346">
         <v>2006</v>
       </c>
       <c r="E346" t="s">
         <v>422</v>
       </c>
       <c r="F346" t="s">
         <v>23</v>
       </c>
       <c r="G346">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H346">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>536</v>
       </c>
       <c r="B347" t="s">
         <v>20</v>
       </c>
       <c r="C347" t="s">
         <v>696</v>
       </c>
       <c r="D347">
         <v>2007</v>
       </c>
       <c r="E347" t="s">
         <v>349</v>
       </c>
       <c r="F347" t="s">
         <v>23</v>
       </c>
       <c r="G347">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H347">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>565</v>
       </c>
       <c r="B348" t="s">
         <v>20</v>
       </c>
       <c r="C348" t="s">
         <v>697</v>
       </c>
       <c r="D348">
         <v>2004</v>
       </c>
       <c r="E348" t="s">
         <v>698</v>
       </c>
       <c r="F348" t="s">
         <v>23</v>
       </c>
       <c r="G348">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H348">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>536</v>
       </c>
       <c r="B349" t="s">
         <v>20</v>
       </c>
       <c r="C349" t="s">
         <v>699</v>
       </c>
       <c r="D349">
         <v>2008</v>
       </c>
       <c r="E349" t="s">
         <v>700</v>
       </c>
       <c r="F349" t="s">
         <v>23</v>
       </c>
       <c r="G349">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H349">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>565</v>
       </c>
       <c r="B350" t="s">
         <v>20</v>
       </c>
       <c r="C350" t="s">
         <v>701</v>
       </c>
       <c r="D350">
         <v>2017</v>
       </c>
       <c r="E350" t="s">
         <v>389</v>
       </c>
       <c r="F350" t="s">
         <v>23</v>
       </c>
       <c r="G350">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H350">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>533</v>
       </c>
       <c r="B351" t="s">
         <v>20</v>
       </c>
       <c r="C351" t="s">
         <v>702</v>
       </c>
       <c r="D351">
         <v>1999</v>
       </c>
       <c r="E351" t="s">
         <v>703</v>
       </c>
       <c r="F351" t="s">
         <v>23</v>
       </c>
       <c r="G351">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H351">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>533</v>
       </c>
       <c r="B352" t="s">
         <v>20</v>
       </c>
       <c r="C352" t="s">
         <v>704</v>
       </c>
       <c r="D352">
         <v>2017</v>
       </c>
       <c r="E352" t="s">
         <v>387</v>
       </c>
       <c r="F352" t="s">
         <v>23</v>
       </c>
       <c r="G352">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H352">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>533</v>
       </c>
       <c r="B353" t="s">
         <v>20</v>
       </c>
       <c r="C353" t="s">
         <v>705</v>
       </c>
       <c r="D353">
         <v>2013</v>
       </c>
       <c r="E353" t="s">
         <v>706</v>
       </c>
       <c r="F353" t="s">
         <v>23</v>
       </c>
       <c r="G353">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H353">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>565</v>
       </c>
       <c r="B354" t="s">
         <v>20</v>
       </c>
       <c r="C354" t="s">
         <v>707</v>
       </c>
       <c r="D354">
         <v>2012</v>
       </c>
       <c r="E354" t="s">
         <v>313</v>
       </c>
       <c r="F354" t="s">
         <v>23</v>
       </c>
       <c r="G354">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H354">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>533</v>
       </c>
       <c r="B355" t="s">
         <v>20</v>
       </c>
       <c r="C355" t="s">
         <v>708</v>
       </c>
       <c r="D355">
         <v>2017</v>
       </c>
       <c r="E355" t="s">
         <v>472</v>
       </c>
       <c r="F355" t="s">
         <v>23</v>
       </c>
       <c r="G355">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H355">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>565</v>
       </c>
       <c r="B356" t="s">
         <v>20</v>
       </c>
       <c r="C356" t="s">
         <v>709</v>
       </c>
       <c r="D356">
         <v>2004</v>
       </c>
       <c r="E356" t="s">
         <v>710</v>
       </c>
       <c r="F356" t="s">
         <v>23</v>
       </c>
       <c r="G356">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H356">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>565</v>
       </c>
       <c r="B357" t="s">
         <v>20</v>
       </c>
       <c r="C357" t="s">
         <v>711</v>
       </c>
       <c r="D357">
         <v>2015</v>
       </c>
       <c r="E357" t="s">
         <v>478</v>
       </c>
       <c r="F357" t="s">
         <v>23</v>
       </c>
       <c r="G357">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H357">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>533</v>
       </c>
       <c r="B358" t="s">
         <v>20</v>
       </c>
       <c r="C358" t="s">
         <v>712</v>
       </c>
       <c r="D358">
         <v>2006</v>
       </c>
       <c r="E358" t="s">
         <v>713</v>
       </c>
       <c r="F358" t="s">
         <v>23</v>
       </c>
       <c r="G358">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H358">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>533</v>
       </c>
       <c r="B359" t="s">
         <v>20</v>
       </c>
       <c r="C359" t="s">
         <v>714</v>
       </c>
       <c r="D359">
         <v>2013</v>
       </c>
       <c r="E359" t="s">
         <v>715</v>
       </c>
       <c r="F359" t="s">
         <v>23</v>
       </c>
       <c r="G359">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H359">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>533</v>
       </c>
       <c r="B360" t="s">
         <v>20</v>
       </c>
       <c r="C360" t="s">
         <v>716</v>
       </c>
       <c r="D360">
         <v>2010</v>
       </c>
       <c r="E360" t="s">
         <v>717</v>
       </c>
       <c r="F360" t="s">
         <v>23</v>
       </c>
       <c r="G360">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H360">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>565</v>
       </c>
       <c r="B361" t="s">
         <v>20</v>
       </c>
       <c r="C361" t="s">
         <v>718</v>
       </c>
       <c r="D361">
         <v>2012</v>
       </c>
       <c r="E361" t="s">
         <v>719</v>
       </c>
       <c r="F361" t="s">
         <v>23</v>
       </c>
       <c r="G361">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H361">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>533</v>
       </c>
       <c r="B362" t="s">
         <v>20</v>
       </c>
       <c r="C362" t="s">
         <v>720</v>
       </c>
       <c r="D362">
         <v>2013</v>
       </c>
       <c r="E362" t="s">
         <v>721</v>
       </c>
       <c r="F362" t="s">
         <v>23</v>
       </c>
       <c r="G362">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H362">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>565</v>
       </c>
       <c r="B363" t="s">
         <v>20</v>
       </c>
       <c r="C363" t="s">
         <v>722</v>
       </c>
       <c r="D363">
         <v>2012</v>
       </c>
       <c r="E363" t="s">
         <v>723</v>
       </c>
       <c r="F363" t="s">
         <v>23</v>
       </c>
       <c r="G363">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H363">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>533</v>
       </c>
       <c r="B364" t="s">
         <v>20</v>
       </c>
       <c r="C364" t="s">
         <v>724</v>
       </c>
       <c r="D364">
         <v>2017</v>
       </c>
       <c r="E364" t="s">
         <v>725</v>
       </c>
       <c r="F364" t="s">
         <v>23</v>
       </c>
       <c r="G364">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H364">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>565</v>
       </c>
       <c r="B365" t="s">
         <v>20</v>
       </c>
       <c r="C365" t="s">
         <v>726</v>
       </c>
       <c r="D365">
         <v>2010</v>
       </c>
       <c r="E365" t="s">
         <v>727</v>
       </c>
       <c r="F365" t="s">
         <v>23</v>
       </c>
       <c r="G365">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H365">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>533</v>
       </c>
       <c r="B366" t="s">
         <v>20</v>
       </c>
       <c r="C366" t="s">
         <v>728</v>
       </c>
       <c r="D366">
         <v>1997</v>
       </c>
       <c r="E366" t="s">
         <v>729</v>
       </c>
       <c r="F366" t="s">
         <v>23</v>
       </c>
       <c r="G366">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H366">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>19</v>
       </c>
       <c r="B367" t="s">
         <v>20</v>
       </c>
       <c r="C367" t="s">
         <v>730</v>
       </c>
       <c r="E367" t="s">
         <v>731</v>
       </c>
       <c r="F367" t="s">
         <v>23</v>
       </c>
       <c r="G367">
         <v>20.0</v>
       </c>
       <c r="H367">
         <v>20.0</v>
       </c>
     </row>
@@ -12499,522 +12499,522 @@
       </c>
       <c r="H368">
         <v>20.0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>565</v>
       </c>
       <c r="B369" t="s">
         <v>20</v>
       </c>
       <c r="C369" t="s">
         <v>734</v>
       </c>
       <c r="D369">
         <v>1991</v>
       </c>
       <c r="E369" t="s">
         <v>735</v>
       </c>
       <c r="F369" t="s">
         <v>23</v>
       </c>
       <c r="G369">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H369">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>565</v>
       </c>
       <c r="B370" t="s">
         <v>20</v>
       </c>
       <c r="C370" t="s">
         <v>736</v>
       </c>
       <c r="D370">
         <v>2016</v>
       </c>
       <c r="E370" t="s">
         <v>737</v>
       </c>
       <c r="F370" t="s">
         <v>23</v>
       </c>
       <c r="G370">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H370">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>533</v>
       </c>
       <c r="B371" t="s">
         <v>20</v>
       </c>
       <c r="C371" t="s">
         <v>738</v>
       </c>
       <c r="D371">
         <v>2009</v>
       </c>
       <c r="E371" t="s">
         <v>739</v>
       </c>
       <c r="F371" t="s">
         <v>23</v>
       </c>
       <c r="G371">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H371">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>565</v>
       </c>
       <c r="B372" t="s">
         <v>20</v>
       </c>
       <c r="C372" t="s">
         <v>740</v>
       </c>
       <c r="D372">
         <v>2016</v>
       </c>
       <c r="E372" t="s">
         <v>355</v>
       </c>
       <c r="F372" t="s">
         <v>23</v>
       </c>
       <c r="G372">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H372">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>19</v>
       </c>
       <c r="B373" t="s">
         <v>20</v>
       </c>
       <c r="C373" t="s">
         <v>741</v>
       </c>
       <c r="D373">
         <v>9</v>
       </c>
       <c r="E373" t="s">
         <v>742</v>
       </c>
       <c r="F373" t="s">
         <v>23</v>
       </c>
       <c r="G373">
         <v>20.0</v>
       </c>
       <c r="H373">
         <v>20.0</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>565</v>
       </c>
       <c r="B374" t="s">
         <v>20</v>
       </c>
       <c r="C374" t="s">
         <v>743</v>
       </c>
       <c r="D374">
         <v>2015</v>
       </c>
       <c r="E374" t="s">
         <v>428</v>
       </c>
       <c r="F374" t="s">
         <v>23</v>
       </c>
       <c r="G374">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H374">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>565</v>
       </c>
       <c r="B375" t="s">
         <v>20</v>
       </c>
       <c r="C375" t="s">
         <v>744</v>
       </c>
       <c r="D375">
         <v>2013</v>
       </c>
       <c r="E375" t="s">
         <v>745</v>
       </c>
       <c r="F375" t="s">
         <v>23</v>
       </c>
       <c r="G375">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H375">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>565</v>
       </c>
       <c r="B376" t="s">
         <v>20</v>
       </c>
       <c r="C376" t="s">
         <v>746</v>
       </c>
       <c r="D376">
         <v>2006</v>
       </c>
       <c r="E376" t="s">
         <v>747</v>
       </c>
       <c r="F376" t="s">
         <v>23</v>
       </c>
       <c r="G376">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H376">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>533</v>
       </c>
       <c r="B377" t="s">
         <v>20</v>
       </c>
       <c r="C377" t="s">
         <v>748</v>
       </c>
       <c r="D377">
         <v>2009</v>
       </c>
       <c r="E377" t="s">
         <v>749</v>
       </c>
       <c r="F377" t="s">
         <v>23</v>
       </c>
       <c r="G377">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H377">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>565</v>
       </c>
       <c r="B378" t="s">
         <v>20</v>
       </c>
       <c r="C378" t="s">
         <v>750</v>
       </c>
       <c r="D378">
         <v>2016</v>
       </c>
       <c r="E378" t="s">
         <v>751</v>
       </c>
       <c r="F378" t="s">
         <v>23</v>
       </c>
       <c r="G378">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H378">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>565</v>
       </c>
       <c r="B379" t="s">
         <v>20</v>
       </c>
       <c r="C379" t="s">
         <v>752</v>
       </c>
       <c r="D379">
         <v>1991</v>
       </c>
       <c r="E379" t="s">
         <v>753</v>
       </c>
       <c r="F379" t="s">
         <v>23</v>
       </c>
       <c r="G379">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H379">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>533</v>
       </c>
       <c r="B380" t="s">
         <v>20</v>
       </c>
       <c r="C380" t="s">
         <v>754</v>
       </c>
       <c r="D380">
         <v>2019</v>
       </c>
       <c r="E380" t="s">
         <v>367</v>
       </c>
       <c r="F380" t="s">
         <v>23</v>
       </c>
       <c r="G380">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H380">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>533</v>
       </c>
       <c r="B381" t="s">
         <v>20</v>
       </c>
       <c r="C381" t="s">
         <v>755</v>
       </c>
       <c r="D381">
         <v>2017</v>
       </c>
       <c r="E381" t="s">
         <v>756</v>
       </c>
       <c r="F381" t="s">
         <v>23</v>
       </c>
       <c r="G381">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H381">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>533</v>
       </c>
       <c r="B382" t="s">
         <v>20</v>
       </c>
       <c r="C382" t="s">
         <v>757</v>
       </c>
       <c r="D382">
         <v>2015</v>
       </c>
       <c r="E382" t="s">
         <v>758</v>
       </c>
       <c r="F382" t="s">
         <v>23</v>
       </c>
       <c r="G382">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H382">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>533</v>
       </c>
       <c r="B383" t="s">
         <v>20</v>
       </c>
       <c r="C383" t="s">
         <v>759</v>
       </c>
       <c r="D383">
         <v>1997</v>
       </c>
       <c r="E383" t="s">
         <v>760</v>
       </c>
       <c r="F383" t="s">
         <v>23</v>
       </c>
       <c r="G383">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H383">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>533</v>
       </c>
       <c r="B384" t="s">
         <v>20</v>
       </c>
       <c r="C384" t="s">
         <v>761</v>
       </c>
       <c r="D384">
         <v>2017</v>
       </c>
       <c r="E384" t="s">
         <v>762</v>
       </c>
       <c r="F384" t="s">
         <v>23</v>
       </c>
       <c r="G384">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H384">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>533</v>
       </c>
       <c r="B385" t="s">
         <v>20</v>
       </c>
       <c r="C385" t="s">
         <v>763</v>
       </c>
       <c r="D385">
         <v>2005</v>
       </c>
       <c r="E385" t="s">
         <v>764</v>
       </c>
       <c r="F385" t="s">
         <v>23</v>
       </c>
       <c r="G385">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H385">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>533</v>
       </c>
       <c r="B386" t="s">
         <v>20</v>
       </c>
       <c r="C386" t="s">
         <v>765</v>
       </c>
       <c r="D386">
         <v>2019</v>
       </c>
       <c r="E386" t="s">
         <v>766</v>
       </c>
       <c r="F386" t="s">
         <v>23</v>
       </c>
       <c r="G386">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H386">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>565</v>
       </c>
       <c r="B387" t="s">
         <v>20</v>
       </c>
       <c r="C387" t="s">
         <v>767</v>
       </c>
       <c r="D387">
         <v>2016</v>
       </c>
       <c r="E387" t="s">
         <v>357</v>
       </c>
       <c r="F387" t="s">
         <v>23</v>
       </c>
       <c r="G387">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H387">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>8</v>
       </c>
       <c r="B388" t="s">
         <v>42</v>
       </c>
       <c r="C388" t="s">
         <v>768</v>
       </c>
       <c r="D388">
         <v>2022</v>
       </c>
       <c r="E388" t="s">
         <v>769</v>
       </c>
       <c r="F388" t="s">
         <v>45</v>
       </c>
       <c r="G388">
         <v>72.0</v>
       </c>
       <c r="H388">