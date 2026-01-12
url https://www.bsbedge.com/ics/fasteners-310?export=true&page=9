--- v2 (2026-01-12)
+++ v3 (2026-01-12)
@@ -8397,54 +8397,54 @@
       </c>
       <c r="H6">
         <v>200.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>26</v>
       </c>
       <c r="F7" t="s">
         <v>27</v>
       </c>
       <c r="G7">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H7">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8" t="s">
         <v>14</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>17</v>
       </c>
       <c r="G8">
         <v>72.0</v>
       </c>
       <c r="H8">
@@ -8527,132 +8527,132 @@
       </c>
       <c r="H11">
         <v>142.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>27</v>
       </c>
       <c r="G12">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H12">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
         <v>27</v>
       </c>
       <c r="G13">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H13">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>41</v>
       </c>
       <c r="F14" t="s">
         <v>27</v>
       </c>
       <c r="G14">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H14">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>13</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>42</v>
       </c>
       <c r="D15">
         <v>2025</v>
       </c>
       <c r="E15" t="s">
         <v>43</v>
       </c>
       <c r="F15" t="s">
         <v>27</v>
       </c>
       <c r="G15">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H15">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>44</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
       <c r="D16">
         <v>2025</v>
       </c>
       <c r="E16" t="s">
         <v>47</v>
       </c>
       <c r="F16" t="s">
         <v>48</v>
       </c>
       <c r="G16">
         <v>67.0</v>
       </c>
       <c r="H16">
@@ -8709,496 +8709,496 @@
       </c>
       <c r="H18">
         <v>67.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>13</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>53</v>
       </c>
       <c r="D19">
         <v>2025</v>
       </c>
       <c r="E19" t="s">
         <v>54</v>
       </c>
       <c r="F19" t="s">
         <v>27</v>
       </c>
       <c r="G19">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H19">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>13</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>55</v>
       </c>
       <c r="D20">
         <v>2025</v>
       </c>
       <c r="E20" t="s">
         <v>56</v>
       </c>
       <c r="F20" t="s">
         <v>27</v>
       </c>
       <c r="G20">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H20">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>13</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
       </c>
       <c r="D21">
         <v>2025</v>
       </c>
       <c r="E21" t="s">
         <v>58</v>
       </c>
       <c r="F21" t="s">
         <v>27</v>
       </c>
       <c r="G21">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H21">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>13</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>59</v>
       </c>
       <c r="D22">
         <v>2025</v>
       </c>
       <c r="E22" t="s">
         <v>60</v>
       </c>
       <c r="F22" t="s">
         <v>27</v>
       </c>
       <c r="G22">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H22">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>13</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23">
         <v>2025</v>
       </c>
       <c r="E23" t="s">
         <v>62</v>
       </c>
       <c r="F23" t="s">
         <v>27</v>
       </c>
       <c r="G23">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H23">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>13</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>63</v>
       </c>
       <c r="D24">
         <v>2025</v>
       </c>
       <c r="E24" t="s">
         <v>64</v>
       </c>
       <c r="F24" t="s">
         <v>27</v>
       </c>
       <c r="G24">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H24">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>13</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>65</v>
       </c>
       <c r="D25">
         <v>2025</v>
       </c>
       <c r="E25" t="s">
         <v>66</v>
       </c>
       <c r="F25" t="s">
         <v>27</v>
       </c>
       <c r="G25">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H25">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>13</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>67</v>
       </c>
       <c r="D26">
         <v>2025</v>
       </c>
       <c r="E26" t="s">
         <v>68</v>
       </c>
       <c r="F26" t="s">
         <v>27</v>
       </c>
       <c r="G26">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H26">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
       <c r="D27">
         <v>2025</v>
       </c>
       <c r="E27" t="s">
         <v>70</v>
       </c>
       <c r="F27" t="s">
         <v>27</v>
       </c>
       <c r="G27">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H27">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>13</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>71</v>
       </c>
       <c r="D28">
         <v>2025</v>
       </c>
       <c r="E28" t="s">
         <v>72</v>
       </c>
       <c r="F28" t="s">
         <v>27</v>
       </c>
       <c r="G28">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H28">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>13</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>73</v>
       </c>
       <c r="D29">
         <v>2025</v>
       </c>
       <c r="E29" t="s">
         <v>74</v>
       </c>
       <c r="F29" t="s">
         <v>27</v>
       </c>
       <c r="G29">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H29">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>13</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>75</v>
       </c>
       <c r="D30">
         <v>2025</v>
       </c>
       <c r="E30" t="s">
         <v>76</v>
       </c>
       <c r="F30" t="s">
         <v>27</v>
       </c>
       <c r="G30">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H30">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>13</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>77</v>
       </c>
       <c r="D31">
         <v>2025</v>
       </c>
       <c r="E31" t="s">
         <v>78</v>
       </c>
       <c r="F31" t="s">
         <v>27</v>
       </c>
       <c r="G31">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H31">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>13</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>79</v>
       </c>
       <c r="D32">
         <v>2025</v>
       </c>
       <c r="E32" t="s">
         <v>80</v>
       </c>
       <c r="F32" t="s">
         <v>27</v>
       </c>
       <c r="G32">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H32">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>13</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>81</v>
       </c>
       <c r="D33">
         <v>2025</v>
       </c>
       <c r="E33" t="s">
         <v>82</v>
       </c>
       <c r="F33" t="s">
         <v>27</v>
       </c>
       <c r="G33">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H33">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>13</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>83</v>
       </c>
       <c r="D34">
         <v>2025</v>
       </c>
       <c r="E34" t="s">
         <v>84</v>
       </c>
       <c r="F34" t="s">
         <v>27</v>
       </c>
       <c r="G34">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H34">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>13</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
       <c r="D35">
         <v>2025</v>
       </c>
       <c r="E35" t="s">
         <v>86</v>
       </c>
       <c r="F35" t="s">
         <v>27</v>
       </c>
       <c r="G35">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H35">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>13</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>87</v>
       </c>
       <c r="D36">
         <v>2025</v>
       </c>
       <c r="E36" t="s">
         <v>88</v>
       </c>
       <c r="F36" t="s">
         <v>27</v>
       </c>
       <c r="G36">
-        <v>152.52</v>
+        <v>157.1</v>
       </c>
       <c r="H36">
-        <v>152.52</v>
+        <v>157.1</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>13</v>
       </c>
       <c r="B37" t="s">
         <v>14</v>
       </c>
       <c r="C37" t="s">
         <v>89</v>
       </c>
       <c r="D37">
         <v>2019</v>
       </c>
       <c r="E37" t="s">
         <v>90</v>
       </c>
       <c r="F37" t="s">
         <v>17</v>
       </c>
       <c r="G37">
         <v>64.0</v>
       </c>
       <c r="H37">
@@ -9255,80 +9255,80 @@
       </c>
       <c r="H39">
         <v>20.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>13</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>95</v>
       </c>
       <c r="D40">
         <v>2025</v>
       </c>
       <c r="E40" t="s">
         <v>96</v>
       </c>
       <c r="F40" t="s">
         <v>27</v>
       </c>
       <c r="G40">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H40">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>13</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>97</v>
       </c>
       <c r="D41">
         <v>2025</v>
       </c>
       <c r="E41" t="s">
         <v>98</v>
       </c>
       <c r="F41" t="s">
         <v>27</v>
       </c>
       <c r="G41">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
       <c r="H41">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>99</v>
       </c>
       <c r="D42">
         <v>2025</v>
       </c>
       <c r="E42" t="s">
         <v>100</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
         <v>234.0</v>
       </c>
       <c r="H42">
@@ -9801,106 +9801,106 @@
       </c>
       <c r="H60">
         <v>20.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>13</v>
       </c>
       <c r="B61" t="s">
         <v>24</v>
       </c>
       <c r="C61" t="s">
         <v>137</v>
       </c>
       <c r="D61">
         <v>2025</v>
       </c>
       <c r="E61" t="s">
         <v>138</v>
       </c>
       <c r="F61" t="s">
         <v>27</v>
       </c>
       <c r="G61">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H61">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>13</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" t="s">
         <v>139</v>
       </c>
       <c r="D62">
         <v>2025</v>
       </c>
       <c r="E62" t="s">
         <v>140</v>
       </c>
       <c r="F62" t="s">
         <v>27</v>
       </c>
       <c r="G62">
-        <v>33.27</v>
+        <v>34.3</v>
       </c>
       <c r="H62">
-        <v>33.27</v>
+        <v>34.3</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>13</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" t="s">
         <v>141</v>
       </c>
       <c r="D63">
         <v>2025</v>
       </c>
       <c r="E63" t="s">
         <v>142</v>
       </c>
       <c r="F63" t="s">
         <v>27</v>
       </c>
       <c r="G63">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H63">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>13</v>
       </c>
       <c r="B64" t="s">
         <v>14</v>
       </c>
       <c r="C64" t="s">
         <v>143</v>
       </c>
       <c r="D64">
         <v>2025</v>
       </c>
       <c r="E64" t="s">
         <v>144</v>
       </c>
       <c r="F64" t="s">
         <v>17</v>
       </c>
       <c r="G64">
         <v>80.0</v>
       </c>
       <c r="H64">
@@ -10399,184 +10399,184 @@
       </c>
       <c r="H83">
         <v>20.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>13</v>
       </c>
       <c r="B84" t="s">
         <v>24</v>
       </c>
       <c r="C84" t="s">
         <v>185</v>
       </c>
       <c r="D84">
         <v>2025</v>
       </c>
       <c r="E84" t="s">
         <v>186</v>
       </c>
       <c r="F84" t="s">
         <v>27</v>
       </c>
       <c r="G84">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H84">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>13</v>
       </c>
       <c r="B85" t="s">
         <v>24</v>
       </c>
       <c r="C85" t="s">
         <v>187</v>
       </c>
       <c r="D85">
         <v>2025</v>
       </c>
       <c r="E85" t="s">
         <v>188</v>
       </c>
       <c r="F85" t="s">
         <v>27</v>
       </c>
       <c r="G85">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H85">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>13</v>
       </c>
       <c r="B86" t="s">
         <v>24</v>
       </c>
       <c r="C86" t="s">
         <v>189</v>
       </c>
       <c r="D86">
         <v>2025</v>
       </c>
       <c r="E86" t="s">
         <v>190</v>
       </c>
       <c r="F86" t="s">
         <v>27</v>
       </c>
       <c r="G86">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H86">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>13</v>
       </c>
       <c r="B87" t="s">
         <v>24</v>
       </c>
       <c r="C87" t="s">
         <v>191</v>
       </c>
       <c r="D87">
         <v>2025</v>
       </c>
       <c r="E87" t="s">
         <v>192</v>
       </c>
       <c r="F87" t="s">
         <v>27</v>
       </c>
       <c r="G87">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H87">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>13</v>
       </c>
       <c r="B88" t="s">
         <v>24</v>
       </c>
       <c r="C88" t="s">
         <v>193</v>
       </c>
       <c r="D88">
         <v>2024</v>
       </c>
       <c r="E88" t="s">
         <v>194</v>
       </c>
       <c r="F88" t="s">
         <v>27</v>
       </c>
       <c r="G88">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H88">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>13</v>
       </c>
       <c r="B89" t="s">
         <v>24</v>
       </c>
       <c r="C89" t="s">
         <v>195</v>
       </c>
       <c r="D89">
         <v>2024</v>
       </c>
       <c r="E89" t="s">
         <v>196</v>
       </c>
       <c r="F89" t="s">
         <v>27</v>
       </c>
       <c r="G89">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H89">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>197</v>
       </c>
       <c r="D90">
         <v>25</v>
       </c>
       <c r="E90" t="s">
         <v>198</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90">
         <v>20.0</v>
       </c>
       <c r="H90">
@@ -10763,80 +10763,80 @@
       </c>
       <c r="H97">
         <v>234.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>13</v>
       </c>
       <c r="B98" t="s">
         <v>24</v>
       </c>
       <c r="C98" t="s">
         <v>213</v>
       </c>
       <c r="D98">
         <v>2025</v>
       </c>
       <c r="E98" t="s">
         <v>214</v>
       </c>
       <c r="F98" t="s">
         <v>27</v>
       </c>
       <c r="G98">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H98">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>13</v>
       </c>
       <c r="B99" t="s">
         <v>24</v>
       </c>
       <c r="C99" t="s">
         <v>215</v>
       </c>
       <c r="D99">
         <v>2025</v>
       </c>
       <c r="E99" t="s">
         <v>216</v>
       </c>
       <c r="F99" t="s">
         <v>27</v>
       </c>
       <c r="G99">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
       <c r="H99">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>8</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>217</v>
       </c>
       <c r="D100">
         <v>14</v>
       </c>
       <c r="E100" t="s">
         <v>218</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100">
         <v>20.0</v>
       </c>
       <c r="H100">
@@ -11257,54 +11257,54 @@
       </c>
       <c r="H116">
         <v>64.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>13</v>
       </c>
       <c r="B117" t="s">
         <v>24</v>
       </c>
       <c r="C117" t="s">
         <v>251</v>
       </c>
       <c r="D117">
         <v>2025</v>
       </c>
       <c r="E117" t="s">
         <v>252</v>
       </c>
       <c r="F117" t="s">
         <v>27</v>
       </c>
       <c r="G117">
-        <v>237.66</v>
+        <v>244.77</v>
       </c>
       <c r="H117">
-        <v>237.66</v>
+        <v>244.77</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>13</v>
       </c>
       <c r="B118" t="s">
         <v>14</v>
       </c>
       <c r="C118" t="s">
         <v>253</v>
       </c>
       <c r="D118">
         <v>2020</v>
       </c>
       <c r="E118" t="s">
         <v>254</v>
       </c>
       <c r="F118" t="s">
         <v>17</v>
       </c>
       <c r="G118">
         <v>64.0</v>
       </c>
       <c r="H118">
@@ -11691,158 +11691,158 @@
       </c>
       <c r="H135">
         <v>80.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>13</v>
       </c>
       <c r="B136" t="s">
         <v>24</v>
       </c>
       <c r="C136" t="s">
         <v>289</v>
       </c>
       <c r="D136">
         <v>2024</v>
       </c>
       <c r="E136" t="s">
         <v>290</v>
       </c>
       <c r="F136" t="s">
         <v>27</v>
       </c>
       <c r="G136">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H136">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>13</v>
       </c>
       <c r="B137" t="s">
         <v>24</v>
       </c>
       <c r="C137" t="s">
         <v>291</v>
       </c>
       <c r="D137">
         <v>2024</v>
       </c>
       <c r="E137" t="s">
         <v>292</v>
       </c>
       <c r="F137" t="s">
         <v>27</v>
       </c>
       <c r="G137">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H137">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>13</v>
       </c>
       <c r="B138" t="s">
         <v>24</v>
       </c>
       <c r="C138" t="s">
         <v>293</v>
       </c>
       <c r="D138">
         <v>2024</v>
       </c>
       <c r="E138" t="s">
         <v>294</v>
       </c>
       <c r="F138" t="s">
         <v>27</v>
       </c>
       <c r="G138">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H138">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>13</v>
       </c>
       <c r="B139" t="s">
         <v>24</v>
       </c>
       <c r="C139" t="s">
         <v>295</v>
       </c>
       <c r="D139">
         <v>2024</v>
       </c>
       <c r="E139" t="s">
         <v>296</v>
       </c>
       <c r="F139" t="s">
         <v>27</v>
       </c>
       <c r="G139">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H139">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>13</v>
       </c>
       <c r="B140" t="s">
         <v>24</v>
       </c>
       <c r="C140" t="s">
         <v>297</v>
       </c>
       <c r="D140">
         <v>2024</v>
       </c>
       <c r="E140" t="s">
         <v>298</v>
       </c>
       <c r="F140" t="s">
         <v>27</v>
       </c>
       <c r="G140">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H140">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>44</v>
       </c>
       <c r="B141" t="s">
         <v>45</v>
       </c>
       <c r="C141" t="s">
         <v>299</v>
       </c>
       <c r="D141">
         <v>2025</v>
       </c>
       <c r="E141" t="s">
         <v>300</v>
       </c>
       <c r="F141" t="s">
         <v>48</v>
       </c>
       <c r="G141">
         <v>100.0</v>
       </c>
       <c r="H141">
@@ -11925,132 +11925,132 @@
       </c>
       <c r="H144">
         <v>72.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>13</v>
       </c>
       <c r="B145" t="s">
         <v>24</v>
       </c>
       <c r="C145" t="s">
         <v>307</v>
       </c>
       <c r="D145">
         <v>2024</v>
       </c>
       <c r="E145" t="s">
         <v>308</v>
       </c>
       <c r="F145" t="s">
         <v>27</v>
       </c>
       <c r="G145">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H145">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>13</v>
       </c>
       <c r="B146" t="s">
         <v>24</v>
       </c>
       <c r="C146" t="s">
         <v>309</v>
       </c>
       <c r="D146">
         <v>2024</v>
       </c>
       <c r="E146" t="s">
         <v>310</v>
       </c>
       <c r="F146" t="s">
         <v>27</v>
       </c>
       <c r="G146">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H146">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>13</v>
       </c>
       <c r="B147" t="s">
         <v>24</v>
       </c>
       <c r="C147" t="s">
         <v>311</v>
       </c>
       <c r="D147">
         <v>2024</v>
       </c>
       <c r="E147" t="s">
         <v>312</v>
       </c>
       <c r="F147" t="s">
         <v>27</v>
       </c>
       <c r="G147">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H147">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>13</v>
       </c>
       <c r="B148" t="s">
         <v>24</v>
       </c>
       <c r="C148" t="s">
         <v>313</v>
       </c>
       <c r="D148">
         <v>2024</v>
       </c>
       <c r="E148" t="s">
         <v>314</v>
       </c>
       <c r="F148" t="s">
         <v>27</v>
       </c>
       <c r="G148">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H148">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>13</v>
       </c>
       <c r="B149" t="s">
         <v>14</v>
       </c>
       <c r="C149" t="s">
         <v>315</v>
       </c>
       <c r="D149">
         <v>2024</v>
       </c>
       <c r="E149" t="s">
         <v>316</v>
       </c>
       <c r="F149" t="s">
         <v>17</v>
       </c>
       <c r="G149">
         <v>72.0</v>
       </c>
       <c r="H149">
@@ -12211,210 +12211,210 @@
       </c>
       <c r="H155">
         <v>80.0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>13</v>
       </c>
       <c r="B156" t="s">
         <v>24</v>
       </c>
       <c r="C156" t="s">
         <v>329</v>
       </c>
       <c r="D156">
         <v>2024</v>
       </c>
       <c r="E156" t="s">
         <v>330</v>
       </c>
       <c r="F156" t="s">
         <v>27</v>
       </c>
       <c r="G156">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H156">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>13</v>
       </c>
       <c r="B157" t="s">
         <v>24</v>
       </c>
       <c r="C157" t="s">
         <v>331</v>
       </c>
       <c r="D157">
         <v>2024</v>
       </c>
       <c r="E157" t="s">
         <v>332</v>
       </c>
       <c r="F157" t="s">
         <v>27</v>
       </c>
       <c r="G157">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H157">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>13</v>
       </c>
       <c r="B158" t="s">
         <v>24</v>
       </c>
       <c r="C158" t="s">
         <v>333</v>
       </c>
       <c r="D158">
         <v>2024</v>
       </c>
       <c r="E158" t="s">
         <v>334</v>
       </c>
       <c r="F158" t="s">
         <v>27</v>
       </c>
       <c r="G158">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H158">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>13</v>
       </c>
       <c r="B159" t="s">
         <v>24</v>
       </c>
       <c r="C159" t="s">
         <v>335</v>
       </c>
       <c r="D159">
         <v>2024</v>
       </c>
       <c r="E159" t="s">
         <v>336</v>
       </c>
       <c r="F159" t="s">
         <v>27</v>
       </c>
       <c r="G159">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H159">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>13</v>
       </c>
       <c r="B160" t="s">
         <v>24</v>
       </c>
       <c r="C160" t="s">
         <v>337</v>
       </c>
       <c r="D160">
         <v>2024</v>
       </c>
       <c r="E160" t="s">
         <v>338</v>
       </c>
       <c r="F160" t="s">
         <v>27</v>
       </c>
       <c r="G160">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H160">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>13</v>
       </c>
       <c r="B161" t="s">
         <v>24</v>
       </c>
       <c r="C161" t="s">
         <v>339</v>
       </c>
       <c r="D161">
         <v>2024</v>
       </c>
       <c r="E161" t="s">
         <v>340</v>
       </c>
       <c r="F161" t="s">
         <v>27</v>
       </c>
       <c r="G161">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H161">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>13</v>
       </c>
       <c r="B162" t="s">
         <v>24</v>
       </c>
       <c r="C162" t="s">
         <v>341</v>
       </c>
       <c r="D162">
         <v>2024</v>
       </c>
       <c r="E162" t="s">
         <v>342</v>
       </c>
       <c r="F162" t="s">
         <v>27</v>
       </c>
       <c r="G162">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H162">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>13</v>
       </c>
       <c r="B163" t="s">
         <v>14</v>
       </c>
       <c r="C163" t="s">
         <v>343</v>
       </c>
       <c r="D163">
         <v>2024</v>
       </c>
       <c r="E163" t="s">
         <v>344</v>
       </c>
       <c r="F163" t="s">
         <v>17</v>
       </c>
       <c r="G163">
         <v>72.0</v>
       </c>
       <c r="H163">
@@ -12497,106 +12497,106 @@
       </c>
       <c r="H166">
         <v>72.0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>13</v>
       </c>
       <c r="B167" t="s">
         <v>24</v>
       </c>
       <c r="C167" t="s">
         <v>351</v>
       </c>
       <c r="D167">
         <v>2024</v>
       </c>
       <c r="E167" t="s">
         <v>352</v>
       </c>
       <c r="F167" t="s">
         <v>27</v>
       </c>
       <c r="G167">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H167">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>13</v>
       </c>
       <c r="B168" t="s">
         <v>24</v>
       </c>
       <c r="C168" t="s">
         <v>353</v>
       </c>
       <c r="D168">
         <v>2024</v>
       </c>
       <c r="E168" t="s">
         <v>354</v>
       </c>
       <c r="F168" t="s">
         <v>27</v>
       </c>
       <c r="G168">
         <v>0.0</v>
       </c>
       <c r="H168">
         <v>0.0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>13</v>
       </c>
       <c r="B169" t="s">
         <v>24</v>
       </c>
       <c r="C169" t="s">
         <v>355</v>
       </c>
       <c r="D169">
         <v>2024</v>
       </c>
       <c r="E169" t="s">
         <v>356</v>
       </c>
       <c r="F169" t="s">
         <v>27</v>
       </c>
       <c r="G169">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H169">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>8</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>357</v>
       </c>
       <c r="D170">
         <v>31</v>
       </c>
       <c r="E170" t="s">
         <v>358</v>
       </c>
       <c r="F170" t="s">
         <v>12</v>
       </c>
       <c r="G170">
         <v>20.0</v>
       </c>
       <c r="H170">
@@ -12679,158 +12679,158 @@
       </c>
       <c r="H173">
         <v>100.0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>13</v>
       </c>
       <c r="B174" t="s">
         <v>24</v>
       </c>
       <c r="C174" t="s">
         <v>365</v>
       </c>
       <c r="D174">
         <v>2024</v>
       </c>
       <c r="E174" t="s">
         <v>366</v>
       </c>
       <c r="F174" t="s">
         <v>27</v>
       </c>
       <c r="G174">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H174">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>13</v>
       </c>
       <c r="B175" t="s">
         <v>24</v>
       </c>
       <c r="C175" t="s">
         <v>367</v>
       </c>
       <c r="D175">
         <v>2024</v>
       </c>
       <c r="E175" t="s">
         <v>368</v>
       </c>
       <c r="F175" t="s">
         <v>27</v>
       </c>
       <c r="G175">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H175">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>13</v>
       </c>
       <c r="B176" t="s">
         <v>24</v>
       </c>
       <c r="C176" t="s">
         <v>369</v>
       </c>
       <c r="D176">
         <v>2024</v>
       </c>
       <c r="E176" t="s">
         <v>370</v>
       </c>
       <c r="F176" t="s">
         <v>27</v>
       </c>
       <c r="G176">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H176">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>13</v>
       </c>
       <c r="B177" t="s">
         <v>24</v>
       </c>
       <c r="C177" t="s">
         <v>371</v>
       </c>
       <c r="D177">
         <v>2024</v>
       </c>
       <c r="E177" t="s">
         <v>372</v>
       </c>
       <c r="F177" t="s">
         <v>27</v>
       </c>
       <c r="G177">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H177">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>13</v>
       </c>
       <c r="B178" t="s">
         <v>24</v>
       </c>
       <c r="C178" t="s">
         <v>373</v>
       </c>
       <c r="D178">
         <v>2024</v>
       </c>
       <c r="E178" t="s">
         <v>374</v>
       </c>
       <c r="F178" t="s">
         <v>27</v>
       </c>
       <c r="G178">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H178">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>8</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>375</v>
       </c>
       <c r="D179">
         <v>2024</v>
       </c>
       <c r="E179" t="s">
         <v>376</v>
       </c>
       <c r="F179" t="s">
         <v>12</v>
       </c>
       <c r="G179">
         <v>200.0</v>
       </c>
       <c r="H179">
@@ -13589,54 +13589,54 @@
       </c>
       <c r="H208">
         <v>72.0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>13</v>
       </c>
       <c r="B209" t="s">
         <v>24</v>
       </c>
       <c r="C209" t="s">
         <v>435</v>
       </c>
       <c r="D209">
         <v>2023</v>
       </c>
       <c r="E209" t="s">
         <v>436</v>
       </c>
       <c r="F209" t="s">
         <v>27</v>
       </c>
       <c r="G209">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H209">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>13</v>
       </c>
       <c r="B210" t="s">
         <v>165</v>
       </c>
       <c r="C210" t="s">
         <v>437</v>
       </c>
       <c r="D210">
         <v>2023</v>
       </c>
       <c r="E210" t="s">
         <v>438</v>
       </c>
       <c r="F210" t="s">
         <v>168</v>
       </c>
       <c r="G210">
         <v>4400.0</v>
       </c>
       <c r="H210">
@@ -13667,54 +13667,54 @@
       </c>
       <c r="H211">
         <v>80.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>13</v>
       </c>
       <c r="B212" t="s">
         <v>24</v>
       </c>
       <c r="C212" t="s">
         <v>441</v>
       </c>
       <c r="D212">
         <v>2024</v>
       </c>
       <c r="E212" t="s">
         <v>442</v>
       </c>
       <c r="F212" t="s">
         <v>27</v>
       </c>
       <c r="G212">
-        <v>176.07</v>
+        <v>181.4</v>
       </c>
       <c r="H212">
-        <v>176.07</v>
+        <v>181.4</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>13</v>
       </c>
       <c r="B213" t="s">
         <v>443</v>
       </c>
       <c r="C213" t="s">
         <v>444</v>
       </c>
       <c r="D213">
         <v>2012</v>
       </c>
       <c r="E213" t="s">
         <v>445</v>
       </c>
       <c r="F213" t="s">
         <v>17</v>
       </c>
       <c r="G213">
         <v>84.0</v>
       </c>
       <c r="H213">
@@ -13820,106 +13820,106 @@
       </c>
       <c r="H217">
         <v>72.0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>13</v>
       </c>
       <c r="B218" t="s">
         <v>24</v>
       </c>
       <c r="C218" t="s">
         <v>454</v>
       </c>
       <c r="D218">
         <v>2024</v>
       </c>
       <c r="E218" t="s">
         <v>455</v>
       </c>
       <c r="F218" t="s">
         <v>27</v>
       </c>
       <c r="G218">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
       <c r="H218">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>13</v>
       </c>
       <c r="B219" t="s">
         <v>24</v>
       </c>
       <c r="C219" t="s">
         <v>456</v>
       </c>
       <c r="D219">
         <v>2024</v>
       </c>
       <c r="E219" t="s">
         <v>457</v>
       </c>
       <c r="F219" t="s">
         <v>27</v>
       </c>
       <c r="G219">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
       <c r="H219">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>13</v>
       </c>
       <c r="B220" t="s">
         <v>24</v>
       </c>
       <c r="C220" t="s">
         <v>458</v>
       </c>
       <c r="D220">
         <v>2024</v>
       </c>
       <c r="E220" t="s">
         <v>459</v>
       </c>
       <c r="F220" t="s">
         <v>27</v>
       </c>
       <c r="G220">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
       <c r="H220">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>8</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>460</v>
       </c>
       <c r="D221">
         <v>28</v>
       </c>
       <c r="E221" t="s">
         <v>461</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
       <c r="G221">
         <v>20.0</v>
       </c>
       <c r="H221">
@@ -14288,184 +14288,184 @@
       </c>
       <c r="H235">
         <v>20.0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>13</v>
       </c>
       <c r="B236" t="s">
         <v>24</v>
       </c>
       <c r="C236" t="s">
         <v>489</v>
       </c>
       <c r="D236">
         <v>2023</v>
       </c>
       <c r="E236" t="s">
         <v>490</v>
       </c>
       <c r="F236" t="s">
         <v>27</v>
       </c>
       <c r="G236">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H236">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>13</v>
       </c>
       <c r="B237" t="s">
         <v>24</v>
       </c>
       <c r="C237" t="s">
         <v>491</v>
       </c>
       <c r="D237">
         <v>2023</v>
       </c>
       <c r="E237" t="s">
         <v>492</v>
       </c>
       <c r="F237" t="s">
         <v>27</v>
       </c>
       <c r="G237">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H237">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>13</v>
       </c>
       <c r="B238" t="s">
         <v>24</v>
       </c>
       <c r="C238" t="s">
         <v>493</v>
       </c>
       <c r="D238">
         <v>2023</v>
       </c>
       <c r="E238" t="s">
         <v>494</v>
       </c>
       <c r="F238" t="s">
         <v>27</v>
       </c>
       <c r="G238">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H238">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>13</v>
       </c>
       <c r="B239" t="s">
         <v>24</v>
       </c>
       <c r="C239" t="s">
         <v>495</v>
       </c>
       <c r="D239">
         <v>2023</v>
       </c>
       <c r="E239" t="s">
         <v>496</v>
       </c>
       <c r="F239" t="s">
         <v>27</v>
       </c>
       <c r="G239">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H239">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>13</v>
       </c>
       <c r="B240" t="s">
         <v>24</v>
       </c>
       <c r="C240" t="s">
         <v>497</v>
       </c>
       <c r="D240">
         <v>2023</v>
       </c>
       <c r="E240" t="s">
         <v>498</v>
       </c>
       <c r="F240" t="s">
         <v>27</v>
       </c>
       <c r="G240">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H240">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>13</v>
       </c>
       <c r="B241" t="s">
         <v>24</v>
       </c>
       <c r="C241" t="s">
         <v>499</v>
       </c>
       <c r="D241">
         <v>2023</v>
       </c>
       <c r="E241" t="s">
         <v>500</v>
       </c>
       <c r="F241" t="s">
         <v>27</v>
       </c>
       <c r="G241">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H241">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>13</v>
       </c>
       <c r="B242" t="s">
         <v>14</v>
       </c>
       <c r="C242" t="s">
         <v>501</v>
       </c>
       <c r="D242">
         <v>2017</v>
       </c>
       <c r="E242" t="s">
         <v>502</v>
       </c>
       <c r="F242" t="s">
         <v>17</v>
       </c>
       <c r="G242">
         <v>72.0</v>
       </c>
       <c r="H242">
@@ -14522,106 +14522,106 @@
       </c>
       <c r="H244">
         <v>322.0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>13</v>
       </c>
       <c r="B245" t="s">
         <v>24</v>
       </c>
       <c r="C245" t="s">
         <v>507</v>
       </c>
       <c r="D245">
         <v>2023</v>
       </c>
       <c r="E245" t="s">
         <v>508</v>
       </c>
       <c r="F245" t="s">
         <v>27</v>
       </c>
       <c r="G245">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H245">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>13</v>
       </c>
       <c r="B246" t="s">
         <v>24</v>
       </c>
       <c r="C246" t="s">
         <v>509</v>
       </c>
       <c r="D246">
         <v>2023</v>
       </c>
       <c r="E246" t="s">
         <v>510</v>
       </c>
       <c r="F246" t="s">
         <v>27</v>
       </c>
       <c r="G246">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H246">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>13</v>
       </c>
       <c r="B247" t="s">
         <v>24</v>
       </c>
       <c r="C247" t="s">
         <v>511</v>
       </c>
       <c r="D247">
         <v>2023</v>
       </c>
       <c r="E247" t="s">
         <v>512</v>
       </c>
       <c r="F247" t="s">
         <v>27</v>
       </c>
       <c r="G247">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H247">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>13</v>
       </c>
       <c r="B248" t="s">
         <v>14</v>
       </c>
       <c r="C248" t="s">
         <v>513</v>
       </c>
       <c r="D248">
         <v>2017</v>
       </c>
       <c r="E248" t="s">
         <v>514</v>
       </c>
       <c r="F248" t="s">
         <v>17</v>
       </c>
       <c r="G248">
         <v>72.0</v>
       </c>
       <c r="H248">
@@ -23047,10090 +23047,10090 @@
       </c>
       <c r="H572">
         <v>27.03</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
         <v>13</v>
       </c>
       <c r="B573" t="s">
         <v>24</v>
       </c>
       <c r="C573" t="s">
         <v>1155</v>
       </c>
       <c r="D573">
         <v>2021</v>
       </c>
       <c r="E573" t="s">
         <v>1156</v>
       </c>
       <c r="F573" t="s">
         <v>27</v>
       </c>
       <c r="G573">
-        <v>158.53</v>
+        <v>163.25</v>
       </c>
       <c r="H573">
-        <v>158.53</v>
+        <v>163.25</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>13</v>
       </c>
       <c r="B574" t="s">
         <v>24</v>
       </c>
       <c r="C574" t="s">
         <v>1157</v>
       </c>
       <c r="D574">
         <v>2020</v>
       </c>
       <c r="E574" t="s">
         <v>1158</v>
       </c>
       <c r="F574" t="s">
         <v>27</v>
       </c>
       <c r="G574">
-        <v>64.16</v>
+        <v>66.1</v>
       </c>
       <c r="H574">
-        <v>64.16</v>
+        <v>66.1</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
         <v>13</v>
       </c>
       <c r="B575" t="s">
         <v>24</v>
       </c>
       <c r="C575" t="s">
         <v>1159</v>
       </c>
       <c r="D575">
         <v>2014</v>
       </c>
       <c r="E575" t="s">
         <v>1160</v>
       </c>
       <c r="F575" t="s">
         <v>27</v>
       </c>
       <c r="G575">
-        <v>46.43</v>
+        <v>47.83</v>
       </c>
       <c r="H575">
-        <v>46.43</v>
+        <v>47.83</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
         <v>13</v>
       </c>
       <c r="B576" t="s">
         <v>24</v>
       </c>
       <c r="C576" t="s">
         <v>1161</v>
       </c>
       <c r="D576">
         <v>2021</v>
       </c>
       <c r="E576" t="s">
         <v>1162</v>
       </c>
       <c r="F576" t="s">
         <v>27</v>
       </c>
       <c r="G576">
-        <v>74.81</v>
+        <v>77.06</v>
       </c>
       <c r="H576">
-        <v>74.81</v>
+        <v>77.06</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
         <v>13</v>
       </c>
       <c r="B577" t="s">
         <v>24</v>
       </c>
       <c r="C577" t="s">
         <v>1163</v>
       </c>
       <c r="D577">
         <v>2020</v>
       </c>
       <c r="E577" t="s">
         <v>1164</v>
       </c>
       <c r="F577" t="s">
         <v>27</v>
       </c>
       <c r="G577">
-        <v>120.27</v>
+        <v>123.92</v>
       </c>
       <c r="H577">
-        <v>120.27</v>
+        <v>123.92</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
         <v>13</v>
       </c>
       <c r="B578" t="s">
         <v>24</v>
       </c>
       <c r="C578" t="s">
         <v>1165</v>
       </c>
       <c r="D578">
         <v>2018</v>
       </c>
       <c r="E578" t="s">
         <v>1166</v>
       </c>
       <c r="F578" t="s">
         <v>27</v>
       </c>
       <c r="G578">
-        <v>200.55</v>
+        <v>206.57</v>
       </c>
       <c r="H578">
-        <v>200.55</v>
+        <v>206.57</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
         <v>13</v>
       </c>
       <c r="B579" t="s">
         <v>24</v>
       </c>
       <c r="C579" t="s">
         <v>1167</v>
       </c>
       <c r="D579">
         <v>2014</v>
       </c>
       <c r="E579" t="s">
         <v>1168</v>
       </c>
       <c r="F579" t="s">
         <v>27</v>
       </c>
       <c r="G579">
-        <v>236.01</v>
+        <v>243.11</v>
       </c>
       <c r="H579">
-        <v>236.01</v>
+        <v>243.11</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
         <v>13</v>
       </c>
       <c r="B580" t="s">
         <v>24</v>
       </c>
       <c r="C580" t="s">
         <v>1169</v>
       </c>
       <c r="D580">
         <v>2015</v>
       </c>
       <c r="E580" t="s">
         <v>1170</v>
       </c>
       <c r="F580" t="s">
         <v>27</v>
       </c>
       <c r="G580">
-        <v>342.95</v>
+        <v>353.28</v>
       </c>
       <c r="H580">
-        <v>342.95</v>
+        <v>353.28</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
         <v>13</v>
       </c>
       <c r="B581" t="s">
         <v>24</v>
       </c>
       <c r="C581" t="s">
         <v>1171</v>
       </c>
       <c r="D581">
         <v>2023</v>
       </c>
       <c r="E581" t="s">
         <v>1172</v>
       </c>
       <c r="F581" t="s">
         <v>27</v>
       </c>
       <c r="G581">
-        <v>27.84</v>
+        <v>28.69</v>
       </c>
       <c r="H581">
-        <v>27.84</v>
+        <v>28.69</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
         <v>13</v>
       </c>
       <c r="B582" t="s">
         <v>24</v>
       </c>
       <c r="C582" t="s">
         <v>1173</v>
       </c>
       <c r="D582">
         <v>2022</v>
       </c>
       <c r="E582" t="s">
         <v>1174</v>
       </c>
       <c r="F582" t="s">
         <v>27</v>
       </c>
       <c r="G582">
-        <v>27.84</v>
+        <v>28.69</v>
       </c>
       <c r="H582">
-        <v>27.84</v>
+        <v>28.69</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
         <v>13</v>
       </c>
       <c r="B583" t="s">
         <v>24</v>
       </c>
       <c r="C583" t="s">
         <v>1175</v>
       </c>
       <c r="D583">
         <v>2021</v>
       </c>
       <c r="E583" t="s">
         <v>1176</v>
       </c>
       <c r="F583" t="s">
         <v>27</v>
       </c>
       <c r="G583">
-        <v>10.53</v>
+        <v>10.86</v>
       </c>
       <c r="H583">
-        <v>10.53</v>
+        <v>10.86</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
         <v>13</v>
       </c>
       <c r="B584" t="s">
         <v>24</v>
       </c>
       <c r="C584" t="s">
         <v>1177</v>
       </c>
       <c r="D584">
         <v>2005</v>
       </c>
       <c r="E584" t="s">
         <v>1178</v>
       </c>
       <c r="F584" t="s">
         <v>27</v>
       </c>
       <c r="G584">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H584">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
         <v>13</v>
       </c>
       <c r="B585" t="s">
         <v>24</v>
       </c>
       <c r="C585" t="s">
         <v>1179</v>
       </c>
       <c r="D585">
         <v>2011</v>
       </c>
       <c r="E585" t="s">
         <v>1180</v>
       </c>
       <c r="F585" t="s">
         <v>27</v>
       </c>
       <c r="G585">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H585">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
         <v>13</v>
       </c>
       <c r="B586" t="s">
         <v>24</v>
       </c>
       <c r="C586" t="s">
         <v>1181</v>
       </c>
       <c r="D586">
         <v>2011</v>
       </c>
       <c r="E586" t="s">
         <v>1182</v>
       </c>
       <c r="F586" t="s">
         <v>27</v>
       </c>
       <c r="G586">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H586">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
         <v>13</v>
       </c>
       <c r="B587" t="s">
         <v>24</v>
       </c>
       <c r="C587" t="s">
         <v>1183</v>
       </c>
       <c r="D587">
         <v>1997</v>
       </c>
       <c r="E587" t="s">
         <v>1184</v>
       </c>
       <c r="F587" t="s">
         <v>27</v>
       </c>
       <c r="G587">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H587">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
         <v>13</v>
       </c>
       <c r="B588" t="s">
         <v>24</v>
       </c>
       <c r="C588" t="s">
         <v>1185</v>
       </c>
       <c r="D588">
         <v>2009</v>
       </c>
       <c r="E588" t="s">
         <v>1186</v>
       </c>
       <c r="F588" t="s">
         <v>27</v>
       </c>
       <c r="G588">
-        <v>260.28</v>
+        <v>268.13</v>
       </c>
       <c r="H588">
-        <v>260.28</v>
+        <v>268.13</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
         <v>13</v>
       </c>
       <c r="B589" t="s">
         <v>24</v>
       </c>
       <c r="C589" t="s">
         <v>1187</v>
       </c>
       <c r="D589">
         <v>2001</v>
       </c>
       <c r="E589" t="s">
         <v>1188</v>
       </c>
       <c r="F589" t="s">
         <v>27</v>
       </c>
       <c r="G589">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H589">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
         <v>13</v>
       </c>
       <c r="B590" t="s">
         <v>24</v>
       </c>
       <c r="C590" t="s">
         <v>1189</v>
       </c>
       <c r="D590">
         <v>2004</v>
       </c>
       <c r="E590" t="s">
         <v>1190</v>
       </c>
       <c r="F590" t="s">
         <v>27</v>
       </c>
       <c r="G590">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H590">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
         <v>13</v>
       </c>
       <c r="B591" t="s">
         <v>24</v>
       </c>
       <c r="C591" t="s">
         <v>1191</v>
       </c>
       <c r="D591">
         <v>2014</v>
       </c>
       <c r="E591" t="s">
         <v>1192</v>
       </c>
       <c r="F591" t="s">
         <v>27</v>
       </c>
       <c r="G591">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H591">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
         <v>13</v>
       </c>
       <c r="B592" t="s">
         <v>24</v>
       </c>
       <c r="C592" t="s">
         <v>1193</v>
       </c>
       <c r="D592">
         <v>2003</v>
       </c>
       <c r="E592" t="s">
         <v>1194</v>
       </c>
       <c r="F592" t="s">
         <v>27</v>
       </c>
       <c r="G592">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H592">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
         <v>13</v>
       </c>
       <c r="B593" t="s">
         <v>24</v>
       </c>
       <c r="C593" t="s">
         <v>1195</v>
       </c>
       <c r="D593">
         <v>2003</v>
       </c>
       <c r="E593" t="s">
         <v>1196</v>
       </c>
       <c r="F593" t="s">
         <v>27</v>
       </c>
       <c r="G593">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H593">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
         <v>13</v>
       </c>
       <c r="B594" t="s">
         <v>24</v>
       </c>
       <c r="C594" t="s">
         <v>1197</v>
       </c>
       <c r="D594">
         <v>2003</v>
       </c>
       <c r="E594" t="s">
         <v>1198</v>
       </c>
       <c r="F594" t="s">
         <v>27</v>
       </c>
       <c r="G594">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H594">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
         <v>13</v>
       </c>
       <c r="B595" t="s">
         <v>24</v>
       </c>
       <c r="C595" t="s">
         <v>1199</v>
       </c>
       <c r="D595">
         <v>2003</v>
       </c>
       <c r="E595" t="s">
         <v>1200</v>
       </c>
       <c r="F595" t="s">
         <v>27</v>
       </c>
       <c r="G595">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H595">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
         <v>13</v>
       </c>
       <c r="B596" t="s">
         <v>24</v>
       </c>
       <c r="C596" t="s">
         <v>1201</v>
       </c>
       <c r="D596">
         <v>2003</v>
       </c>
       <c r="E596" t="s">
         <v>1202</v>
       </c>
       <c r="F596" t="s">
         <v>27</v>
       </c>
       <c r="G596">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H596">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
         <v>13</v>
       </c>
       <c r="B597" t="s">
         <v>24</v>
       </c>
       <c r="C597" t="s">
         <v>1203</v>
       </c>
       <c r="D597">
         <v>2018</v>
       </c>
       <c r="E597" t="s">
         <v>1204</v>
       </c>
       <c r="F597" t="s">
         <v>27</v>
       </c>
       <c r="G597">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
       <c r="H597">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
         <v>13</v>
       </c>
       <c r="B598" t="s">
         <v>24</v>
       </c>
       <c r="C598" t="s">
         <v>1205</v>
       </c>
       <c r="D598">
         <v>2003</v>
       </c>
       <c r="E598" t="s">
         <v>1206</v>
       </c>
       <c r="F598" t="s">
         <v>27</v>
       </c>
       <c r="G598">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H598">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
         <v>13</v>
       </c>
       <c r="B599" t="s">
         <v>24</v>
       </c>
       <c r="C599" t="s">
         <v>1207</v>
       </c>
       <c r="D599">
         <v>2003</v>
       </c>
       <c r="E599" t="s">
         <v>1208</v>
       </c>
       <c r="F599" t="s">
         <v>27</v>
       </c>
       <c r="G599">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H599">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
         <v>13</v>
       </c>
       <c r="B600" t="s">
         <v>24</v>
       </c>
       <c r="C600" t="s">
         <v>1209</v>
       </c>
       <c r="D600">
         <v>2003</v>
       </c>
       <c r="E600" t="s">
         <v>1210</v>
       </c>
       <c r="F600" t="s">
         <v>27</v>
       </c>
       <c r="G600">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H600">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
         <v>13</v>
       </c>
       <c r="B601" t="s">
         <v>24</v>
       </c>
       <c r="C601" t="s">
         <v>1211</v>
       </c>
       <c r="D601">
         <v>2003</v>
       </c>
       <c r="E601" t="s">
         <v>1212</v>
       </c>
       <c r="F601" t="s">
         <v>27</v>
       </c>
       <c r="G601">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H601">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
         <v>13</v>
       </c>
       <c r="B602" t="s">
         <v>24</v>
       </c>
       <c r="C602" t="s">
         <v>1213</v>
       </c>
       <c r="D602">
         <v>2003</v>
       </c>
       <c r="E602" t="s">
         <v>1214</v>
       </c>
       <c r="F602" t="s">
         <v>27</v>
       </c>
       <c r="G602">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H602">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
         <v>13</v>
       </c>
       <c r="B603" t="s">
         <v>24</v>
       </c>
       <c r="C603" t="s">
         <v>1215</v>
       </c>
       <c r="D603">
         <v>2003</v>
       </c>
       <c r="E603" t="s">
         <v>1216</v>
       </c>
       <c r="F603" t="s">
         <v>27</v>
       </c>
       <c r="G603">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H603">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
         <v>13</v>
       </c>
       <c r="B604" t="s">
         <v>24</v>
       </c>
       <c r="C604" t="s">
         <v>1217</v>
       </c>
       <c r="D604">
         <v>2003</v>
       </c>
       <c r="E604" t="s">
         <v>1218</v>
       </c>
       <c r="F604" t="s">
         <v>27</v>
       </c>
       <c r="G604">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H604">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
         <v>13</v>
       </c>
       <c r="B605" t="s">
         <v>24</v>
       </c>
       <c r="C605" t="s">
         <v>1219</v>
       </c>
       <c r="D605">
         <v>2003</v>
       </c>
       <c r="E605" t="s">
         <v>1220</v>
       </c>
       <c r="F605" t="s">
         <v>27</v>
       </c>
       <c r="G605">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H605">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
         <v>13</v>
       </c>
       <c r="B606" t="s">
         <v>24</v>
       </c>
       <c r="C606" t="s">
         <v>1221</v>
       </c>
       <c r="D606">
         <v>2011</v>
       </c>
       <c r="E606" t="s">
         <v>1222</v>
       </c>
       <c r="F606" t="s">
         <v>27</v>
       </c>
       <c r="G606">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H606">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
         <v>13</v>
       </c>
       <c r="B607" t="s">
         <v>24</v>
       </c>
       <c r="C607" t="s">
         <v>1223</v>
       </c>
       <c r="D607">
         <v>2003</v>
       </c>
       <c r="E607" t="s">
         <v>1224</v>
       </c>
       <c r="F607" t="s">
         <v>27</v>
       </c>
       <c r="G607">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H607">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
         <v>13</v>
       </c>
       <c r="B608" t="s">
         <v>24</v>
       </c>
       <c r="C608" t="s">
         <v>1225</v>
       </c>
       <c r="D608">
         <v>2003</v>
       </c>
       <c r="E608" t="s">
         <v>1226</v>
       </c>
       <c r="F608" t="s">
         <v>27</v>
       </c>
       <c r="G608">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H608">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
         <v>13</v>
       </c>
       <c r="B609" t="s">
         <v>24</v>
       </c>
       <c r="C609" t="s">
         <v>1227</v>
       </c>
       <c r="D609">
         <v>2001</v>
       </c>
       <c r="E609" t="s">
         <v>1228</v>
       </c>
       <c r="F609" t="s">
         <v>27</v>
       </c>
       <c r="G609">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H609">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
         <v>13</v>
       </c>
       <c r="B610" t="s">
         <v>24</v>
       </c>
       <c r="C610" t="s">
         <v>1229</v>
       </c>
       <c r="D610">
         <v>2001</v>
       </c>
       <c r="E610" t="s">
         <v>1230</v>
       </c>
       <c r="F610" t="s">
         <v>27</v>
       </c>
       <c r="G610">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H610">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
         <v>13</v>
       </c>
       <c r="B611" t="s">
         <v>24</v>
       </c>
       <c r="C611" t="s">
         <v>1231</v>
       </c>
       <c r="D611">
         <v>2000</v>
       </c>
       <c r="E611" t="s">
         <v>1232</v>
       </c>
       <c r="F611" t="s">
         <v>27</v>
       </c>
       <c r="G611">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H611">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
         <v>13</v>
       </c>
       <c r="B612" t="s">
         <v>24</v>
       </c>
       <c r="C612" t="s">
         <v>1233</v>
       </c>
       <c r="D612">
         <v>2000</v>
       </c>
       <c r="E612" t="s">
         <v>1234</v>
       </c>
       <c r="F612" t="s">
         <v>27</v>
       </c>
       <c r="G612">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H612">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
         <v>13</v>
       </c>
       <c r="B613" t="s">
         <v>24</v>
       </c>
       <c r="C613" t="s">
         <v>1235</v>
       </c>
       <c r="D613">
         <v>2000</v>
       </c>
       <c r="E613" t="s">
         <v>1236</v>
       </c>
       <c r="F613" t="s">
         <v>27</v>
       </c>
       <c r="G613">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H613">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
         <v>13</v>
       </c>
       <c r="B614" t="s">
         <v>24</v>
       </c>
       <c r="C614" t="s">
         <v>1237</v>
       </c>
       <c r="D614">
         <v>2019</v>
       </c>
       <c r="E614" t="s">
         <v>1238</v>
       </c>
       <c r="F614" t="s">
         <v>27</v>
       </c>
       <c r="G614">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H614">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
         <v>13</v>
       </c>
       <c r="B615" t="s">
         <v>24</v>
       </c>
       <c r="C615" t="s">
         <v>1239</v>
       </c>
       <c r="D615">
         <v>2000</v>
       </c>
       <c r="E615" t="s">
         <v>1240</v>
       </c>
       <c r="F615" t="s">
         <v>27</v>
       </c>
       <c r="G615">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H615">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
         <v>13</v>
       </c>
       <c r="B616" t="s">
         <v>24</v>
       </c>
       <c r="C616" t="s">
         <v>1241</v>
       </c>
       <c r="D616">
         <v>2005</v>
       </c>
       <c r="E616" t="s">
         <v>1242</v>
       </c>
       <c r="F616" t="s">
         <v>27</v>
       </c>
       <c r="G616">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H616">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
         <v>13</v>
       </c>
       <c r="B617" t="s">
         <v>24</v>
       </c>
       <c r="C617" t="s">
         <v>1243</v>
       </c>
       <c r="D617">
         <v>2001</v>
       </c>
       <c r="E617" t="s">
         <v>1244</v>
       </c>
       <c r="F617" t="s">
         <v>27</v>
       </c>
       <c r="G617">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H617">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
         <v>13</v>
       </c>
       <c r="B618" t="s">
         <v>24</v>
       </c>
       <c r="C618" t="s">
         <v>1245</v>
       </c>
       <c r="D618">
         <v>2011</v>
       </c>
       <c r="E618" t="s">
         <v>1246</v>
       </c>
       <c r="F618" t="s">
         <v>27</v>
       </c>
       <c r="G618">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H618">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
         <v>13</v>
       </c>
       <c r="B619" t="s">
         <v>24</v>
       </c>
       <c r="C619" t="s">
         <v>1247</v>
       </c>
       <c r="D619">
         <v>2011</v>
       </c>
       <c r="E619" t="s">
         <v>1248</v>
       </c>
       <c r="F619" t="s">
         <v>27</v>
       </c>
       <c r="G619">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H619">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
         <v>13</v>
       </c>
       <c r="B620" t="s">
         <v>24</v>
       </c>
       <c r="C620" t="s">
         <v>1249</v>
       </c>
       <c r="D620">
         <v>2011</v>
       </c>
       <c r="E620" t="s">
         <v>1250</v>
       </c>
       <c r="F620" t="s">
         <v>27</v>
       </c>
       <c r="G620">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H620">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
         <v>13</v>
       </c>
       <c r="B621" t="s">
         <v>24</v>
       </c>
       <c r="C621" t="s">
         <v>1251</v>
       </c>
       <c r="D621">
         <v>2011</v>
       </c>
       <c r="E621" t="s">
         <v>1252</v>
       </c>
       <c r="F621" t="s">
         <v>27</v>
       </c>
       <c r="G621">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H621">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
         <v>13</v>
       </c>
       <c r="B622" t="s">
         <v>24</v>
       </c>
       <c r="C622" t="s">
         <v>1253</v>
       </c>
       <c r="D622">
         <v>2011</v>
       </c>
       <c r="E622" t="s">
         <v>1254</v>
       </c>
       <c r="F622" t="s">
         <v>27</v>
       </c>
       <c r="G622">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H622">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
         <v>13</v>
       </c>
       <c r="B623" t="s">
         <v>24</v>
       </c>
       <c r="C623" t="s">
         <v>1255</v>
       </c>
       <c r="D623">
         <v>2014</v>
       </c>
       <c r="E623" t="s">
         <v>1256</v>
       </c>
       <c r="F623" t="s">
         <v>27</v>
       </c>
       <c r="G623">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H623">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
         <v>13</v>
       </c>
       <c r="B624" t="s">
         <v>24</v>
       </c>
       <c r="C624" t="s">
         <v>1257</v>
       </c>
       <c r="D624">
         <v>2023</v>
       </c>
       <c r="E624" t="s">
         <v>1258</v>
       </c>
       <c r="F624" t="s">
         <v>27</v>
       </c>
       <c r="G624">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H624">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
         <v>13</v>
       </c>
       <c r="B625" t="s">
         <v>24</v>
       </c>
       <c r="C625" t="s">
         <v>1259</v>
       </c>
       <c r="D625">
         <v>2011</v>
       </c>
       <c r="E625" t="s">
         <v>1260</v>
       </c>
       <c r="F625" t="s">
         <v>27</v>
       </c>
       <c r="G625">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H625">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
         <v>13</v>
       </c>
       <c r="B626" t="s">
         <v>24</v>
       </c>
       <c r="C626" t="s">
         <v>1261</v>
       </c>
       <c r="D626">
         <v>2011</v>
       </c>
       <c r="E626" t="s">
         <v>1262</v>
       </c>
       <c r="F626" t="s">
         <v>27</v>
       </c>
       <c r="G626">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H626">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
         <v>13</v>
       </c>
       <c r="B627" t="s">
         <v>24</v>
       </c>
       <c r="C627" t="s">
         <v>1263</v>
       </c>
       <c r="D627">
         <v>2021</v>
       </c>
       <c r="E627" t="s">
         <v>1264</v>
       </c>
       <c r="F627" t="s">
         <v>27</v>
       </c>
       <c r="G627">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
       <c r="H627">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
         <v>13</v>
       </c>
       <c r="B628" t="s">
         <v>24</v>
       </c>
       <c r="C628" t="s">
         <v>1265</v>
       </c>
       <c r="D628">
         <v>2009</v>
       </c>
       <c r="E628" t="s">
         <v>1266</v>
       </c>
       <c r="F628" t="s">
         <v>27</v>
       </c>
       <c r="G628">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H628">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
         <v>13</v>
       </c>
       <c r="B629" t="s">
         <v>24</v>
       </c>
       <c r="C629" t="s">
         <v>1267</v>
       </c>
       <c r="D629">
         <v>2013</v>
       </c>
       <c r="E629" t="s">
         <v>1268</v>
       </c>
       <c r="F629" t="s">
         <v>27</v>
       </c>
       <c r="G629">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H629">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
         <v>13</v>
       </c>
       <c r="B630" t="s">
         <v>24</v>
       </c>
       <c r="C630" t="s">
         <v>1269</v>
       </c>
       <c r="D630">
         <v>2003</v>
       </c>
       <c r="E630" t="s">
         <v>1270</v>
       </c>
       <c r="F630" t="s">
         <v>27</v>
       </c>
       <c r="G630">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H630">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
         <v>13</v>
       </c>
       <c r="B631" t="s">
         <v>24</v>
       </c>
       <c r="C631" t="s">
         <v>1271</v>
       </c>
       <c r="D631">
         <v>2000</v>
       </c>
       <c r="E631" t="s">
         <v>1272</v>
       </c>
       <c r="F631" t="s">
         <v>27</v>
       </c>
       <c r="G631">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H631">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
         <v>13</v>
       </c>
       <c r="B632" t="s">
         <v>24</v>
       </c>
       <c r="C632" t="s">
         <v>1273</v>
       </c>
       <c r="D632">
         <v>2009</v>
       </c>
       <c r="E632" t="s">
         <v>1274</v>
       </c>
       <c r="F632" t="s">
         <v>27</v>
       </c>
       <c r="G632">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H632">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
         <v>13</v>
       </c>
       <c r="B633" t="s">
         <v>24</v>
       </c>
       <c r="C633" t="s">
         <v>1275</v>
       </c>
       <c r="D633">
         <v>2011</v>
       </c>
       <c r="E633" t="s">
         <v>1276</v>
       </c>
       <c r="F633" t="s">
         <v>27</v>
       </c>
       <c r="G633">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H633">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
         <v>13</v>
       </c>
       <c r="B634" t="s">
         <v>24</v>
       </c>
       <c r="C634" t="s">
         <v>1277</v>
       </c>
       <c r="D634">
         <v>2011</v>
       </c>
       <c r="E634" t="s">
         <v>1278</v>
       </c>
       <c r="F634" t="s">
         <v>27</v>
       </c>
       <c r="G634">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H634">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
         <v>13</v>
       </c>
       <c r="B635" t="s">
         <v>24</v>
       </c>
       <c r="C635" t="s">
         <v>1279</v>
       </c>
       <c r="D635">
         <v>2018</v>
       </c>
       <c r="E635" t="s">
         <v>1280</v>
       </c>
       <c r="F635" t="s">
         <v>27</v>
       </c>
       <c r="G635">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
       <c r="H635">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
         <v>13</v>
       </c>
       <c r="B636" t="s">
         <v>24</v>
       </c>
       <c r="C636" t="s">
         <v>1281</v>
       </c>
       <c r="D636">
         <v>2009</v>
       </c>
       <c r="E636" t="s">
         <v>1282</v>
       </c>
       <c r="F636" t="s">
         <v>27</v>
       </c>
       <c r="G636">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H636">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
         <v>13</v>
       </c>
       <c r="B637" t="s">
         <v>24</v>
       </c>
       <c r="C637" t="s">
         <v>1283</v>
       </c>
       <c r="D637">
         <v>1999</v>
       </c>
       <c r="E637" t="s">
         <v>1284</v>
       </c>
       <c r="F637" t="s">
         <v>27</v>
       </c>
       <c r="G637">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H637">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
         <v>13</v>
       </c>
       <c r="B638" t="s">
         <v>24</v>
       </c>
       <c r="C638" t="s">
         <v>1285</v>
       </c>
       <c r="D638">
         <v>2000</v>
       </c>
       <c r="E638" t="s">
         <v>1286</v>
       </c>
       <c r="F638" t="s">
         <v>27</v>
       </c>
       <c r="G638">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H638">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
         <v>13</v>
       </c>
       <c r="B639" t="s">
         <v>24</v>
       </c>
       <c r="C639" t="s">
         <v>1287</v>
       </c>
       <c r="D639">
         <v>2015</v>
       </c>
       <c r="E639" t="s">
         <v>1288</v>
       </c>
       <c r="F639" t="s">
         <v>27</v>
       </c>
       <c r="G639">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H639">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
         <v>13</v>
       </c>
       <c r="B640" t="s">
         <v>24</v>
       </c>
       <c r="C640" t="s">
         <v>1289</v>
       </c>
       <c r="D640">
         <v>2009</v>
       </c>
       <c r="E640" t="s">
         <v>1290</v>
       </c>
       <c r="F640" t="s">
         <v>27</v>
       </c>
       <c r="G640">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H640">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
         <v>13</v>
       </c>
       <c r="B641" t="s">
         <v>24</v>
       </c>
       <c r="C641" t="s">
         <v>1291</v>
       </c>
       <c r="D641">
         <v>2020</v>
       </c>
       <c r="E641" t="s">
         <v>1292</v>
       </c>
       <c r="F641" t="s">
         <v>27</v>
       </c>
       <c r="G641">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H641">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
         <v>13</v>
       </c>
       <c r="B642" t="s">
         <v>24</v>
       </c>
       <c r="C642" t="s">
         <v>1293</v>
       </c>
       <c r="D642">
         <v>2011</v>
       </c>
       <c r="E642" t="s">
         <v>1294</v>
       </c>
       <c r="F642" t="s">
         <v>27</v>
       </c>
       <c r="G642">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H642">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
         <v>13</v>
       </c>
       <c r="B643" t="s">
         <v>24</v>
       </c>
       <c r="C643" t="s">
         <v>1295</v>
       </c>
       <c r="D643">
         <v>2004</v>
       </c>
       <c r="E643" t="s">
         <v>1296</v>
       </c>
       <c r="F643" t="s">
         <v>27</v>
       </c>
       <c r="G643">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H643">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
         <v>13</v>
       </c>
       <c r="B644" t="s">
         <v>24</v>
       </c>
       <c r="C644" t="s">
         <v>1297</v>
       </c>
       <c r="D644">
         <v>2022</v>
       </c>
       <c r="E644" t="s">
         <v>1298</v>
       </c>
       <c r="F644" t="s">
         <v>27</v>
       </c>
       <c r="G644">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H644">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
         <v>13</v>
       </c>
       <c r="B645" t="s">
         <v>24</v>
       </c>
       <c r="C645" t="s">
         <v>1299</v>
       </c>
       <c r="D645">
         <v>2009</v>
       </c>
       <c r="E645" t="s">
         <v>1300</v>
       </c>
       <c r="F645" t="s">
         <v>27</v>
       </c>
       <c r="G645">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H645">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
         <v>13</v>
       </c>
       <c r="B646" t="s">
         <v>24</v>
       </c>
       <c r="C646" t="s">
         <v>1301</v>
       </c>
       <c r="D646">
         <v>2007</v>
       </c>
       <c r="E646" t="s">
         <v>1302</v>
       </c>
       <c r="F646" t="s">
         <v>27</v>
       </c>
       <c r="G646">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H646">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
         <v>13</v>
       </c>
       <c r="B647" t="s">
         <v>24</v>
       </c>
       <c r="C647" t="s">
         <v>1303</v>
       </c>
       <c r="D647">
         <v>2007</v>
       </c>
       <c r="E647" t="s">
         <v>1304</v>
       </c>
       <c r="F647" t="s">
         <v>27</v>
       </c>
       <c r="G647">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H647">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
         <v>13</v>
       </c>
       <c r="B648" t="s">
         <v>24</v>
       </c>
       <c r="C648" t="s">
         <v>1305</v>
       </c>
       <c r="D648">
         <v>2007</v>
       </c>
       <c r="E648" t="s">
         <v>1306</v>
       </c>
       <c r="F648" t="s">
         <v>27</v>
       </c>
       <c r="G648">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H648">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
         <v>13</v>
       </c>
       <c r="B649" t="s">
         <v>24</v>
       </c>
       <c r="C649" t="s">
         <v>1307</v>
       </c>
       <c r="D649">
         <v>1998</v>
       </c>
       <c r="E649" t="s">
         <v>1308</v>
       </c>
       <c r="F649" t="s">
         <v>27</v>
       </c>
       <c r="G649">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H649">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
         <v>13</v>
       </c>
       <c r="B650" t="s">
         <v>24</v>
       </c>
       <c r="C650" t="s">
         <v>1309</v>
       </c>
       <c r="D650">
         <v>1998</v>
       </c>
       <c r="E650" t="s">
         <v>1310</v>
       </c>
       <c r="F650" t="s">
         <v>27</v>
       </c>
       <c r="G650">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H650">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
         <v>13</v>
       </c>
       <c r="B651" t="s">
         <v>24</v>
       </c>
       <c r="C651" t="s">
         <v>1311</v>
       </c>
       <c r="D651">
         <v>1998</v>
       </c>
       <c r="E651" t="s">
         <v>1312</v>
       </c>
       <c r="F651" t="s">
         <v>27</v>
       </c>
       <c r="G651">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H651">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
         <v>13</v>
       </c>
       <c r="B652" t="s">
         <v>24</v>
       </c>
       <c r="C652" t="s">
         <v>1313</v>
       </c>
       <c r="D652">
         <v>1998</v>
       </c>
       <c r="E652" t="s">
         <v>1314</v>
       </c>
       <c r="F652" t="s">
         <v>27</v>
       </c>
       <c r="G652">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H652">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
         <v>13</v>
       </c>
       <c r="B653" t="s">
         <v>24</v>
       </c>
       <c r="C653" t="s">
         <v>1315</v>
       </c>
       <c r="D653">
         <v>2019</v>
       </c>
       <c r="E653" t="s">
         <v>1316</v>
       </c>
       <c r="F653" t="s">
         <v>27</v>
       </c>
       <c r="G653">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H653">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
         <v>13</v>
       </c>
       <c r="B654" t="s">
         <v>24</v>
       </c>
       <c r="C654" t="s">
         <v>1317</v>
       </c>
       <c r="D654">
         <v>1998</v>
       </c>
       <c r="E654" t="s">
         <v>1318</v>
       </c>
       <c r="F654" t="s">
         <v>27</v>
       </c>
       <c r="G654">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H654">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
         <v>13</v>
       </c>
       <c r="B655" t="s">
         <v>24</v>
       </c>
       <c r="C655" t="s">
         <v>1319</v>
       </c>
       <c r="D655">
         <v>2022</v>
       </c>
       <c r="E655" t="s">
         <v>1320</v>
       </c>
       <c r="F655" t="s">
         <v>27</v>
       </c>
       <c r="G655">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H655">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
         <v>13</v>
       </c>
       <c r="B656" t="s">
         <v>24</v>
       </c>
       <c r="C656" t="s">
         <v>1321</v>
       </c>
       <c r="D656">
         <v>1994</v>
       </c>
       <c r="E656" t="s">
         <v>1322</v>
       </c>
       <c r="F656" t="s">
         <v>27</v>
       </c>
       <c r="G656">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H656">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
         <v>13</v>
       </c>
       <c r="B657" t="s">
         <v>24</v>
       </c>
       <c r="C657" t="s">
         <v>1323</v>
       </c>
       <c r="D657">
         <v>2023</v>
       </c>
       <c r="E657" t="s">
         <v>1324</v>
       </c>
       <c r="F657" t="s">
         <v>27</v>
       </c>
       <c r="G657">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H657">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
         <v>13</v>
       </c>
       <c r="B658" t="s">
         <v>24</v>
       </c>
       <c r="C658" t="s">
         <v>1325</v>
       </c>
       <c r="D658">
         <v>2023</v>
       </c>
       <c r="E658" t="s">
         <v>1326</v>
       </c>
       <c r="F658" t="s">
         <v>27</v>
       </c>
       <c r="G658">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H658">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
         <v>13</v>
       </c>
       <c r="B659" t="s">
         <v>24</v>
       </c>
       <c r="C659" t="s">
         <v>1327</v>
       </c>
       <c r="D659">
         <v>2000</v>
       </c>
       <c r="E659" t="s">
         <v>1328</v>
       </c>
       <c r="F659" t="s">
         <v>27</v>
       </c>
       <c r="G659">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H659">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
         <v>13</v>
       </c>
       <c r="B660" t="s">
         <v>24</v>
       </c>
       <c r="C660" t="s">
         <v>1329</v>
       </c>
       <c r="D660">
         <v>2000</v>
       </c>
       <c r="E660" t="s">
         <v>1330</v>
       </c>
       <c r="F660" t="s">
         <v>27</v>
       </c>
       <c r="G660">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H660">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
         <v>13</v>
       </c>
       <c r="B661" t="s">
         <v>24</v>
       </c>
       <c r="C661" t="s">
         <v>1331</v>
       </c>
       <c r="D661">
         <v>2000</v>
       </c>
       <c r="E661" t="s">
         <v>1332</v>
       </c>
       <c r="F661" t="s">
         <v>27</v>
       </c>
       <c r="G661">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H661">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
         <v>13</v>
       </c>
       <c r="B662" t="s">
         <v>24</v>
       </c>
       <c r="C662" t="s">
         <v>1333</v>
       </c>
       <c r="D662">
         <v>2019</v>
       </c>
       <c r="E662" t="s">
         <v>1334</v>
       </c>
       <c r="F662" t="s">
         <v>27</v>
       </c>
       <c r="G662">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H662">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
         <v>13</v>
       </c>
       <c r="B663" t="s">
         <v>24</v>
       </c>
       <c r="C663" t="s">
         <v>1335</v>
       </c>
       <c r="D663">
         <v>2019</v>
       </c>
       <c r="E663" t="s">
         <v>1336</v>
       </c>
       <c r="F663" t="s">
         <v>27</v>
       </c>
       <c r="G663">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H663">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
         <v>13</v>
       </c>
       <c r="B664" t="s">
         <v>24</v>
       </c>
       <c r="C664" t="s">
         <v>1337</v>
       </c>
       <c r="D664">
         <v>2000</v>
       </c>
       <c r="E664" t="s">
         <v>1338</v>
       </c>
       <c r="F664" t="s">
         <v>27</v>
       </c>
       <c r="G664">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H664">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
         <v>13</v>
       </c>
       <c r="B665" t="s">
         <v>24</v>
       </c>
       <c r="C665" t="s">
         <v>1339</v>
       </c>
       <c r="D665">
         <v>2000</v>
       </c>
       <c r="E665" t="s">
         <v>1340</v>
       </c>
       <c r="F665" t="s">
         <v>27</v>
       </c>
       <c r="G665">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H665">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
         <v>13</v>
       </c>
       <c r="B666" t="s">
         <v>24</v>
       </c>
       <c r="C666" t="s">
         <v>1341</v>
       </c>
       <c r="D666">
         <v>2019</v>
       </c>
       <c r="E666" t="s">
         <v>1342</v>
       </c>
       <c r="F666" t="s">
         <v>27</v>
       </c>
       <c r="G666">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H666">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
         <v>13</v>
       </c>
       <c r="B667" t="s">
         <v>24</v>
       </c>
       <c r="C667" t="s">
         <v>1343</v>
       </c>
       <c r="D667">
         <v>2011</v>
       </c>
       <c r="E667" t="s">
         <v>1344</v>
       </c>
       <c r="F667" t="s">
         <v>27</v>
       </c>
       <c r="G667">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H667">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
         <v>13</v>
       </c>
       <c r="B668" t="s">
         <v>24</v>
       </c>
       <c r="C668" t="s">
         <v>1345</v>
       </c>
       <c r="D668">
         <v>2011</v>
       </c>
       <c r="E668" t="s">
         <v>1346</v>
       </c>
       <c r="F668" t="s">
         <v>27</v>
       </c>
       <c r="G668">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H668">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
         <v>13</v>
       </c>
       <c r="B669" t="s">
         <v>24</v>
       </c>
       <c r="C669" t="s">
         <v>1347</v>
       </c>
       <c r="D669">
         <v>2011</v>
       </c>
       <c r="E669" t="s">
         <v>1348</v>
       </c>
       <c r="F669" t="s">
         <v>27</v>
       </c>
       <c r="G669">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H669">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
         <v>13</v>
       </c>
       <c r="B670" t="s">
         <v>24</v>
       </c>
       <c r="C670" t="s">
         <v>1349</v>
       </c>
       <c r="D670">
         <v>2011</v>
       </c>
       <c r="E670" t="s">
         <v>1350</v>
       </c>
       <c r="F670" t="s">
         <v>27</v>
       </c>
       <c r="G670">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H670">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
         <v>13</v>
       </c>
       <c r="B671" t="s">
         <v>24</v>
       </c>
       <c r="C671" t="s">
         <v>1351</v>
       </c>
       <c r="D671">
         <v>2011</v>
       </c>
       <c r="E671" t="s">
         <v>1352</v>
       </c>
       <c r="F671" t="s">
         <v>27</v>
       </c>
       <c r="G671">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H671">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
         <v>13</v>
       </c>
       <c r="B672" t="s">
         <v>24</v>
       </c>
       <c r="C672" t="s">
         <v>1353</v>
       </c>
       <c r="D672">
         <v>2011</v>
       </c>
       <c r="E672" t="s">
         <v>1354</v>
       </c>
       <c r="F672" t="s">
         <v>27</v>
       </c>
       <c r="G672">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H672">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
         <v>13</v>
       </c>
       <c r="B673" t="s">
         <v>24</v>
       </c>
       <c r="C673" t="s">
         <v>1355</v>
       </c>
       <c r="D673">
         <v>2011</v>
       </c>
       <c r="E673" t="s">
         <v>1356</v>
       </c>
       <c r="F673" t="s">
         <v>27</v>
       </c>
       <c r="G673">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H673">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
         <v>13</v>
       </c>
       <c r="B674" t="s">
         <v>24</v>
       </c>
       <c r="C674" t="s">
         <v>1357</v>
       </c>
       <c r="D674">
         <v>2011</v>
       </c>
       <c r="E674" t="s">
         <v>1358</v>
       </c>
       <c r="F674" t="s">
         <v>27</v>
       </c>
       <c r="G674">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H674">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
         <v>13</v>
       </c>
       <c r="B675" t="s">
         <v>24</v>
       </c>
       <c r="C675" t="s">
         <v>1359</v>
       </c>
       <c r="D675">
         <v>2004</v>
       </c>
       <c r="E675" t="s">
         <v>1360</v>
       </c>
       <c r="F675" t="s">
         <v>27</v>
       </c>
       <c r="G675">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H675">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
         <v>13</v>
       </c>
       <c r="B676" t="s">
         <v>24</v>
       </c>
       <c r="C676" t="s">
         <v>1361</v>
       </c>
       <c r="D676">
         <v>2004</v>
       </c>
       <c r="E676" t="s">
         <v>1362</v>
       </c>
       <c r="F676" t="s">
         <v>27</v>
       </c>
       <c r="G676">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H676">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
         <v>13</v>
       </c>
       <c r="B677" t="s">
         <v>24</v>
       </c>
       <c r="C677" t="s">
         <v>1363</v>
       </c>
       <c r="D677">
         <v>2016</v>
       </c>
       <c r="E677" t="s">
         <v>1364</v>
       </c>
       <c r="F677" t="s">
         <v>27</v>
       </c>
       <c r="G677">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H677">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
         <v>13</v>
       </c>
       <c r="B678" t="s">
         <v>24</v>
       </c>
       <c r="C678" t="s">
         <v>1365</v>
       </c>
       <c r="D678">
         <v>2001</v>
       </c>
       <c r="E678" t="s">
         <v>1366</v>
       </c>
       <c r="F678" t="s">
         <v>27</v>
       </c>
       <c r="G678">
-        <v>162.43</v>
+        <v>167.29</v>
       </c>
       <c r="H678">
-        <v>162.43</v>
+        <v>167.29</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
         <v>13</v>
       </c>
       <c r="B679" t="s">
         <v>24</v>
       </c>
       <c r="C679" t="s">
         <v>1367</v>
       </c>
       <c r="D679">
         <v>1994</v>
       </c>
       <c r="E679" t="s">
         <v>1368</v>
       </c>
       <c r="F679" t="s">
         <v>27</v>
       </c>
       <c r="G679">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H679">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
         <v>13</v>
       </c>
       <c r="B680" t="s">
         <v>24</v>
       </c>
       <c r="C680" t="s">
         <v>1369</v>
       </c>
       <c r="D680">
         <v>2012</v>
       </c>
       <c r="E680" t="s">
         <v>1370</v>
       </c>
       <c r="F680" t="s">
         <v>27</v>
       </c>
       <c r="G680">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H680">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
         <v>13</v>
       </c>
       <c r="B681" t="s">
         <v>24</v>
       </c>
       <c r="C681" t="s">
         <v>1371</v>
       </c>
       <c r="D681">
         <v>2022</v>
       </c>
       <c r="E681" t="s">
         <v>1372</v>
       </c>
       <c r="F681" t="s">
         <v>27</v>
       </c>
       <c r="G681">
-        <v>203.27</v>
+        <v>209.35</v>
       </c>
       <c r="H681">
-        <v>203.27</v>
+        <v>209.35</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
         <v>13</v>
       </c>
       <c r="B682" t="s">
         <v>24</v>
       </c>
       <c r="C682" t="s">
         <v>1373</v>
       </c>
       <c r="D682">
         <v>2004</v>
       </c>
       <c r="E682" t="s">
         <v>1374</v>
       </c>
       <c r="F682" t="s">
         <v>27</v>
       </c>
       <c r="G682">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H682">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
         <v>13</v>
       </c>
       <c r="B683" t="s">
         <v>24</v>
       </c>
       <c r="C683" t="s">
         <v>1375</v>
       </c>
       <c r="D683">
         <v>2004</v>
       </c>
       <c r="E683" t="s">
         <v>1376</v>
       </c>
       <c r="F683" t="s">
         <v>27</v>
       </c>
       <c r="G683">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H683">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
         <v>13</v>
       </c>
       <c r="B684" t="s">
         <v>24</v>
       </c>
       <c r="C684" t="s">
         <v>1377</v>
       </c>
       <c r="D684">
         <v>2004</v>
       </c>
       <c r="E684" t="s">
         <v>1378</v>
       </c>
       <c r="F684" t="s">
         <v>27</v>
       </c>
       <c r="G684">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H684">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
         <v>13</v>
       </c>
       <c r="B685" t="s">
         <v>24</v>
       </c>
       <c r="C685" t="s">
         <v>1379</v>
       </c>
       <c r="D685">
         <v>2004</v>
       </c>
       <c r="E685" t="s">
         <v>1380</v>
       </c>
       <c r="F685" t="s">
         <v>27</v>
       </c>
       <c r="G685">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H685">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
         <v>13</v>
       </c>
       <c r="B686" t="s">
         <v>24</v>
       </c>
       <c r="C686" t="s">
         <v>1381</v>
       </c>
       <c r="D686">
         <v>2022</v>
       </c>
       <c r="E686" t="s">
         <v>1382</v>
       </c>
       <c r="F686" t="s">
         <v>27</v>
       </c>
       <c r="G686">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H686">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
         <v>13</v>
       </c>
       <c r="B687" t="s">
         <v>24</v>
       </c>
       <c r="C687" t="s">
         <v>1383</v>
       </c>
       <c r="D687">
         <v>2022</v>
       </c>
       <c r="E687" t="s">
         <v>1384</v>
       </c>
       <c r="F687" t="s">
         <v>27</v>
       </c>
       <c r="G687">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H687">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
         <v>13</v>
       </c>
       <c r="B688" t="s">
         <v>24</v>
       </c>
       <c r="C688" t="s">
         <v>1385</v>
       </c>
       <c r="D688">
         <v>2022</v>
       </c>
       <c r="E688" t="s">
         <v>1386</v>
       </c>
       <c r="F688" t="s">
         <v>27</v>
       </c>
       <c r="G688">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H688">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
         <v>13</v>
       </c>
       <c r="B689" t="s">
         <v>24</v>
       </c>
       <c r="C689" t="s">
         <v>1387</v>
       </c>
       <c r="D689">
         <v>2022</v>
       </c>
       <c r="E689" t="s">
         <v>1388</v>
       </c>
       <c r="F689" t="s">
         <v>27</v>
       </c>
       <c r="G689">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H689">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
         <v>13</v>
       </c>
       <c r="B690" t="s">
         <v>24</v>
       </c>
       <c r="C690" t="s">
         <v>1389</v>
       </c>
       <c r="D690">
         <v>2022</v>
       </c>
       <c r="E690" t="s">
         <v>1390</v>
       </c>
       <c r="F690" t="s">
         <v>27</v>
       </c>
       <c r="G690">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H690">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
         <v>13</v>
       </c>
       <c r="B691" t="s">
         <v>24</v>
       </c>
       <c r="C691" t="s">
         <v>1391</v>
       </c>
       <c r="D691">
         <v>2022</v>
       </c>
       <c r="E691" t="s">
         <v>1392</v>
       </c>
       <c r="F691" t="s">
         <v>27</v>
       </c>
       <c r="G691">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H691">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
         <v>13</v>
       </c>
       <c r="B692" t="s">
         <v>24</v>
       </c>
       <c r="C692" t="s">
         <v>1393</v>
       </c>
       <c r="D692">
         <v>2010</v>
       </c>
       <c r="E692" t="s">
         <v>1394</v>
       </c>
       <c r="F692" t="s">
         <v>27</v>
       </c>
       <c r="G692">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H692">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
         <v>13</v>
       </c>
       <c r="B693" t="s">
         <v>24</v>
       </c>
       <c r="C693" t="s">
         <v>1395</v>
       </c>
       <c r="D693">
         <v>2010</v>
       </c>
       <c r="E693" t="s">
         <v>1396</v>
       </c>
       <c r="F693" t="s">
         <v>27</v>
       </c>
       <c r="G693">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H693">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
         <v>13</v>
       </c>
       <c r="B694" t="s">
         <v>24</v>
       </c>
       <c r="C694" t="s">
         <v>1397</v>
       </c>
       <c r="D694">
         <v>2020</v>
       </c>
       <c r="E694" t="s">
         <v>1398</v>
       </c>
       <c r="F694" t="s">
         <v>27</v>
       </c>
       <c r="G694">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
       <c r="H694">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
         <v>13</v>
       </c>
       <c r="B695" t="s">
         <v>24</v>
       </c>
       <c r="C695" t="s">
         <v>1399</v>
       </c>
       <c r="D695">
         <v>2020</v>
       </c>
       <c r="E695" t="s">
         <v>1400</v>
       </c>
       <c r="F695" t="s">
         <v>27</v>
       </c>
       <c r="G695">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
       <c r="H695">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
         <v>13</v>
       </c>
       <c r="B696" t="s">
         <v>24</v>
       </c>
       <c r="C696" t="s">
         <v>1401</v>
       </c>
       <c r="D696">
         <v>2020</v>
       </c>
       <c r="E696" t="s">
         <v>1402</v>
       </c>
       <c r="F696" t="s">
         <v>27</v>
       </c>
       <c r="G696">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H696">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
         <v>13</v>
       </c>
       <c r="B697" t="s">
         <v>24</v>
       </c>
       <c r="C697" t="s">
         <v>1403</v>
       </c>
       <c r="D697">
         <v>2023</v>
       </c>
       <c r="E697" t="s">
         <v>1404</v>
       </c>
       <c r="F697" t="s">
         <v>27</v>
       </c>
       <c r="G697">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H697">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
         <v>13</v>
       </c>
       <c r="B698" t="s">
         <v>24</v>
       </c>
       <c r="C698" t="s">
         <v>1405</v>
       </c>
       <c r="D698">
         <v>2004</v>
       </c>
       <c r="E698" t="s">
         <v>1406</v>
       </c>
       <c r="F698" t="s">
         <v>27</v>
       </c>
       <c r="G698">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H698">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
         <v>13</v>
       </c>
       <c r="B699" t="s">
         <v>24</v>
       </c>
       <c r="C699" t="s">
         <v>1407</v>
       </c>
       <c r="D699">
         <v>1998</v>
       </c>
       <c r="E699" t="s">
         <v>1408</v>
       </c>
       <c r="F699" t="s">
         <v>27</v>
       </c>
       <c r="G699">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H699">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
         <v>13</v>
       </c>
       <c r="B700" t="s">
         <v>24</v>
       </c>
       <c r="C700" t="s">
         <v>1409</v>
       </c>
       <c r="D700">
         <v>2016</v>
       </c>
       <c r="E700" t="s">
         <v>1410</v>
       </c>
       <c r="F700" t="s">
         <v>27</v>
       </c>
       <c r="G700">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H700">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
         <v>13</v>
       </c>
       <c r="B701" t="s">
         <v>24</v>
       </c>
       <c r="C701" t="s">
         <v>1411</v>
       </c>
       <c r="D701">
         <v>2011</v>
       </c>
       <c r="E701" t="s">
         <v>1412</v>
       </c>
       <c r="F701" t="s">
         <v>27</v>
       </c>
       <c r="G701">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H701">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
         <v>13</v>
       </c>
       <c r="B702" t="s">
         <v>24</v>
       </c>
       <c r="C702" t="s">
         <v>1413</v>
       </c>
       <c r="D702">
         <v>2011</v>
       </c>
       <c r="E702" t="s">
         <v>1414</v>
       </c>
       <c r="F702" t="s">
         <v>27</v>
       </c>
       <c r="G702">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H702">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
         <v>13</v>
       </c>
       <c r="B703" t="s">
         <v>24</v>
       </c>
       <c r="C703" t="s">
         <v>1415</v>
       </c>
       <c r="D703">
         <v>2018</v>
       </c>
       <c r="E703" t="s">
         <v>1416</v>
       </c>
       <c r="F703" t="s">
         <v>27</v>
       </c>
       <c r="G703">
-        <v>135.89</v>
+        <v>140.0</v>
       </c>
       <c r="H703">
-        <v>135.89</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
         <v>13</v>
       </c>
       <c r="B704" t="s">
         <v>24</v>
       </c>
       <c r="C704" t="s">
         <v>1417</v>
       </c>
       <c r="D704">
         <v>2015</v>
       </c>
       <c r="E704" t="s">
         <v>1418</v>
       </c>
       <c r="F704" t="s">
         <v>27</v>
       </c>
       <c r="G704">
-        <v>152.52</v>
+        <v>157.1</v>
       </c>
       <c r="H704">
-        <v>152.52</v>
+        <v>157.1</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
         <v>13</v>
       </c>
       <c r="B705" t="s">
         <v>24</v>
       </c>
       <c r="C705" t="s">
         <v>1419</v>
       </c>
       <c r="D705">
         <v>2011</v>
       </c>
       <c r="E705" t="s">
         <v>1420</v>
       </c>
       <c r="F705" t="s">
         <v>27</v>
       </c>
       <c r="G705">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H705">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
         <v>13</v>
       </c>
       <c r="B706" t="s">
         <v>24</v>
       </c>
       <c r="C706" t="s">
         <v>1421</v>
       </c>
       <c r="D706">
         <v>2011</v>
       </c>
       <c r="E706" t="s">
         <v>1422</v>
       </c>
       <c r="F706" t="s">
         <v>27</v>
       </c>
       <c r="G706">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H706">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
         <v>13</v>
       </c>
       <c r="B707" t="s">
         <v>24</v>
       </c>
       <c r="C707" t="s">
         <v>1423</v>
       </c>
       <c r="D707">
         <v>2011</v>
       </c>
       <c r="E707" t="s">
         <v>1424</v>
       </c>
       <c r="F707" t="s">
         <v>27</v>
       </c>
       <c r="G707">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H707">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
         <v>13</v>
       </c>
       <c r="B708" t="s">
         <v>24</v>
       </c>
       <c r="C708" t="s">
         <v>1425</v>
       </c>
       <c r="D708">
         <v>2011</v>
       </c>
       <c r="E708" t="s">
         <v>1426</v>
       </c>
       <c r="F708" t="s">
         <v>27</v>
       </c>
       <c r="G708">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H708">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
         <v>13</v>
       </c>
       <c r="B709" t="s">
         <v>24</v>
       </c>
       <c r="C709" t="s">
         <v>1427</v>
       </c>
       <c r="D709">
         <v>2011</v>
       </c>
       <c r="E709" t="s">
         <v>1428</v>
       </c>
       <c r="F709" t="s">
         <v>27</v>
       </c>
       <c r="G709">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H709">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
         <v>13</v>
       </c>
       <c r="B710" t="s">
         <v>24</v>
       </c>
       <c r="C710" t="s">
         <v>1429</v>
       </c>
       <c r="D710">
         <v>1998</v>
       </c>
       <c r="E710" t="s">
         <v>1430</v>
       </c>
       <c r="F710" t="s">
         <v>27</v>
       </c>
       <c r="G710">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H710">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
         <v>13</v>
       </c>
       <c r="B711" t="s">
         <v>24</v>
       </c>
       <c r="C711" t="s">
         <v>1431</v>
       </c>
       <c r="D711">
         <v>2011</v>
       </c>
       <c r="E711" t="s">
         <v>1432</v>
       </c>
       <c r="F711" t="s">
         <v>27</v>
       </c>
       <c r="G711">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H711">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
         <v>13</v>
       </c>
       <c r="B712" t="s">
         <v>24</v>
       </c>
       <c r="C712" t="s">
         <v>1433</v>
       </c>
       <c r="D712">
         <v>2012</v>
       </c>
       <c r="E712" t="s">
         <v>1434</v>
       </c>
       <c r="F712" t="s">
         <v>27</v>
       </c>
       <c r="G712">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H712">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
         <v>13</v>
       </c>
       <c r="B713" t="s">
         <v>24</v>
       </c>
       <c r="C713" t="s">
         <v>1435</v>
       </c>
       <c r="D713">
         <v>2021</v>
       </c>
       <c r="E713" t="s">
         <v>1436</v>
       </c>
       <c r="F713" t="s">
         <v>27</v>
       </c>
       <c r="G713">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H713">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
         <v>13</v>
       </c>
       <c r="B714" t="s">
         <v>24</v>
       </c>
       <c r="C714" t="s">
         <v>1437</v>
       </c>
       <c r="D714">
         <v>2023</v>
       </c>
       <c r="E714" t="s">
         <v>1438</v>
       </c>
       <c r="F714" t="s">
         <v>27</v>
       </c>
       <c r="G714">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
       <c r="H714">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
         <v>13</v>
       </c>
       <c r="B715" t="s">
         <v>24</v>
       </c>
       <c r="C715" t="s">
         <v>1439</v>
       </c>
       <c r="D715">
         <v>2013</v>
       </c>
       <c r="E715" t="s">
         <v>1440</v>
       </c>
       <c r="F715" t="s">
         <v>27</v>
       </c>
       <c r="G715">
-        <v>182.71</v>
+        <v>188.22</v>
       </c>
       <c r="H715">
-        <v>182.71</v>
+        <v>188.22</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
         <v>13</v>
       </c>
       <c r="B716" t="s">
         <v>24</v>
       </c>
       <c r="C716" t="s">
         <v>1441</v>
       </c>
       <c r="D716">
         <v>2018</v>
       </c>
       <c r="E716" t="s">
         <v>1442</v>
       </c>
       <c r="F716" t="s">
         <v>27</v>
       </c>
       <c r="G716">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H716">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
         <v>13</v>
       </c>
       <c r="B717" t="s">
         <v>24</v>
       </c>
       <c r="C717" t="s">
         <v>1443</v>
       </c>
       <c r="D717">
         <v>2006</v>
       </c>
       <c r="E717" t="s">
         <v>1444</v>
       </c>
       <c r="F717" t="s">
         <v>27</v>
       </c>
       <c r="G717">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H717">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
         <v>13</v>
       </c>
       <c r="B718" t="s">
         <v>24</v>
       </c>
       <c r="C718" t="s">
         <v>1445</v>
       </c>
       <c r="D718">
         <v>2011</v>
       </c>
       <c r="E718" t="s">
         <v>1446</v>
       </c>
       <c r="F718" t="s">
         <v>27</v>
       </c>
       <c r="G718">
-        <v>146.26</v>
+        <v>150.65</v>
       </c>
       <c r="H718">
-        <v>146.26</v>
+        <v>150.65</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
         <v>13</v>
       </c>
       <c r="B719" t="s">
         <v>24</v>
       </c>
       <c r="C719" t="s">
         <v>1447</v>
       </c>
       <c r="D719">
         <v>1991</v>
       </c>
       <c r="E719" t="s">
         <v>1448</v>
       </c>
       <c r="F719" t="s">
         <v>27</v>
       </c>
       <c r="G719">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H719">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
         <v>13</v>
       </c>
       <c r="B720" t="s">
         <v>24</v>
       </c>
       <c r="C720" t="s">
         <v>1449</v>
       </c>
       <c r="D720">
         <v>1992</v>
       </c>
       <c r="E720" t="s">
         <v>1450</v>
       </c>
       <c r="F720" t="s">
         <v>27</v>
       </c>
       <c r="G720">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H720">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
         <v>13</v>
       </c>
       <c r="B721" t="s">
         <v>24</v>
       </c>
       <c r="C721" t="s">
         <v>1451</v>
       </c>
       <c r="D721">
         <v>1992</v>
       </c>
       <c r="E721" t="s">
         <v>1452</v>
       </c>
       <c r="F721" t="s">
         <v>27</v>
       </c>
       <c r="G721">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H721">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
         <v>13</v>
       </c>
       <c r="B722" t="s">
         <v>24</v>
       </c>
       <c r="C722" t="s">
         <v>1453</v>
       </c>
       <c r="D722">
         <v>1992</v>
       </c>
       <c r="E722" t="s">
         <v>1454</v>
       </c>
       <c r="F722" t="s">
         <v>27</v>
       </c>
       <c r="G722">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H722">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
         <v>13</v>
       </c>
       <c r="B723" t="s">
         <v>24</v>
       </c>
       <c r="C723" t="s">
         <v>1455</v>
       </c>
       <c r="D723">
         <v>1992</v>
       </c>
       <c r="E723" t="s">
         <v>1456</v>
       </c>
       <c r="F723" t="s">
         <v>27</v>
       </c>
       <c r="G723">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H723">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
         <v>13</v>
       </c>
       <c r="B724" t="s">
         <v>24</v>
       </c>
       <c r="C724" t="s">
         <v>1457</v>
       </c>
       <c r="D724">
         <v>1992</v>
       </c>
       <c r="E724" t="s">
         <v>1458</v>
       </c>
       <c r="F724" t="s">
         <v>27</v>
       </c>
       <c r="G724">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H724">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
         <v>13</v>
       </c>
       <c r="B725" t="s">
         <v>24</v>
       </c>
       <c r="C725" t="s">
         <v>1459</v>
       </c>
       <c r="D725">
         <v>1991</v>
       </c>
       <c r="E725" t="s">
         <v>1460</v>
       </c>
       <c r="F725" t="s">
         <v>27</v>
       </c>
       <c r="G725">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H725">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
         <v>13</v>
       </c>
       <c r="B726" t="s">
         <v>24</v>
       </c>
       <c r="C726" t="s">
         <v>1461</v>
       </c>
       <c r="D726">
         <v>1991</v>
       </c>
       <c r="E726" t="s">
         <v>1462</v>
       </c>
       <c r="F726" t="s">
         <v>27</v>
       </c>
       <c r="G726">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H726">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
         <v>13</v>
       </c>
       <c r="B727" t="s">
         <v>24</v>
       </c>
       <c r="C727" t="s">
         <v>1463</v>
       </c>
       <c r="D727">
         <v>1992</v>
       </c>
       <c r="E727" t="s">
         <v>1464</v>
       </c>
       <c r="F727" t="s">
         <v>27</v>
       </c>
       <c r="G727">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H727">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
         <v>13</v>
       </c>
       <c r="B728" t="s">
         <v>24</v>
       </c>
       <c r="C728" t="s">
         <v>1465</v>
       </c>
       <c r="D728">
         <v>1992</v>
       </c>
       <c r="E728" t="s">
         <v>1466</v>
       </c>
       <c r="F728" t="s">
         <v>27</v>
       </c>
       <c r="G728">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H728">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
         <v>13</v>
       </c>
       <c r="B729" t="s">
         <v>24</v>
       </c>
       <c r="C729" t="s">
         <v>1467</v>
       </c>
       <c r="D729">
         <v>1992</v>
       </c>
       <c r="E729" t="s">
         <v>1468</v>
       </c>
       <c r="F729" t="s">
         <v>27</v>
       </c>
       <c r="G729">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H729">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
         <v>13</v>
       </c>
       <c r="B730" t="s">
         <v>24</v>
       </c>
       <c r="C730" t="s">
         <v>1469</v>
       </c>
       <c r="D730">
         <v>1995</v>
       </c>
       <c r="E730" t="s">
         <v>1470</v>
       </c>
       <c r="F730" t="s">
         <v>27</v>
       </c>
       <c r="G730">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H730">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
         <v>13</v>
       </c>
       <c r="B731" t="s">
         <v>24</v>
       </c>
       <c r="C731" t="s">
         <v>1471</v>
       </c>
       <c r="D731">
         <v>1992</v>
       </c>
       <c r="E731" t="s">
         <v>1472</v>
       </c>
       <c r="F731" t="s">
         <v>27</v>
       </c>
       <c r="G731">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H731">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
         <v>13</v>
       </c>
       <c r="B732" t="s">
         <v>24</v>
       </c>
       <c r="C732" t="s">
         <v>1473</v>
       </c>
       <c r="D732">
         <v>2021</v>
       </c>
       <c r="E732" t="s">
         <v>1474</v>
       </c>
       <c r="F732" t="s">
         <v>27</v>
       </c>
       <c r="G732">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H732">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
         <v>13</v>
       </c>
       <c r="B733" t="s">
         <v>24</v>
       </c>
       <c r="C733" t="s">
         <v>1475</v>
       </c>
       <c r="D733">
         <v>2016</v>
       </c>
       <c r="E733" t="s">
         <v>1476</v>
       </c>
       <c r="F733" t="s">
         <v>27</v>
       </c>
       <c r="G733">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H733">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
         <v>13</v>
       </c>
       <c r="B734" t="s">
         <v>24</v>
       </c>
       <c r="C734" t="s">
         <v>1477</v>
       </c>
       <c r="D734">
         <v>2016</v>
       </c>
       <c r="E734" t="s">
         <v>1478</v>
       </c>
       <c r="F734" t="s">
         <v>27</v>
       </c>
       <c r="G734">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
       <c r="H734">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
         <v>13</v>
       </c>
       <c r="B735" t="s">
         <v>24</v>
       </c>
       <c r="C735" t="s">
         <v>1479</v>
       </c>
       <c r="D735">
         <v>2005</v>
       </c>
       <c r="E735" t="s">
         <v>1480</v>
       </c>
       <c r="F735" t="s">
         <v>27</v>
       </c>
       <c r="G735">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H735">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
         <v>13</v>
       </c>
       <c r="B736" t="s">
         <v>24</v>
       </c>
       <c r="C736" t="s">
         <v>1481</v>
       </c>
       <c r="D736">
         <v>2022</v>
       </c>
       <c r="E736" t="s">
         <v>1482</v>
       </c>
       <c r="F736" t="s">
         <v>27</v>
       </c>
       <c r="G736">
-        <v>217.85</v>
+        <v>224.39</v>
       </c>
       <c r="H736">
-        <v>217.85</v>
+        <v>224.39</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
         <v>13</v>
       </c>
       <c r="B737" t="s">
         <v>24</v>
       </c>
       <c r="C737" t="s">
         <v>1483</v>
       </c>
       <c r="D737">
         <v>2009</v>
       </c>
       <c r="E737" t="s">
         <v>1484</v>
       </c>
       <c r="F737" t="s">
         <v>27</v>
       </c>
       <c r="G737">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H737">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
         <v>13</v>
       </c>
       <c r="B738" t="s">
         <v>24</v>
       </c>
       <c r="C738" t="s">
         <v>1485</v>
       </c>
       <c r="D738">
         <v>2009</v>
       </c>
       <c r="E738" t="s">
         <v>1486</v>
       </c>
       <c r="F738" t="s">
         <v>27</v>
       </c>
       <c r="G738">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
       <c r="H738">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
         <v>13</v>
       </c>
       <c r="B739" t="s">
         <v>24</v>
       </c>
       <c r="C739" t="s">
         <v>1487</v>
       </c>
       <c r="D739">
         <v>2019</v>
       </c>
       <c r="E739" t="s">
         <v>1488</v>
       </c>
       <c r="F739" t="s">
         <v>27</v>
       </c>
       <c r="G739">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H739">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
         <v>13</v>
       </c>
       <c r="B740" t="s">
         <v>24</v>
       </c>
       <c r="C740" t="s">
         <v>1489</v>
       </c>
       <c r="D740">
         <v>2019</v>
       </c>
       <c r="E740" t="s">
         <v>1490</v>
       </c>
       <c r="F740" t="s">
         <v>27</v>
       </c>
       <c r="G740">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H740">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
         <v>13</v>
       </c>
       <c r="B741" t="s">
         <v>24</v>
       </c>
       <c r="C741" t="s">
         <v>1491</v>
       </c>
       <c r="D741">
         <v>2019</v>
       </c>
       <c r="E741" t="s">
         <v>1492</v>
       </c>
       <c r="F741" t="s">
         <v>27</v>
       </c>
       <c r="G741">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H741">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
         <v>13</v>
       </c>
       <c r="B742" t="s">
         <v>24</v>
       </c>
       <c r="C742" t="s">
         <v>1493</v>
       </c>
       <c r="D742">
         <v>2019</v>
       </c>
       <c r="E742" t="s">
         <v>1494</v>
       </c>
       <c r="F742" t="s">
         <v>27</v>
       </c>
       <c r="G742">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H742">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
         <v>13</v>
       </c>
       <c r="B743" t="s">
         <v>24</v>
       </c>
       <c r="C743" t="s">
         <v>1495</v>
       </c>
       <c r="D743">
         <v>2015</v>
       </c>
       <c r="E743" t="s">
         <v>1496</v>
       </c>
       <c r="F743" t="s">
         <v>27</v>
       </c>
       <c r="G743">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H743">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
         <v>13</v>
       </c>
       <c r="B744" t="s">
         <v>24</v>
       </c>
       <c r="C744" t="s">
         <v>1497</v>
       </c>
       <c r="D744">
         <v>2015</v>
       </c>
       <c r="E744" t="s">
         <v>1498</v>
       </c>
       <c r="F744" t="s">
         <v>27</v>
       </c>
       <c r="G744">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H744">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
         <v>13</v>
       </c>
       <c r="B745" t="s">
         <v>24</v>
       </c>
       <c r="C745" t="s">
         <v>1499</v>
       </c>
       <c r="D745">
         <v>2015</v>
       </c>
       <c r="E745" t="s">
         <v>1500</v>
       </c>
       <c r="F745" t="s">
         <v>27</v>
       </c>
       <c r="G745">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H745">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
         <v>13</v>
       </c>
       <c r="B746" t="s">
         <v>24</v>
       </c>
       <c r="C746" t="s">
         <v>1501</v>
       </c>
       <c r="D746">
         <v>2015</v>
       </c>
       <c r="E746" t="s">
         <v>1502</v>
       </c>
       <c r="F746" t="s">
         <v>27</v>
       </c>
       <c r="G746">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
       <c r="H746">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
         <v>13</v>
       </c>
       <c r="B747" t="s">
         <v>24</v>
       </c>
       <c r="C747" t="s">
         <v>1503</v>
       </c>
       <c r="D747">
         <v>2015</v>
       </c>
       <c r="E747" t="s">
         <v>1504</v>
       </c>
       <c r="F747" t="s">
         <v>27</v>
       </c>
       <c r="G747">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H747">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
         <v>13</v>
       </c>
       <c r="B748" t="s">
         <v>24</v>
       </c>
       <c r="C748" t="s">
         <v>1505</v>
       </c>
       <c r="D748">
         <v>2015</v>
       </c>
       <c r="E748" t="s">
         <v>1506</v>
       </c>
       <c r="F748" t="s">
         <v>27</v>
       </c>
       <c r="G748">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
       <c r="H748">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
         <v>13</v>
       </c>
       <c r="B749" t="s">
         <v>24</v>
       </c>
       <c r="C749" t="s">
         <v>1507</v>
       </c>
       <c r="D749">
         <v>2007</v>
       </c>
       <c r="E749" t="s">
         <v>1508</v>
       </c>
       <c r="F749" t="s">
         <v>27</v>
       </c>
       <c r="G749">
         <v>0.0</v>
       </c>
       <c r="H749">
         <v>0.0</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
         <v>13</v>
       </c>
       <c r="B750" t="s">
         <v>24</v>
       </c>
       <c r="C750" t="s">
         <v>1509</v>
       </c>
       <c r="D750">
         <v>2003</v>
       </c>
       <c r="E750" t="s">
         <v>1510</v>
       </c>
       <c r="F750" t="s">
         <v>27</v>
       </c>
       <c r="G750">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H750">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
         <v>13</v>
       </c>
       <c r="B751" t="s">
         <v>24</v>
       </c>
       <c r="C751" t="s">
         <v>1511</v>
       </c>
       <c r="D751">
         <v>2003</v>
       </c>
       <c r="E751" t="s">
         <v>1512</v>
       </c>
       <c r="F751" t="s">
         <v>27</v>
       </c>
       <c r="G751">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H751">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
         <v>13</v>
       </c>
       <c r="B752" t="s">
         <v>24</v>
       </c>
       <c r="C752" t="s">
         <v>1513</v>
       </c>
       <c r="D752">
         <v>2005</v>
       </c>
       <c r="E752" t="s">
         <v>1514</v>
       </c>
       <c r="F752" t="s">
         <v>27</v>
       </c>
       <c r="G752">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H752">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
         <v>13</v>
       </c>
       <c r="B753" t="s">
         <v>24</v>
       </c>
       <c r="C753" t="s">
         <v>1515</v>
       </c>
       <c r="D753">
         <v>2002</v>
       </c>
       <c r="E753" t="s">
         <v>1516</v>
       </c>
       <c r="F753" t="s">
         <v>27</v>
       </c>
       <c r="G753">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H753">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
         <v>13</v>
       </c>
       <c r="B754" t="s">
         <v>24</v>
       </c>
       <c r="C754" t="s">
         <v>1517</v>
       </c>
       <c r="D754">
         <v>2021</v>
       </c>
       <c r="E754" t="s">
         <v>1518</v>
       </c>
       <c r="F754" t="s">
         <v>27</v>
       </c>
       <c r="G754">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H754">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
         <v>13</v>
       </c>
       <c r="B755" t="s">
         <v>24</v>
       </c>
       <c r="C755" t="s">
         <v>1519</v>
       </c>
       <c r="D755">
         <v>2022</v>
       </c>
       <c r="E755" t="s">
         <v>1520</v>
       </c>
       <c r="F755" t="s">
         <v>27</v>
       </c>
       <c r="G755">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H755">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
         <v>13</v>
       </c>
       <c r="B756" t="s">
         <v>24</v>
       </c>
       <c r="C756" t="s">
         <v>1521</v>
       </c>
       <c r="D756">
         <v>2009</v>
       </c>
       <c r="E756" t="s">
         <v>1522</v>
       </c>
       <c r="F756" t="s">
         <v>27</v>
       </c>
       <c r="G756">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H756">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
         <v>13</v>
       </c>
       <c r="B757" t="s">
         <v>24</v>
       </c>
       <c r="C757" t="s">
         <v>1523</v>
       </c>
       <c r="D757">
         <v>2009</v>
       </c>
       <c r="E757" t="s">
         <v>1524</v>
       </c>
       <c r="F757" t="s">
         <v>27</v>
       </c>
       <c r="G757">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H757">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
         <v>13</v>
       </c>
       <c r="B758" t="s">
         <v>24</v>
       </c>
       <c r="C758" t="s">
         <v>1525</v>
       </c>
       <c r="D758">
         <v>2023</v>
       </c>
       <c r="E758" t="s">
         <v>1526</v>
       </c>
       <c r="F758" t="s">
         <v>27</v>
       </c>
       <c r="G758">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H758">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
         <v>13</v>
       </c>
       <c r="B759" t="s">
         <v>24</v>
       </c>
       <c r="C759" t="s">
         <v>1527</v>
       </c>
       <c r="D759">
         <v>2009</v>
       </c>
       <c r="E759" t="s">
         <v>1528</v>
       </c>
       <c r="F759" t="s">
         <v>27</v>
       </c>
       <c r="G759">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H759">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
         <v>13</v>
       </c>
       <c r="B760" t="s">
         <v>24</v>
       </c>
       <c r="C760" t="s">
         <v>1529</v>
       </c>
       <c r="D760">
         <v>2009</v>
       </c>
       <c r="E760" t="s">
         <v>1530</v>
       </c>
       <c r="F760" t="s">
         <v>27</v>
       </c>
       <c r="G760">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H760">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
         <v>13</v>
       </c>
       <c r="B761" t="s">
         <v>24</v>
       </c>
       <c r="C761" t="s">
         <v>1531</v>
       </c>
       <c r="D761">
         <v>2005</v>
       </c>
       <c r="E761" t="s">
         <v>1532</v>
       </c>
       <c r="F761" t="s">
         <v>27</v>
       </c>
       <c r="G761">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H761">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
         <v>13</v>
       </c>
       <c r="B762" t="s">
         <v>24</v>
       </c>
       <c r="C762" t="s">
         <v>1533</v>
       </c>
       <c r="D762">
         <v>1997</v>
       </c>
       <c r="E762" t="s">
         <v>1534</v>
       </c>
       <c r="F762" t="s">
         <v>27</v>
       </c>
       <c r="G762">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H762">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
         <v>13</v>
       </c>
       <c r="B763" t="s">
         <v>24</v>
       </c>
       <c r="C763" t="s">
         <v>1535</v>
       </c>
       <c r="D763">
         <v>2000</v>
       </c>
       <c r="E763" t="s">
         <v>1536</v>
       </c>
       <c r="F763" t="s">
         <v>27</v>
       </c>
       <c r="G763">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H763">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
         <v>13</v>
       </c>
       <c r="B764" t="s">
         <v>24</v>
       </c>
       <c r="C764" t="s">
         <v>1537</v>
       </c>
       <c r="D764">
         <v>1998</v>
       </c>
       <c r="E764" t="s">
         <v>1538</v>
       </c>
       <c r="F764" t="s">
         <v>27</v>
       </c>
       <c r="G764">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H764">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
         <v>13</v>
       </c>
       <c r="B765" t="s">
         <v>24</v>
       </c>
       <c r="C765" t="s">
         <v>1539</v>
       </c>
       <c r="D765">
         <v>1998</v>
       </c>
       <c r="E765" t="s">
         <v>1540</v>
       </c>
       <c r="F765" t="s">
         <v>27</v>
       </c>
       <c r="G765">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H765">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
         <v>13</v>
       </c>
       <c r="B766" t="s">
         <v>24</v>
       </c>
       <c r="C766" t="s">
         <v>1541</v>
       </c>
       <c r="D766">
         <v>2007</v>
       </c>
       <c r="E766" t="s">
         <v>1542</v>
       </c>
       <c r="F766" t="s">
         <v>27</v>
       </c>
       <c r="G766">
         <v>0.0</v>
       </c>
       <c r="H766">
         <v>0.0</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
         <v>13</v>
       </c>
       <c r="B767" t="s">
         <v>24</v>
       </c>
       <c r="C767" t="s">
         <v>1543</v>
       </c>
       <c r="D767">
         <v>1998</v>
       </c>
       <c r="E767" t="s">
         <v>1544</v>
       </c>
       <c r="F767" t="s">
         <v>27</v>
       </c>
       <c r="G767">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H767">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
         <v>13</v>
       </c>
       <c r="B768" t="s">
         <v>24</v>
       </c>
       <c r="C768" t="s">
         <v>1545</v>
       </c>
       <c r="D768">
         <v>1998</v>
       </c>
       <c r="E768" t="s">
         <v>1546</v>
       </c>
       <c r="F768" t="s">
         <v>27</v>
       </c>
       <c r="G768">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H768">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
         <v>13</v>
       </c>
       <c r="B769" t="s">
         <v>24</v>
       </c>
       <c r="C769" t="s">
         <v>1547</v>
       </c>
       <c r="D769">
         <v>1998</v>
       </c>
       <c r="E769" t="s">
         <v>1548</v>
       </c>
       <c r="F769" t="s">
         <v>27</v>
       </c>
       <c r="G769">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H769">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
         <v>13</v>
       </c>
       <c r="B770" t="s">
         <v>24</v>
       </c>
       <c r="C770" t="s">
         <v>1549</v>
       </c>
       <c r="D770">
         <v>2007</v>
       </c>
       <c r="E770" t="s">
         <v>1550</v>
       </c>
       <c r="F770" t="s">
         <v>27</v>
       </c>
       <c r="G770">
         <v>0.0</v>
       </c>
       <c r="H770">
         <v>0.0</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
         <v>13</v>
       </c>
       <c r="B771" t="s">
         <v>24</v>
       </c>
       <c r="C771" t="s">
         <v>1551</v>
       </c>
       <c r="D771">
         <v>1998</v>
       </c>
       <c r="E771" t="s">
         <v>1552</v>
       </c>
       <c r="F771" t="s">
         <v>27</v>
       </c>
       <c r="G771">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H771">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
         <v>13</v>
       </c>
       <c r="B772" t="s">
         <v>24</v>
       </c>
       <c r="C772" t="s">
         <v>1553</v>
       </c>
       <c r="D772">
         <v>1998</v>
       </c>
       <c r="E772" t="s">
         <v>1554</v>
       </c>
       <c r="F772" t="s">
         <v>27</v>
       </c>
       <c r="G772">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H772">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
         <v>13</v>
       </c>
       <c r="B773" t="s">
         <v>24</v>
       </c>
       <c r="C773" t="s">
         <v>1555</v>
       </c>
       <c r="D773">
         <v>2022</v>
       </c>
       <c r="E773" t="s">
         <v>1556</v>
       </c>
       <c r="F773" t="s">
         <v>27</v>
       </c>
       <c r="G773">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H773">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
         <v>13</v>
       </c>
       <c r="B774" t="s">
         <v>24</v>
       </c>
       <c r="C774" t="s">
         <v>1557</v>
       </c>
       <c r="D774">
         <v>2005</v>
       </c>
       <c r="E774" t="s">
         <v>1558</v>
       </c>
       <c r="F774" t="s">
         <v>27</v>
       </c>
       <c r="G774">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H774">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
         <v>13</v>
       </c>
       <c r="B775" t="s">
         <v>24</v>
       </c>
       <c r="C775" t="s">
         <v>1559</v>
       </c>
       <c r="D775">
         <v>2002</v>
       </c>
       <c r="E775" t="s">
         <v>1560</v>
       </c>
       <c r="F775" t="s">
         <v>27</v>
       </c>
       <c r="G775">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H775">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
         <v>13</v>
       </c>
       <c r="B776" t="s">
         <v>24</v>
       </c>
       <c r="C776" t="s">
         <v>1561</v>
       </c>
       <c r="D776">
         <v>2000</v>
       </c>
       <c r="E776" t="s">
         <v>1562</v>
       </c>
       <c r="F776" t="s">
         <v>27</v>
       </c>
       <c r="G776">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H776">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
         <v>13</v>
       </c>
       <c r="B777" t="s">
         <v>24</v>
       </c>
       <c r="C777" t="s">
         <v>1563</v>
       </c>
       <c r="D777">
         <v>2011</v>
       </c>
       <c r="E777" t="s">
         <v>1564</v>
       </c>
       <c r="F777" t="s">
         <v>27</v>
       </c>
       <c r="G777">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
       <c r="H777">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
         <v>13</v>
       </c>
       <c r="B778" t="s">
         <v>24</v>
       </c>
       <c r="C778" t="s">
         <v>1565</v>
       </c>
       <c r="D778">
         <v>2009</v>
       </c>
       <c r="E778" t="s">
         <v>1566</v>
       </c>
       <c r="F778" t="s">
         <v>27</v>
       </c>
       <c r="G778">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H778">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
         <v>13</v>
       </c>
       <c r="B779" t="s">
         <v>24</v>
       </c>
       <c r="C779" t="s">
         <v>1567</v>
       </c>
       <c r="D779">
         <v>2008</v>
       </c>
       <c r="E779" t="s">
         <v>1568</v>
       </c>
       <c r="F779" t="s">
         <v>27</v>
       </c>
       <c r="G779">
-        <v>33.27</v>
+        <v>34.3</v>
       </c>
       <c r="H779">
-        <v>33.27</v>
+        <v>34.3</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
         <v>13</v>
       </c>
       <c r="B780" t="s">
         <v>24</v>
       </c>
       <c r="C780" t="s">
         <v>1569</v>
       </c>
       <c r="D780">
         <v>2007</v>
       </c>
       <c r="E780" t="s">
         <v>1570</v>
       </c>
       <c r="F780" t="s">
         <v>27</v>
       </c>
       <c r="G780">
-        <v>40.56</v>
+        <v>41.78</v>
       </c>
       <c r="H780">
-        <v>40.56</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
         <v>13</v>
       </c>
       <c r="B781" t="s">
         <v>24</v>
       </c>
       <c r="C781" t="s">
         <v>1571</v>
       </c>
       <c r="D781">
         <v>2018</v>
       </c>
       <c r="E781" t="s">
         <v>1572</v>
       </c>
       <c r="F781" t="s">
         <v>27</v>
       </c>
       <c r="G781">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H781">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
         <v>13</v>
       </c>
       <c r="B782" t="s">
         <v>24</v>
       </c>
       <c r="C782" t="s">
         <v>1573</v>
       </c>
       <c r="D782">
         <v>1968</v>
       </c>
       <c r="E782" t="s">
         <v>1574</v>
       </c>
       <c r="F782" t="s">
         <v>27</v>
       </c>
       <c r="G782">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H782">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
         <v>13</v>
       </c>
       <c r="B783" t="s">
         <v>24</v>
       </c>
       <c r="C783" t="s">
         <v>1575</v>
       </c>
       <c r="D783">
         <v>2017</v>
       </c>
       <c r="E783" t="s">
         <v>654</v>
       </c>
       <c r="F783" t="s">
         <v>27</v>
       </c>
       <c r="G783">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H783">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
         <v>13</v>
       </c>
       <c r="B784" t="s">
         <v>24</v>
       </c>
       <c r="C784" t="s">
         <v>1576</v>
       </c>
       <c r="D784">
         <v>2005</v>
       </c>
       <c r="E784" t="s">
         <v>1577</v>
       </c>
       <c r="F784" t="s">
         <v>27</v>
       </c>
       <c r="G784">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H784">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
         <v>13</v>
       </c>
       <c r="B785" t="s">
         <v>24</v>
       </c>
       <c r="C785" t="s">
         <v>1578</v>
       </c>
       <c r="D785">
         <v>2016</v>
       </c>
       <c r="E785" t="s">
         <v>1579</v>
       </c>
       <c r="F785" t="s">
         <v>27</v>
       </c>
       <c r="G785">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H785">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
         <v>13</v>
       </c>
       <c r="B786" t="s">
         <v>24</v>
       </c>
       <c r="C786" t="s">
         <v>1580</v>
       </c>
       <c r="D786">
         <v>2018</v>
       </c>
       <c r="E786" t="s">
         <v>1581</v>
       </c>
       <c r="F786" t="s">
         <v>27</v>
       </c>
       <c r="G786">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H786">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
         <v>13</v>
       </c>
       <c r="B787" t="s">
         <v>24</v>
       </c>
       <c r="C787" t="s">
         <v>1582</v>
       </c>
       <c r="D787">
         <v>2020</v>
       </c>
       <c r="E787" t="s">
         <v>1583</v>
       </c>
       <c r="F787" t="s">
         <v>27</v>
       </c>
       <c r="G787">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H787">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
         <v>13</v>
       </c>
       <c r="B788" t="s">
         <v>24</v>
       </c>
       <c r="C788" t="s">
         <v>1584</v>
       </c>
       <c r="D788">
         <v>2005</v>
       </c>
       <c r="E788" t="s">
         <v>1585</v>
       </c>
       <c r="F788" t="s">
         <v>27</v>
       </c>
       <c r="G788">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H788">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
         <v>13</v>
       </c>
       <c r="B789" t="s">
         <v>24</v>
       </c>
       <c r="C789" t="s">
         <v>1586</v>
       </c>
       <c r="D789">
         <v>2005</v>
       </c>
       <c r="E789" t="s">
         <v>1587</v>
       </c>
       <c r="F789" t="s">
         <v>27</v>
       </c>
       <c r="G789">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H789">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
         <v>13</v>
       </c>
       <c r="B790" t="s">
         <v>24</v>
       </c>
       <c r="C790" t="s">
         <v>1588</v>
       </c>
       <c r="D790">
         <v>2005</v>
       </c>
       <c r="E790" t="s">
         <v>1589</v>
       </c>
       <c r="F790" t="s">
         <v>27</v>
       </c>
       <c r="G790">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H790">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
         <v>13</v>
       </c>
       <c r="B791" t="s">
         <v>24</v>
       </c>
       <c r="C791" t="s">
         <v>1590</v>
       </c>
       <c r="D791">
         <v>2008</v>
       </c>
       <c r="E791" t="s">
         <v>1591</v>
       </c>
       <c r="F791" t="s">
         <v>27</v>
       </c>
       <c r="G791">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H791">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
         <v>13</v>
       </c>
       <c r="B792" t="s">
         <v>24</v>
       </c>
       <c r="C792" t="s">
         <v>1592</v>
       </c>
       <c r="D792">
         <v>2002</v>
       </c>
       <c r="E792" t="s">
         <v>1593</v>
       </c>
       <c r="F792" t="s">
         <v>27</v>
       </c>
       <c r="G792">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H792">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
         <v>13</v>
       </c>
       <c r="B793" t="s">
         <v>24</v>
       </c>
       <c r="C793" t="s">
         <v>1594</v>
       </c>
       <c r="D793">
         <v>2017</v>
       </c>
       <c r="E793" t="s">
         <v>1595</v>
       </c>
       <c r="F793" t="s">
         <v>27</v>
       </c>
       <c r="G793">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H793">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
         <v>13</v>
       </c>
       <c r="B794" t="s">
         <v>24</v>
       </c>
       <c r="C794" t="s">
         <v>1596</v>
       </c>
       <c r="D794">
         <v>1999</v>
       </c>
       <c r="E794" t="s">
         <v>1597</v>
       </c>
       <c r="F794" t="s">
         <v>27</v>
       </c>
       <c r="G794">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H794">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
         <v>13</v>
       </c>
       <c r="B795" t="s">
         <v>24</v>
       </c>
       <c r="C795" t="s">
         <v>1598</v>
       </c>
       <c r="D795">
         <v>1999</v>
       </c>
       <c r="E795" t="s">
         <v>1599</v>
       </c>
       <c r="F795" t="s">
         <v>27</v>
       </c>
       <c r="G795">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H795">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
         <v>13</v>
       </c>
       <c r="B796" t="s">
         <v>24</v>
       </c>
       <c r="C796" t="s">
         <v>1600</v>
       </c>
       <c r="D796">
         <v>1999</v>
       </c>
       <c r="E796" t="s">
         <v>1601</v>
       </c>
       <c r="F796" t="s">
         <v>27</v>
       </c>
       <c r="G796">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H796">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
         <v>13</v>
       </c>
       <c r="B797" t="s">
         <v>24</v>
       </c>
       <c r="C797" t="s">
         <v>1602</v>
       </c>
       <c r="D797">
         <v>2020</v>
       </c>
       <c r="E797" t="s">
         <v>1603</v>
       </c>
       <c r="F797" t="s">
         <v>27</v>
       </c>
       <c r="G797">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H797">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
         <v>13</v>
       </c>
       <c r="B798" t="s">
         <v>24</v>
       </c>
       <c r="C798" t="s">
         <v>1604</v>
       </c>
       <c r="D798">
         <v>2020</v>
       </c>
       <c r="E798" t="s">
         <v>1605</v>
       </c>
       <c r="F798" t="s">
         <v>27</v>
       </c>
       <c r="G798">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H798">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
         <v>13</v>
       </c>
       <c r="B799" t="s">
         <v>24</v>
       </c>
       <c r="C799" t="s">
         <v>1606</v>
       </c>
       <c r="D799">
         <v>2020</v>
       </c>
       <c r="E799" t="s">
         <v>1607</v>
       </c>
       <c r="F799" t="s">
         <v>27</v>
       </c>
       <c r="G799">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H799">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
         <v>13</v>
       </c>
       <c r="B800" t="s">
         <v>24</v>
       </c>
       <c r="C800" t="s">
         <v>1608</v>
       </c>
       <c r="D800">
         <v>2018</v>
       </c>
       <c r="E800" t="s">
         <v>1609</v>
       </c>
       <c r="F800" t="s">
         <v>27</v>
       </c>
       <c r="G800">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H800">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
         <v>13</v>
       </c>
       <c r="B801" t="s">
         <v>24</v>
       </c>
       <c r="C801" t="s">
         <v>1610</v>
       </c>
       <c r="D801">
         <v>2018</v>
       </c>
       <c r="E801" t="s">
         <v>1611</v>
       </c>
       <c r="F801" t="s">
         <v>27</v>
       </c>
       <c r="G801">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H801">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
         <v>13</v>
       </c>
       <c r="B802" t="s">
         <v>24</v>
       </c>
       <c r="C802" t="s">
         <v>1612</v>
       </c>
       <c r="D802">
         <v>2018</v>
       </c>
       <c r="E802" t="s">
         <v>1613</v>
       </c>
       <c r="F802" t="s">
         <v>27</v>
       </c>
       <c r="G802">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H802">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
         <v>13</v>
       </c>
       <c r="B803" t="s">
         <v>24</v>
       </c>
       <c r="C803" t="s">
         <v>1614</v>
       </c>
       <c r="D803">
         <v>2020</v>
       </c>
       <c r="E803" t="s">
         <v>1615</v>
       </c>
       <c r="F803" t="s">
         <v>27</v>
       </c>
       <c r="G803">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H803">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
         <v>13</v>
       </c>
       <c r="B804" t="s">
         <v>24</v>
       </c>
       <c r="C804" t="s">
         <v>1616</v>
       </c>
       <c r="D804">
         <v>2001</v>
       </c>
       <c r="E804" t="s">
         <v>1617</v>
       </c>
       <c r="F804" t="s">
         <v>27</v>
       </c>
       <c r="G804">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H804">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
         <v>13</v>
       </c>
       <c r="B805" t="s">
         <v>24</v>
       </c>
       <c r="C805" t="s">
         <v>1618</v>
       </c>
       <c r="D805">
         <v>2022</v>
       </c>
       <c r="E805" t="s">
         <v>1619</v>
       </c>
       <c r="F805" t="s">
         <v>27</v>
       </c>
       <c r="G805">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H805">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
         <v>13</v>
       </c>
       <c r="B806" t="s">
         <v>24</v>
       </c>
       <c r="C806" t="s">
         <v>1620</v>
       </c>
       <c r="D806">
         <v>2021</v>
       </c>
       <c r="E806" t="s">
         <v>1621</v>
       </c>
       <c r="F806" t="s">
         <v>27</v>
       </c>
       <c r="G806">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H806">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
         <v>13</v>
       </c>
       <c r="B807" t="s">
         <v>24</v>
       </c>
       <c r="C807" t="s">
         <v>1622</v>
       </c>
       <c r="D807">
         <v>2022</v>
       </c>
       <c r="E807" t="s">
         <v>1623</v>
       </c>
       <c r="F807" t="s">
         <v>27</v>
       </c>
       <c r="G807">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H807">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
         <v>13</v>
       </c>
       <c r="B808" t="s">
         <v>24</v>
       </c>
       <c r="C808" t="s">
         <v>1624</v>
       </c>
       <c r="D808">
         <v>2021</v>
       </c>
       <c r="E808" t="s">
         <v>1625</v>
       </c>
       <c r="F808" t="s">
         <v>27</v>
       </c>
       <c r="G808">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H808">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
         <v>13</v>
       </c>
       <c r="B809" t="s">
         <v>24</v>
       </c>
       <c r="C809" t="s">
         <v>1626</v>
       </c>
       <c r="D809">
         <v>2021</v>
       </c>
       <c r="E809" t="s">
         <v>1627</v>
       </c>
       <c r="F809" t="s">
         <v>27</v>
       </c>
       <c r="G809">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H809">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
         <v>13</v>
       </c>
       <c r="B810" t="s">
         <v>24</v>
       </c>
       <c r="C810" t="s">
         <v>1628</v>
       </c>
       <c r="D810">
         <v>2019</v>
       </c>
       <c r="E810" t="s">
         <v>1629</v>
       </c>
       <c r="F810" t="s">
         <v>27</v>
       </c>
       <c r="G810">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H810">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
         <v>13</v>
       </c>
       <c r="B811" t="s">
         <v>24</v>
       </c>
       <c r="C811" t="s">
         <v>1630</v>
       </c>
       <c r="D811">
         <v>2019</v>
       </c>
       <c r="E811" t="s">
         <v>1631</v>
       </c>
       <c r="F811" t="s">
         <v>27</v>
       </c>
       <c r="G811">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H811">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
         <v>13</v>
       </c>
       <c r="B812" t="s">
         <v>24</v>
       </c>
       <c r="C812" t="s">
         <v>1632</v>
       </c>
       <c r="D812">
         <v>1972</v>
       </c>
       <c r="E812" t="s">
         <v>1633</v>
       </c>
       <c r="F812" t="s">
         <v>27</v>
       </c>
       <c r="G812">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H812">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
         <v>13</v>
       </c>
       <c r="B813" t="s">
         <v>24</v>
       </c>
       <c r="C813" t="s">
         <v>1634</v>
       </c>
       <c r="D813">
         <v>1969</v>
       </c>
       <c r="E813" t="s">
         <v>1635</v>
       </c>
       <c r="F813" t="s">
         <v>27</v>
       </c>
       <c r="G813">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H813">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
         <v>13</v>
       </c>
       <c r="B814" t="s">
         <v>24</v>
       </c>
       <c r="C814" t="s">
         <v>1636</v>
       </c>
       <c r="D814">
         <v>2017</v>
       </c>
       <c r="E814" t="s">
         <v>1637</v>
       </c>
       <c r="F814" t="s">
         <v>27</v>
       </c>
       <c r="G814">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H814">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
         <v>13</v>
       </c>
       <c r="B815" t="s">
         <v>24</v>
       </c>
       <c r="C815" t="s">
         <v>1638</v>
       </c>
       <c r="D815">
         <v>2022</v>
       </c>
       <c r="E815" t="s">
         <v>1639</v>
       </c>
       <c r="F815" t="s">
         <v>27</v>
       </c>
       <c r="G815">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H815">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
         <v>13</v>
       </c>
       <c r="B816" t="s">
         <v>24</v>
       </c>
       <c r="C816" t="s">
         <v>1640</v>
       </c>
       <c r="D816">
         <v>1975</v>
       </c>
       <c r="E816" t="s">
         <v>1641</v>
       </c>
       <c r="F816" t="s">
         <v>27</v>
       </c>
       <c r="G816">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H816">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
         <v>13</v>
       </c>
       <c r="B817" t="s">
         <v>24</v>
       </c>
       <c r="C817" t="s">
         <v>1642</v>
       </c>
       <c r="D817">
         <v>2016</v>
       </c>
       <c r="E817" t="s">
         <v>1643</v>
       </c>
       <c r="F817" t="s">
         <v>27</v>
       </c>
       <c r="G817">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H817">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
         <v>13</v>
       </c>
       <c r="B818" t="s">
         <v>24</v>
       </c>
       <c r="C818" t="s">
         <v>1644</v>
       </c>
       <c r="D818">
         <v>2016</v>
       </c>
       <c r="E818" t="s">
         <v>1645</v>
       </c>
       <c r="F818" t="s">
         <v>27</v>
       </c>
       <c r="G818">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H818">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
         <v>13</v>
       </c>
       <c r="B819" t="s">
         <v>24</v>
       </c>
       <c r="C819" t="s">
         <v>1646</v>
       </c>
       <c r="D819">
         <v>2016</v>
       </c>
       <c r="E819" t="s">
         <v>1647</v>
       </c>
       <c r="F819" t="s">
         <v>27</v>
       </c>
       <c r="G819">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H819">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
         <v>13</v>
       </c>
       <c r="B820" t="s">
         <v>24</v>
       </c>
       <c r="C820" t="s">
         <v>1648</v>
       </c>
       <c r="D820">
         <v>2017</v>
       </c>
       <c r="E820" t="s">
         <v>1649</v>
       </c>
       <c r="F820" t="s">
         <v>27</v>
       </c>
       <c r="G820">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H820">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
         <v>13</v>
       </c>
       <c r="B821" t="s">
         <v>24</v>
       </c>
       <c r="C821" t="s">
         <v>1650</v>
       </c>
       <c r="D821">
         <v>2001</v>
       </c>
       <c r="E821" t="s">
         <v>1651</v>
       </c>
       <c r="F821" t="s">
         <v>27</v>
       </c>
       <c r="G821">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H821">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
         <v>13</v>
       </c>
       <c r="B822" t="s">
         <v>24</v>
       </c>
       <c r="C822" t="s">
         <v>1652</v>
       </c>
       <c r="D822">
         <v>2001</v>
       </c>
       <c r="E822" t="s">
         <v>1653</v>
       </c>
       <c r="F822" t="s">
         <v>27</v>
       </c>
       <c r="G822">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H822">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
         <v>13</v>
       </c>
       <c r="B823" t="s">
         <v>24</v>
       </c>
       <c r="C823" t="s">
         <v>1654</v>
       </c>
       <c r="D823">
         <v>2022</v>
       </c>
       <c r="E823" t="s">
         <v>1655</v>
       </c>
       <c r="F823" t="s">
         <v>27</v>
       </c>
       <c r="G823">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H823">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
         <v>13</v>
       </c>
       <c r="B824" t="s">
         <v>24</v>
       </c>
       <c r="C824" t="s">
         <v>1656</v>
       </c>
       <c r="D824">
         <v>2016</v>
       </c>
       <c r="E824" t="s">
         <v>1657</v>
       </c>
       <c r="F824" t="s">
         <v>27</v>
       </c>
       <c r="G824">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H824">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
         <v>13</v>
       </c>
       <c r="B825" t="s">
         <v>24</v>
       </c>
       <c r="C825" t="s">
         <v>1658</v>
       </c>
       <c r="D825">
         <v>2017</v>
       </c>
       <c r="E825" t="s">
         <v>1659</v>
       </c>
       <c r="F825" t="s">
         <v>27</v>
       </c>
       <c r="G825">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H825">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
         <v>13</v>
       </c>
       <c r="B826" t="s">
         <v>24</v>
       </c>
       <c r="C826" t="s">
         <v>1660</v>
       </c>
       <c r="D826">
         <v>2017</v>
       </c>
       <c r="E826" t="s">
         <v>1661</v>
       </c>
       <c r="F826" t="s">
         <v>27</v>
       </c>
       <c r="G826">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H826">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
         <v>13</v>
       </c>
       <c r="B827" t="s">
         <v>24</v>
       </c>
       <c r="C827" t="s">
         <v>1662</v>
       </c>
       <c r="D827">
         <v>2016</v>
       </c>
       <c r="E827" t="s">
         <v>1663</v>
       </c>
       <c r="F827" t="s">
         <v>27</v>
       </c>
       <c r="G827">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H827">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
         <v>13</v>
       </c>
       <c r="B828" t="s">
         <v>24</v>
       </c>
       <c r="C828" t="s">
         <v>1664</v>
       </c>
       <c r="D828">
         <v>2016</v>
       </c>
       <c r="E828" t="s">
         <v>1665</v>
       </c>
       <c r="F828" t="s">
         <v>27</v>
       </c>
       <c r="G828">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H828">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
         <v>13</v>
       </c>
       <c r="B829" t="s">
         <v>24</v>
       </c>
       <c r="C829" t="s">
         <v>1666</v>
       </c>
       <c r="D829">
         <v>2016</v>
       </c>
       <c r="E829" t="s">
         <v>1667</v>
       </c>
       <c r="F829" t="s">
         <v>27</v>
       </c>
       <c r="G829">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H829">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
         <v>13</v>
       </c>
       <c r="B830" t="s">
         <v>24</v>
       </c>
       <c r="C830" t="s">
         <v>1668</v>
       </c>
       <c r="D830">
         <v>2016</v>
       </c>
       <c r="E830" t="s">
         <v>1669</v>
       </c>
       <c r="F830" t="s">
         <v>27</v>
       </c>
       <c r="G830">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H830">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
         <v>13</v>
       </c>
       <c r="B831" t="s">
         <v>24</v>
       </c>
       <c r="C831" t="s">
         <v>1670</v>
       </c>
       <c r="D831">
         <v>2021</v>
       </c>
       <c r="E831" t="s">
         <v>1671</v>
       </c>
       <c r="F831" t="s">
         <v>27</v>
       </c>
       <c r="G831">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H831">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
         <v>13</v>
       </c>
       <c r="B832" t="s">
         <v>24</v>
       </c>
       <c r="C832" t="s">
         <v>1672</v>
       </c>
       <c r="D832">
         <v>2009</v>
       </c>
       <c r="E832" t="s">
         <v>1673</v>
       </c>
       <c r="F832" t="s">
         <v>27</v>
       </c>
       <c r="G832">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H832">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
         <v>13</v>
       </c>
       <c r="B833" t="s">
         <v>24</v>
       </c>
       <c r="C833" t="s">
         <v>1674</v>
       </c>
       <c r="D833">
         <v>1977</v>
       </c>
       <c r="E833" t="s">
         <v>1675</v>
       </c>
       <c r="F833" t="s">
         <v>27</v>
       </c>
       <c r="G833">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H833">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
         <v>13</v>
       </c>
       <c r="B834" t="s">
         <v>24</v>
       </c>
       <c r="C834" t="s">
         <v>1676</v>
       </c>
       <c r="D834">
         <v>2011</v>
       </c>
       <c r="E834" t="s">
         <v>1677</v>
       </c>
       <c r="F834" t="s">
         <v>27</v>
       </c>
       <c r="G834">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H834">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
         <v>13</v>
       </c>
       <c r="B835" t="s">
         <v>24</v>
       </c>
       <c r="C835" t="s">
         <v>1678</v>
       </c>
       <c r="D835">
         <v>2011</v>
       </c>
       <c r="E835" t="s">
         <v>1679</v>
       </c>
       <c r="F835" t="s">
         <v>27</v>
       </c>
       <c r="G835">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H835">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
         <v>13</v>
       </c>
       <c r="B836" t="s">
         <v>24</v>
       </c>
       <c r="C836" t="s">
         <v>1680</v>
       </c>
       <c r="D836">
         <v>2011</v>
       </c>
       <c r="E836" t="s">
         <v>1681</v>
       </c>
       <c r="F836" t="s">
         <v>27</v>
       </c>
       <c r="G836">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H836">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
         <v>13</v>
       </c>
       <c r="B837" t="s">
         <v>24</v>
       </c>
       <c r="C837" t="s">
         <v>1682</v>
       </c>
       <c r="D837">
         <v>2011</v>
       </c>
       <c r="E837" t="s">
         <v>1683</v>
       </c>
       <c r="F837" t="s">
         <v>27</v>
       </c>
       <c r="G837">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H837">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
         <v>13</v>
       </c>
       <c r="B838" t="s">
         <v>24</v>
       </c>
       <c r="C838" t="s">
         <v>1684</v>
       </c>
       <c r="D838">
         <v>2013</v>
       </c>
       <c r="E838" t="s">
         <v>1685</v>
       </c>
       <c r="F838" t="s">
         <v>27</v>
       </c>
       <c r="G838">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H838">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
         <v>13</v>
       </c>
       <c r="B839" t="s">
         <v>24</v>
       </c>
       <c r="C839" t="s">
         <v>1686</v>
       </c>
       <c r="D839">
         <v>1990</v>
       </c>
       <c r="E839" t="s">
         <v>1687</v>
       </c>
       <c r="F839" t="s">
         <v>27</v>
       </c>
       <c r="G839">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H839">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
         <v>13</v>
       </c>
       <c r="B840" t="s">
         <v>24</v>
       </c>
       <c r="C840" t="s">
         <v>1688</v>
       </c>
       <c r="D840">
         <v>1989</v>
       </c>
       <c r="E840" t="s">
         <v>1689</v>
       </c>
       <c r="F840" t="s">
         <v>27</v>
       </c>
       <c r="G840">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H840">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
         <v>13</v>
       </c>
       <c r="B841" t="s">
         <v>24</v>
       </c>
       <c r="C841" t="s">
         <v>1690</v>
       </c>
       <c r="D841">
         <v>2021</v>
       </c>
       <c r="E841" t="s">
         <v>1691</v>
       </c>
       <c r="F841" t="s">
         <v>27</v>
       </c>
       <c r="G841">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H841">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
         <v>13</v>
       </c>
       <c r="B842" t="s">
         <v>24</v>
       </c>
       <c r="C842" t="s">
         <v>1692</v>
       </c>
       <c r="D842">
         <v>1995</v>
       </c>
       <c r="E842" t="s">
         <v>1693</v>
       </c>
       <c r="F842" t="s">
         <v>27</v>
       </c>
       <c r="G842">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H842">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
         <v>13</v>
       </c>
       <c r="B843" t="s">
         <v>24</v>
       </c>
       <c r="C843" t="s">
         <v>1694</v>
       </c>
       <c r="D843">
         <v>2017</v>
       </c>
       <c r="E843" t="s">
         <v>1695</v>
       </c>
       <c r="F843" t="s">
         <v>27</v>
       </c>
       <c r="G843">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H843">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
         <v>13</v>
       </c>
       <c r="B844" t="s">
         <v>24</v>
       </c>
       <c r="C844" t="s">
         <v>1696</v>
       </c>
       <c r="D844">
         <v>2009</v>
       </c>
       <c r="E844" t="s">
         <v>1697</v>
       </c>
       <c r="F844" t="s">
         <v>27</v>
       </c>
       <c r="G844">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H844">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
         <v>13</v>
       </c>
       <c r="B845" t="s">
         <v>24</v>
       </c>
       <c r="C845" t="s">
         <v>1698</v>
       </c>
       <c r="D845">
         <v>2012</v>
       </c>
       <c r="E845" t="s">
         <v>1699</v>
       </c>
       <c r="F845" t="s">
         <v>27</v>
       </c>
       <c r="G845">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H845">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
         <v>13</v>
       </c>
       <c r="B846" t="s">
         <v>24</v>
       </c>
       <c r="C846" t="s">
         <v>1700</v>
       </c>
       <c r="D846">
         <v>1987</v>
       </c>
       <c r="E846" t="s">
         <v>1701</v>
       </c>
       <c r="F846" t="s">
         <v>27</v>
       </c>
       <c r="G846">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H846">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
         <v>13</v>
       </c>
       <c r="B847" t="s">
         <v>24</v>
       </c>
       <c r="C847" t="s">
         <v>1702</v>
       </c>
       <c r="D847">
         <v>2003</v>
       </c>
       <c r="E847" t="s">
         <v>1703</v>
       </c>
       <c r="F847" t="s">
         <v>27</v>
       </c>
       <c r="G847">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H847">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
         <v>13</v>
       </c>
       <c r="B848" t="s">
         <v>24</v>
       </c>
       <c r="C848" t="s">
         <v>1704</v>
       </c>
       <c r="D848">
         <v>2003</v>
       </c>
       <c r="E848" t="s">
         <v>1705</v>
       </c>
       <c r="F848" t="s">
         <v>27</v>
       </c>
       <c r="G848">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H848">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
         <v>13</v>
       </c>
       <c r="B849" t="s">
         <v>24</v>
       </c>
       <c r="C849" t="s">
         <v>1706</v>
       </c>
       <c r="D849">
         <v>2003</v>
       </c>
       <c r="E849" t="s">
         <v>1707</v>
       </c>
       <c r="F849" t="s">
         <v>27</v>
       </c>
       <c r="G849">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H849">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
         <v>13</v>
       </c>
       <c r="B850" t="s">
         <v>24</v>
       </c>
       <c r="C850" t="s">
         <v>1708</v>
       </c>
       <c r="D850">
         <v>2011</v>
       </c>
       <c r="E850" t="s">
         <v>1709</v>
       </c>
       <c r="F850" t="s">
         <v>27</v>
       </c>
       <c r="G850">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H850">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
         <v>13</v>
       </c>
       <c r="B851" t="s">
         <v>24</v>
       </c>
       <c r="C851" t="s">
         <v>1710</v>
       </c>
       <c r="D851">
         <v>2011</v>
       </c>
       <c r="E851" t="s">
         <v>1711</v>
       </c>
       <c r="F851" t="s">
         <v>27</v>
       </c>
       <c r="G851">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H851">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
         <v>13</v>
       </c>
       <c r="B852" t="s">
         <v>24</v>
       </c>
       <c r="C852" t="s">
         <v>1712</v>
       </c>
       <c r="D852">
         <v>2009</v>
       </c>
       <c r="E852" t="s">
         <v>1713</v>
       </c>
       <c r="F852" t="s">
         <v>27</v>
       </c>
       <c r="G852">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H852">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
         <v>13</v>
       </c>
       <c r="B853" t="s">
         <v>24</v>
       </c>
       <c r="C853" t="s">
         <v>1714</v>
       </c>
       <c r="D853">
         <v>2009</v>
       </c>
       <c r="E853" t="s">
         <v>1715</v>
       </c>
       <c r="F853" t="s">
         <v>27</v>
       </c>
       <c r="G853">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H853">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
         <v>13</v>
       </c>
       <c r="B854" t="s">
         <v>24</v>
       </c>
       <c r="C854" t="s">
         <v>1716</v>
       </c>
       <c r="D854">
         <v>2011</v>
       </c>
       <c r="E854" t="s">
         <v>1717</v>
       </c>
       <c r="F854" t="s">
         <v>27</v>
       </c>
       <c r="G854">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H854">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
         <v>13</v>
       </c>
       <c r="B855" t="s">
         <v>24</v>
       </c>
       <c r="C855" t="s">
         <v>1718</v>
       </c>
       <c r="D855">
         <v>1966</v>
       </c>
       <c r="E855" t="s">
         <v>1719</v>
       </c>
       <c r="F855" t="s">
         <v>27</v>
       </c>
       <c r="G855">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H855">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
         <v>13</v>
       </c>
       <c r="B856" t="s">
         <v>24</v>
       </c>
       <c r="C856" t="s">
         <v>1720</v>
       </c>
       <c r="D856">
         <v>1968</v>
       </c>
       <c r="E856" t="s">
         <v>1721</v>
       </c>
       <c r="F856" t="s">
         <v>27</v>
       </c>
       <c r="G856">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H856">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
         <v>13</v>
       </c>
       <c r="B857" t="s">
         <v>24</v>
       </c>
       <c r="C857" t="s">
         <v>1722</v>
       </c>
       <c r="D857">
         <v>1963</v>
       </c>
       <c r="E857" t="s">
         <v>1723</v>
       </c>
       <c r="F857" t="s">
         <v>27</v>
       </c>
       <c r="G857">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H857">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
         <v>13</v>
       </c>
       <c r="B858" t="s">
         <v>24</v>
       </c>
       <c r="C858" t="s">
         <v>1724</v>
       </c>
       <c r="D858">
         <v>2023</v>
       </c>
       <c r="E858" t="s">
         <v>1725</v>
       </c>
       <c r="F858" t="s">
         <v>27</v>
       </c>
       <c r="G858">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H858">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
         <v>13</v>
       </c>
       <c r="B859" t="s">
         <v>24</v>
       </c>
       <c r="C859" t="s">
         <v>1726</v>
       </c>
       <c r="D859">
         <v>2023</v>
       </c>
       <c r="E859" t="s">
         <v>1727</v>
       </c>
       <c r="F859" t="s">
         <v>27</v>
       </c>
       <c r="G859">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H859">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
         <v>13</v>
       </c>
       <c r="B860" t="s">
         <v>24</v>
       </c>
       <c r="C860" t="s">
         <v>1728</v>
       </c>
       <c r="D860">
         <v>2023</v>
       </c>
       <c r="E860" t="s">
         <v>1729</v>
       </c>
       <c r="F860" t="s">
         <v>27</v>
       </c>
       <c r="G860">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H860">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
         <v>13</v>
       </c>
       <c r="B861" t="s">
         <v>24</v>
       </c>
       <c r="C861" t="s">
         <v>1730</v>
       </c>
       <c r="D861">
         <v>2021</v>
       </c>
       <c r="E861" t="s">
         <v>1731</v>
       </c>
       <c r="F861" t="s">
         <v>27</v>
       </c>
       <c r="G861">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H861">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
         <v>13</v>
       </c>
       <c r="B862" t="s">
         <v>24</v>
       </c>
       <c r="C862" t="s">
         <v>1732</v>
       </c>
       <c r="D862">
         <v>2021</v>
       </c>
       <c r="E862" t="s">
         <v>1733</v>
       </c>
       <c r="F862" t="s">
         <v>27</v>
       </c>
       <c r="G862">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H862">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
         <v>13</v>
       </c>
       <c r="B863" t="s">
         <v>24</v>
       </c>
       <c r="C863" t="s">
         <v>1734</v>
       </c>
       <c r="D863">
         <v>2020</v>
       </c>
       <c r="E863" t="s">
         <v>1735</v>
       </c>
       <c r="F863" t="s">
         <v>27</v>
       </c>
       <c r="G863">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H863">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
         <v>13</v>
       </c>
       <c r="B864" t="s">
         <v>24</v>
       </c>
       <c r="C864" t="s">
         <v>1736</v>
       </c>
       <c r="D864">
         <v>2020</v>
       </c>
       <c r="E864" t="s">
         <v>1737</v>
       </c>
       <c r="F864" t="s">
         <v>27</v>
       </c>
       <c r="G864">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H864">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
         <v>13</v>
       </c>
       <c r="B865" t="s">
         <v>24</v>
       </c>
       <c r="C865" t="s">
         <v>1738</v>
       </c>
       <c r="D865">
         <v>1971</v>
       </c>
       <c r="E865" t="s">
         <v>1739</v>
       </c>
       <c r="F865" t="s">
         <v>27</v>
       </c>
       <c r="G865">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H865">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
         <v>13</v>
       </c>
       <c r="B866" t="s">
         <v>24</v>
       </c>
       <c r="C866" t="s">
         <v>1740</v>
       </c>
       <c r="D866">
         <v>2021</v>
       </c>
       <c r="E866" t="s">
         <v>1741</v>
       </c>
       <c r="F866" t="s">
         <v>27</v>
       </c>
       <c r="G866">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H866">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
         <v>13</v>
       </c>
       <c r="B867" t="s">
         <v>24</v>
       </c>
       <c r="C867" t="s">
         <v>1742</v>
       </c>
       <c r="D867">
         <v>2013</v>
       </c>
       <c r="E867" t="s">
         <v>1743</v>
       </c>
       <c r="F867" t="s">
         <v>27</v>
       </c>
       <c r="G867">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H867">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
         <v>13</v>
       </c>
       <c r="B868" t="s">
         <v>24</v>
       </c>
       <c r="C868" t="s">
         <v>1744</v>
       </c>
       <c r="D868">
         <v>1971</v>
       </c>
       <c r="E868" t="s">
         <v>1745</v>
       </c>
       <c r="F868" t="s">
         <v>27</v>
       </c>
       <c r="G868">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H868">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
         <v>13</v>
       </c>
       <c r="B869" t="s">
         <v>24</v>
       </c>
       <c r="C869" t="s">
         <v>1746</v>
       </c>
       <c r="D869">
         <v>1971</v>
       </c>
       <c r="E869" t="s">
         <v>1747</v>
       </c>
       <c r="F869" t="s">
         <v>27</v>
       </c>
       <c r="G869">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H869">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
         <v>13</v>
       </c>
       <c r="B870" t="s">
         <v>24</v>
       </c>
       <c r="C870" t="s">
         <v>1748</v>
       </c>
       <c r="D870">
         <v>1971</v>
       </c>
       <c r="E870" t="s">
         <v>1749</v>
       </c>
       <c r="F870" t="s">
         <v>27</v>
       </c>
       <c r="G870">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H870">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
         <v>13</v>
       </c>
       <c r="B871" t="s">
         <v>24</v>
       </c>
       <c r="C871" t="s">
         <v>1750</v>
       </c>
       <c r="D871">
         <v>1974</v>
       </c>
       <c r="E871" t="s">
         <v>1751</v>
       </c>
       <c r="F871" t="s">
         <v>27</v>
       </c>
       <c r="G871">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H871">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
         <v>13</v>
       </c>
       <c r="B872" t="s">
         <v>24</v>
       </c>
       <c r="C872" t="s">
         <v>1752</v>
       </c>
       <c r="D872">
         <v>2016</v>
       </c>
       <c r="E872" t="s">
         <v>1753</v>
       </c>
       <c r="F872" t="s">
         <v>27</v>
       </c>
       <c r="G872">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H872">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
         <v>13</v>
       </c>
       <c r="B873" t="s">
         <v>24</v>
       </c>
       <c r="C873" t="s">
         <v>1754</v>
       </c>
       <c r="D873">
         <v>1971</v>
       </c>
       <c r="E873" t="s">
         <v>1755</v>
       </c>
       <c r="F873" t="s">
         <v>27</v>
       </c>
       <c r="G873">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H873">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
         <v>13</v>
       </c>
       <c r="B874" t="s">
         <v>24</v>
       </c>
       <c r="C874" t="s">
         <v>1756</v>
       </c>
       <c r="D874">
         <v>1971</v>
       </c>
       <c r="E874" t="s">
         <v>1757</v>
       </c>
       <c r="F874" t="s">
         <v>27</v>
       </c>
       <c r="G874">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H874">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
         <v>13</v>
       </c>
       <c r="B875" t="s">
         <v>24</v>
       </c>
       <c r="C875" t="s">
         <v>1758</v>
       </c>
       <c r="D875">
         <v>2021</v>
       </c>
       <c r="E875" t="s">
         <v>1759</v>
       </c>
       <c r="F875" t="s">
         <v>27</v>
       </c>
       <c r="G875">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H875">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
         <v>13</v>
       </c>
       <c r="B876" t="s">
         <v>24</v>
       </c>
       <c r="C876" t="s">
         <v>1760</v>
       </c>
       <c r="D876">
         <v>2005</v>
       </c>
       <c r="E876" t="s">
         <v>1761</v>
       </c>
       <c r="F876" t="s">
         <v>27</v>
       </c>
       <c r="G876">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H876">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
         <v>13</v>
       </c>
       <c r="B877" t="s">
         <v>24</v>
       </c>
       <c r="C877" t="s">
         <v>1762</v>
       </c>
       <c r="D877">
         <v>2005</v>
       </c>
       <c r="E877" t="s">
         <v>1763</v>
       </c>
       <c r="F877" t="s">
         <v>27</v>
       </c>
       <c r="G877">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H877">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
         <v>13</v>
       </c>
       <c r="B878" t="s">
         <v>24</v>
       </c>
       <c r="C878" t="s">
         <v>1764</v>
       </c>
       <c r="D878">
         <v>2005</v>
       </c>
       <c r="E878" t="s">
         <v>1765</v>
       </c>
       <c r="F878" t="s">
         <v>27</v>
       </c>
       <c r="G878">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H878">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
         <v>13</v>
       </c>
       <c r="B879" t="s">
         <v>24</v>
       </c>
       <c r="C879" t="s">
         <v>1766</v>
       </c>
       <c r="D879">
         <v>2012</v>
       </c>
       <c r="E879" t="s">
         <v>1767</v>
       </c>
       <c r="F879" t="s">
         <v>27</v>
       </c>
       <c r="G879">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H879">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
         <v>13</v>
       </c>
       <c r="B880" t="s">
         <v>24</v>
       </c>
       <c r="C880" t="s">
         <v>1768</v>
       </c>
       <c r="D880">
         <v>2011</v>
       </c>
       <c r="E880" t="s">
         <v>1769</v>
       </c>
       <c r="F880" t="s">
         <v>27</v>
       </c>
       <c r="G880">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H880">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
         <v>13</v>
       </c>
       <c r="B881" t="s">
         <v>24</v>
       </c>
       <c r="C881" t="s">
         <v>1770</v>
       </c>
       <c r="D881">
         <v>2009</v>
       </c>
       <c r="E881" t="s">
         <v>1771</v>
       </c>
       <c r="F881" t="s">
         <v>27</v>
       </c>
       <c r="G881">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H881">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
         <v>13</v>
       </c>
       <c r="B882" t="s">
         <v>24</v>
       </c>
       <c r="C882" t="s">
         <v>1772</v>
       </c>
       <c r="D882">
         <v>2013</v>
       </c>
       <c r="E882" t="s">
         <v>1773</v>
       </c>
       <c r="F882" t="s">
         <v>27</v>
       </c>
       <c r="G882">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H882">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
         <v>13</v>
       </c>
       <c r="B883" t="s">
         <v>24</v>
       </c>
       <c r="C883" t="s">
         <v>1774</v>
       </c>
       <c r="D883">
         <v>2021</v>
       </c>
       <c r="E883" t="s">
         <v>1775</v>
       </c>
       <c r="F883" t="s">
         <v>27</v>
       </c>
       <c r="G883">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H883">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
         <v>13</v>
       </c>
       <c r="B884" t="s">
         <v>24</v>
       </c>
       <c r="C884" t="s">
         <v>1776</v>
       </c>
       <c r="D884">
         <v>2021</v>
       </c>
       <c r="E884" t="s">
         <v>1777</v>
       </c>
       <c r="F884" t="s">
         <v>27</v>
       </c>
       <c r="G884">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H884">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
         <v>13</v>
       </c>
       <c r="B885" t="s">
         <v>24</v>
       </c>
       <c r="C885" t="s">
         <v>1778</v>
       </c>
       <c r="D885">
         <v>2009</v>
       </c>
       <c r="E885" t="s">
         <v>1779</v>
       </c>
       <c r="F885" t="s">
         <v>27</v>
       </c>
       <c r="G885">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H885">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
         <v>13</v>
       </c>
       <c r="B886" t="s">
         <v>24</v>
       </c>
       <c r="C886" t="s">
         <v>1780</v>
       </c>
       <c r="D886">
         <v>2013</v>
       </c>
       <c r="E886" t="s">
         <v>1781</v>
       </c>
       <c r="F886" t="s">
         <v>27</v>
       </c>
       <c r="G886">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H886">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
         <v>13</v>
       </c>
       <c r="B887" t="s">
         <v>24</v>
       </c>
       <c r="C887" t="s">
         <v>1782</v>
       </c>
       <c r="D887">
         <v>2016</v>
       </c>
       <c r="E887" t="s">
         <v>1783</v>
       </c>
       <c r="F887" t="s">
         <v>27</v>
       </c>
       <c r="G887">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H887">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
         <v>13</v>
       </c>
       <c r="B888" t="s">
         <v>24</v>
       </c>
       <c r="C888" t="s">
         <v>1784</v>
       </c>
       <c r="D888">
         <v>2016</v>
       </c>
       <c r="E888" t="s">
         <v>1785</v>
       </c>
       <c r="F888" t="s">
         <v>27</v>
       </c>
       <c r="G888">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H888">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
         <v>13</v>
       </c>
       <c r="B889" t="s">
         <v>24</v>
       </c>
       <c r="C889" t="s">
         <v>1786</v>
       </c>
       <c r="D889">
         <v>1991</v>
       </c>
       <c r="E889" t="s">
         <v>1787</v>
       </c>
       <c r="F889" t="s">
         <v>27</v>
       </c>
       <c r="G889">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H889">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
         <v>13</v>
       </c>
       <c r="B890" t="s">
         <v>24</v>
       </c>
       <c r="C890" t="s">
         <v>1788</v>
       </c>
       <c r="D890">
         <v>2008</v>
       </c>
       <c r="E890" t="s">
         <v>1789</v>
       </c>
       <c r="F890" t="s">
         <v>27</v>
       </c>
       <c r="G890">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H890">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
         <v>13</v>
       </c>
       <c r="B891" t="s">
         <v>24</v>
       </c>
       <c r="C891" t="s">
         <v>1790</v>
       </c>
       <c r="D891">
         <v>2020</v>
       </c>
       <c r="E891" t="s">
         <v>1791</v>
       </c>
       <c r="F891" t="s">
         <v>27</v>
       </c>
       <c r="G891">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H891">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
         <v>13</v>
       </c>
       <c r="B892" t="s">
         <v>24</v>
       </c>
       <c r="C892" t="s">
         <v>1792</v>
       </c>
       <c r="D892">
         <v>2008</v>
       </c>
       <c r="E892" t="s">
         <v>1793</v>
       </c>
       <c r="F892" t="s">
         <v>27</v>
       </c>
       <c r="G892">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H892">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
         <v>13</v>
       </c>
       <c r="B893" t="s">
         <v>24</v>
       </c>
       <c r="C893" t="s">
         <v>1794</v>
       </c>
       <c r="D893">
         <v>2018</v>
       </c>
       <c r="E893" t="s">
         <v>1795</v>
       </c>
       <c r="F893" t="s">
         <v>27</v>
       </c>
       <c r="G893">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H893">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
         <v>13</v>
       </c>
       <c r="B894" t="s">
         <v>24</v>
       </c>
       <c r="C894" t="s">
         <v>1796</v>
       </c>
       <c r="D894">
         <v>2013</v>
       </c>
       <c r="E894" t="s">
         <v>1797</v>
       </c>
       <c r="F894" t="s">
         <v>27</v>
       </c>
       <c r="G894">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H894">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
         <v>13</v>
       </c>
       <c r="B895" t="s">
         <v>24</v>
       </c>
       <c r="C895" t="s">
         <v>1798</v>
       </c>
       <c r="D895">
         <v>2013</v>
       </c>
       <c r="E895" t="s">
         <v>1799</v>
       </c>
       <c r="F895" t="s">
         <v>27</v>
       </c>
       <c r="G895">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H895">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
         <v>13</v>
       </c>
       <c r="B896" t="s">
         <v>24</v>
       </c>
       <c r="C896" t="s">
         <v>1800</v>
       </c>
       <c r="D896">
         <v>2013</v>
       </c>
       <c r="E896" t="s">
         <v>1801</v>
       </c>
       <c r="F896" t="s">
         <v>27</v>
       </c>
       <c r="G896">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H896">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
         <v>13</v>
       </c>
       <c r="B897" t="s">
         <v>24</v>
       </c>
       <c r="C897" t="s">
         <v>1802</v>
       </c>
       <c r="D897">
         <v>2009</v>
       </c>
       <c r="E897" t="s">
         <v>1803</v>
       </c>
       <c r="F897" t="s">
         <v>27</v>
       </c>
       <c r="G897">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H897">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
         <v>13</v>
       </c>
       <c r="B898" t="s">
         <v>24</v>
       </c>
       <c r="C898" t="s">
         <v>1804</v>
       </c>
       <c r="D898">
         <v>2013</v>
       </c>
       <c r="E898" t="s">
         <v>1805</v>
       </c>
       <c r="F898" t="s">
         <v>27</v>
       </c>
       <c r="G898">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H898">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
         <v>13</v>
       </c>
       <c r="B899" t="s">
         <v>24</v>
       </c>
       <c r="C899" t="s">
         <v>1806</v>
       </c>
       <c r="D899">
         <v>2013</v>
       </c>
       <c r="E899" t="s">
         <v>1807</v>
       </c>
       <c r="F899" t="s">
         <v>27</v>
       </c>
       <c r="G899">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H899">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
         <v>13</v>
       </c>
       <c r="B900" t="s">
         <v>24</v>
       </c>
       <c r="C900" t="s">
         <v>1808</v>
       </c>
       <c r="D900">
         <v>2012</v>
       </c>
       <c r="E900" t="s">
         <v>1809</v>
       </c>
       <c r="F900" t="s">
         <v>27</v>
       </c>
       <c r="G900">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H900">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
         <v>13</v>
       </c>
       <c r="B901" t="s">
         <v>24</v>
       </c>
       <c r="C901" t="s">
         <v>1810</v>
       </c>
       <c r="D901">
         <v>2017</v>
       </c>
       <c r="E901" t="s">
         <v>1811</v>
       </c>
       <c r="F901" t="s">
         <v>27</v>
       </c>
       <c r="G901">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H901">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
         <v>13</v>
       </c>
       <c r="B902" t="s">
         <v>24</v>
       </c>
       <c r="C902" t="s">
         <v>1812</v>
       </c>
       <c r="D902">
         <v>2016</v>
       </c>
       <c r="E902" t="s">
         <v>1813</v>
       </c>
       <c r="F902" t="s">
         <v>27</v>
       </c>
       <c r="G902">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H902">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
         <v>13</v>
       </c>
       <c r="B903" t="s">
         <v>24</v>
       </c>
       <c r="C903" t="s">
         <v>1814</v>
       </c>
       <c r="D903">
         <v>2021</v>
       </c>
       <c r="E903" t="s">
         <v>1815</v>
       </c>
       <c r="F903" t="s">
         <v>27</v>
       </c>
       <c r="G903">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H903">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
         <v>13</v>
       </c>
       <c r="B904" t="s">
         <v>24</v>
       </c>
       <c r="C904" t="s">
         <v>1816</v>
       </c>
       <c r="D904">
         <v>2020</v>
       </c>
       <c r="E904" t="s">
         <v>1817</v>
       </c>
       <c r="F904" t="s">
         <v>27</v>
       </c>
       <c r="G904">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H904">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" t="s">
         <v>13</v>
       </c>
       <c r="B905" t="s">
         <v>24</v>
       </c>
       <c r="C905" t="s">
         <v>1818</v>
       </c>
       <c r="D905">
         <v>2020</v>
       </c>
       <c r="E905" t="s">
         <v>1819</v>
       </c>
       <c r="F905" t="s">
         <v>27</v>
       </c>
       <c r="G905">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H905">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" t="s">
         <v>13</v>
       </c>
       <c r="B906" t="s">
         <v>24</v>
       </c>
       <c r="C906" t="s">
         <v>1820</v>
       </c>
       <c r="D906">
         <v>2021</v>
       </c>
       <c r="E906" t="s">
         <v>1821</v>
       </c>
       <c r="F906" t="s">
         <v>27</v>
       </c>
       <c r="G906">
         <v>0.0</v>
       </c>
       <c r="H906">
         <v>0.0</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" t="s">
         <v>13</v>
       </c>
       <c r="B907" t="s">
         <v>24</v>
       </c>
       <c r="C907" t="s">
         <v>1822</v>
       </c>
       <c r="D907">
         <v>2020</v>
       </c>
       <c r="E907" t="s">
         <v>1823</v>
       </c>
       <c r="F907" t="s">
         <v>27</v>
       </c>
       <c r="G907">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H907">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" t="s">
         <v>13</v>
       </c>
       <c r="B908" t="s">
         <v>24</v>
       </c>
       <c r="C908" t="s">
         <v>1824</v>
       </c>
       <c r="D908">
         <v>2020</v>
       </c>
       <c r="E908" t="s">
         <v>1825</v>
       </c>
       <c r="F908" t="s">
         <v>27</v>
       </c>
       <c r="G908">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H908">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" t="s">
         <v>13</v>
       </c>
       <c r="B909" t="s">
         <v>24</v>
       </c>
       <c r="C909" t="s">
         <v>1826</v>
       </c>
       <c r="D909">
         <v>2009</v>
       </c>
       <c r="E909" t="s">
         <v>1827</v>
       </c>
       <c r="F909" t="s">
         <v>27</v>
       </c>
       <c r="G909">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H909">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" t="s">
         <v>13</v>
       </c>
       <c r="B910" t="s">
         <v>24</v>
       </c>
       <c r="C910" t="s">
         <v>1828</v>
       </c>
       <c r="D910">
         <v>2005</v>
       </c>
       <c r="E910" t="s">
         <v>294</v>
       </c>
       <c r="F910" t="s">
         <v>27</v>
       </c>
       <c r="G910">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H910">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" t="s">
         <v>13</v>
       </c>
       <c r="B911" t="s">
         <v>24</v>
       </c>
       <c r="C911" t="s">
         <v>1829</v>
       </c>
       <c r="D911">
         <v>2019</v>
       </c>
       <c r="E911" t="s">
         <v>1830</v>
       </c>
       <c r="F911" t="s">
         <v>27</v>
       </c>
       <c r="G911">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H911">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" t="s">
         <v>13</v>
       </c>
       <c r="B912" t="s">
         <v>24</v>
       </c>
       <c r="C912" t="s">
         <v>1831</v>
       </c>
       <c r="D912">
         <v>2018</v>
       </c>
       <c r="E912" t="s">
         <v>1832</v>
       </c>
       <c r="F912" t="s">
         <v>27</v>
       </c>
       <c r="G912">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H912">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" t="s">
         <v>13</v>
       </c>
       <c r="B913" t="s">
         <v>24</v>
       </c>
       <c r="C913" t="s">
         <v>1833</v>
       </c>
       <c r="D913">
         <v>2011</v>
       </c>
       <c r="E913" t="s">
         <v>1834</v>
       </c>
       <c r="F913" t="s">
         <v>27</v>
       </c>
       <c r="G913">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H913">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" t="s">
         <v>13</v>
       </c>
       <c r="B914" t="s">
         <v>24</v>
       </c>
       <c r="C914" t="s">
         <v>1835</v>
       </c>
       <c r="D914">
         <v>2011</v>
       </c>
       <c r="E914" t="s">
         <v>1836</v>
       </c>
       <c r="F914" t="s">
         <v>27</v>
       </c>
       <c r="G914">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H914">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" t="s">
         <v>13</v>
       </c>
       <c r="B915" t="s">
         <v>24</v>
       </c>
       <c r="C915" t="s">
         <v>1837</v>
       </c>
       <c r="D915">
         <v>2011</v>
       </c>
       <c r="E915" t="s">
         <v>1838</v>
       </c>
       <c r="F915" t="s">
         <v>27</v>
       </c>
       <c r="G915">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H915">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" t="s">
         <v>13</v>
       </c>
       <c r="B916" t="s">
         <v>24</v>
       </c>
       <c r="C916" t="s">
         <v>1839</v>
       </c>
       <c r="D916">
         <v>2012</v>
       </c>
       <c r="E916" t="s">
         <v>1840</v>
       </c>
       <c r="F916" t="s">
         <v>27</v>
       </c>
       <c r="G916">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H916">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" t="s">
         <v>13</v>
       </c>
       <c r="B917" t="s">
         <v>24</v>
       </c>
       <c r="C917" t="s">
         <v>1841</v>
       </c>
       <c r="D917">
         <v>2006</v>
       </c>
       <c r="E917" t="s">
         <v>1842</v>
       </c>
       <c r="F917" t="s">
         <v>27</v>
       </c>
       <c r="G917">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H917">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" t="s">
         <v>13</v>
       </c>
       <c r="B918" t="s">
         <v>24</v>
       </c>
       <c r="C918" t="s">
         <v>1843</v>
       </c>
       <c r="D918">
         <v>2016</v>
       </c>
       <c r="E918" t="s">
         <v>1844</v>
       </c>
       <c r="F918" t="s">
         <v>27</v>
       </c>
       <c r="G918">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H918">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" t="s">
         <v>13</v>
       </c>
       <c r="B919" t="s">
         <v>24</v>
       </c>
       <c r="C919" t="s">
         <v>1845</v>
       </c>
       <c r="D919">
         <v>2010</v>
       </c>
       <c r="E919" t="s">
         <v>1846</v>
       </c>
       <c r="F919" t="s">
         <v>27</v>
       </c>
       <c r="G919">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H919">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" t="s">
         <v>13</v>
       </c>
       <c r="B920" t="s">
         <v>24</v>
       </c>
       <c r="C920" t="s">
         <v>1847</v>
       </c>
       <c r="D920">
         <v>2010</v>
       </c>
       <c r="E920" t="s">
         <v>1848</v>
       </c>
       <c r="F920" t="s">
         <v>27</v>
       </c>
       <c r="G920">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H920">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" t="s">
         <v>13</v>
       </c>
       <c r="B921" t="s">
         <v>24</v>
       </c>
       <c r="C921" t="s">
         <v>1849</v>
       </c>
       <c r="D921">
         <v>2010</v>
       </c>
       <c r="E921" t="s">
         <v>1850</v>
       </c>
       <c r="F921" t="s">
         <v>27</v>
       </c>
       <c r="G921">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H921">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" t="s">
         <v>13</v>
       </c>
       <c r="B922" t="s">
         <v>24</v>
       </c>
       <c r="C922" t="s">
         <v>1851</v>
       </c>
       <c r="D922">
         <v>2017</v>
       </c>
       <c r="E922" t="s">
         <v>1852</v>
       </c>
       <c r="F922" t="s">
         <v>27</v>
       </c>
       <c r="G922">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H922">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" t="s">
         <v>13</v>
       </c>
       <c r="B923" t="s">
         <v>24</v>
       </c>
       <c r="C923" t="s">
         <v>1853</v>
       </c>
       <c r="D923">
         <v>2017</v>
       </c>
       <c r="E923" t="s">
         <v>690</v>
       </c>
       <c r="F923" t="s">
         <v>27</v>
       </c>
       <c r="G923">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H923">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" t="s">
         <v>13</v>
       </c>
       <c r="B924" t="s">
         <v>24</v>
       </c>
       <c r="C924" t="s">
         <v>1854</v>
       </c>
       <c r="D924">
         <v>2016</v>
       </c>
       <c r="E924" t="s">
         <v>1855</v>
       </c>
       <c r="F924" t="s">
         <v>27</v>
       </c>
       <c r="G924">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H924">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" t="s">
         <v>13</v>
       </c>
       <c r="B925" t="s">
         <v>24</v>
       </c>
       <c r="C925" t="s">
         <v>1856</v>
       </c>
       <c r="D925">
         <v>1995</v>
       </c>
       <c r="E925" t="s">
         <v>1857</v>
       </c>
       <c r="F925" t="s">
         <v>27</v>
       </c>
       <c r="G925">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H925">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" t="s">
         <v>13</v>
       </c>
       <c r="B926" t="s">
         <v>24</v>
       </c>
       <c r="C926" t="s">
         <v>1858</v>
       </c>
       <c r="D926">
         <v>2013</v>
       </c>
       <c r="E926" t="s">
         <v>1859</v>
       </c>
       <c r="F926" t="s">
         <v>27</v>
       </c>
       <c r="G926">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H926">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" t="s">
         <v>13</v>
       </c>
       <c r="B927" t="s">
         <v>24</v>
       </c>
       <c r="C927" t="s">
         <v>1860</v>
       </c>
       <c r="D927">
         <v>1995</v>
       </c>
       <c r="E927" t="s">
         <v>1861</v>
       </c>
       <c r="F927" t="s">
         <v>27</v>
       </c>
       <c r="G927">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H927">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" t="s">
         <v>13</v>
       </c>
       <c r="B928" t="s">
         <v>24</v>
       </c>
       <c r="C928" t="s">
         <v>1862</v>
       </c>
       <c r="D928">
         <v>1994</v>
       </c>
       <c r="E928" t="s">
         <v>1863</v>
       </c>
       <c r="F928" t="s">
         <v>27</v>
       </c>
       <c r="G928">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H928">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" t="s">
         <v>13</v>
       </c>
       <c r="B929" t="s">
         <v>24</v>
       </c>
       <c r="C929" t="s">
         <v>1864</v>
       </c>
       <c r="D929">
         <v>2010</v>
       </c>
       <c r="E929" t="s">
         <v>1865</v>
       </c>
       <c r="F929" t="s">
         <v>27</v>
       </c>
       <c r="G929">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H929">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" t="s">
         <v>13</v>
       </c>
       <c r="B930" t="s">
         <v>24</v>
       </c>
       <c r="C930" t="s">
         <v>1866</v>
       </c>
       <c r="D930">
         <v>2016</v>
       </c>
       <c r="E930" t="s">
         <v>1867</v>
       </c>
       <c r="F930" t="s">
         <v>27</v>
       </c>
       <c r="G930">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H930">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" t="s">
         <v>13</v>
       </c>
       <c r="B931" t="s">
         <v>24</v>
       </c>
       <c r="C931" t="s">
         <v>1868</v>
       </c>
       <c r="D931">
         <v>2016</v>
       </c>
       <c r="E931" t="s">
         <v>1869</v>
       </c>
       <c r="F931" t="s">
         <v>27</v>
       </c>
       <c r="G931">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H931">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" t="s">
         <v>13</v>
       </c>
       <c r="B932" t="s">
         <v>24</v>
       </c>
       <c r="C932" t="s">
         <v>1870</v>
       </c>
       <c r="D932">
         <v>2016</v>
       </c>
       <c r="E932" t="s">
         <v>1871</v>
       </c>
       <c r="F932" t="s">
         <v>27</v>
       </c>
       <c r="G932">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H932">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" t="s">
         <v>13</v>
       </c>
       <c r="B933" t="s">
         <v>24</v>
       </c>
       <c r="C933" t="s">
         <v>1872</v>
       </c>
       <c r="D933">
         <v>2016</v>
       </c>
       <c r="E933" t="s">
         <v>1873</v>
       </c>
       <c r="F933" t="s">
         <v>27</v>
       </c>
       <c r="G933">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H933">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" t="s">
         <v>13</v>
       </c>
       <c r="B934" t="s">
         <v>24</v>
       </c>
       <c r="C934" t="s">
         <v>1874</v>
       </c>
       <c r="D934">
         <v>2017</v>
       </c>
       <c r="E934" t="s">
         <v>1875</v>
       </c>
       <c r="F934" t="s">
         <v>27</v>
       </c>
       <c r="G934">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H934">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" t="s">
         <v>13</v>
       </c>
       <c r="B935" t="s">
         <v>24</v>
       </c>
       <c r="C935" t="s">
         <v>1876</v>
       </c>
       <c r="D935">
         <v>2011</v>
       </c>
       <c r="E935" t="s">
         <v>1877</v>
       </c>
       <c r="F935" t="s">
         <v>27</v>
       </c>
       <c r="G935">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H935">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" t="s">
         <v>13</v>
       </c>
       <c r="B936" t="s">
         <v>24</v>
       </c>
       <c r="C936" t="s">
         <v>1878</v>
       </c>
       <c r="D936">
         <v>2007</v>
       </c>
       <c r="E936" t="s">
         <v>1879</v>
       </c>
       <c r="F936" t="s">
         <v>27</v>
       </c>
       <c r="G936">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H936">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" t="s">
         <v>13</v>
       </c>
       <c r="B937" t="s">
         <v>24</v>
       </c>
       <c r="C937" t="s">
         <v>1880</v>
       </c>
       <c r="D937">
         <v>1973</v>
       </c>
       <c r="E937" t="s">
         <v>1881</v>
       </c>
       <c r="F937" t="s">
         <v>27</v>
       </c>
       <c r="G937">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H937">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" t="s">
         <v>13</v>
       </c>
       <c r="B938" t="s">
         <v>24</v>
       </c>
       <c r="C938" t="s">
         <v>1882</v>
       </c>
       <c r="D938">
         <v>2017</v>
       </c>
       <c r="E938" t="s">
         <v>1883</v>
       </c>
       <c r="F938" t="s">
         <v>27</v>
       </c>
       <c r="G938">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H938">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" t="s">
         <v>13</v>
       </c>
       <c r="B939" t="s">
         <v>24</v>
       </c>
       <c r="C939" t="s">
         <v>1884</v>
       </c>
       <c r="D939">
         <v>2013</v>
       </c>
       <c r="E939" t="s">
         <v>1885</v>
       </c>
       <c r="F939" t="s">
         <v>27</v>
       </c>
       <c r="G939">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H939">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" t="s">
         <v>13</v>
       </c>
       <c r="B940" t="s">
         <v>24</v>
       </c>
       <c r="C940" t="s">
         <v>1886</v>
       </c>
       <c r="D940">
         <v>2016</v>
       </c>
       <c r="E940" t="s">
         <v>1887</v>
       </c>
       <c r="F940" t="s">
         <v>27</v>
       </c>
       <c r="G940">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H940">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" t="s">
         <v>13</v>
       </c>
       <c r="B941" t="s">
         <v>24</v>
       </c>
       <c r="C941" t="s">
         <v>1888</v>
       </c>
       <c r="D941">
         <v>2016</v>
       </c>
       <c r="E941" t="s">
         <v>1889</v>
       </c>
       <c r="F941" t="s">
         <v>27</v>
       </c>
       <c r="G941">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H941">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" t="s">
         <v>13</v>
       </c>
       <c r="B942" t="s">
         <v>24</v>
       </c>
       <c r="C942" t="s">
         <v>1890</v>
       </c>
       <c r="D942">
         <v>2016</v>
       </c>
       <c r="E942" t="s">
         <v>1891</v>
       </c>
       <c r="F942" t="s">
         <v>27</v>
       </c>
       <c r="G942">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H942">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" t="s">
         <v>13</v>
       </c>
       <c r="B943" t="s">
         <v>24</v>
       </c>
       <c r="C943" t="s">
         <v>1892</v>
       </c>
       <c r="D943">
         <v>1999</v>
       </c>
       <c r="E943" t="s">
         <v>1893</v>
       </c>
       <c r="F943" t="s">
         <v>27</v>
       </c>
       <c r="G943">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
       <c r="H943">
-        <v>41.78</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" t="s">
         <v>13</v>
       </c>
       <c r="B944" t="s">
         <v>24</v>
       </c>
       <c r="C944" t="s">
         <v>1894</v>
       </c>
       <c r="D944">
         <v>2011</v>
       </c>
       <c r="E944" t="s">
         <v>1895</v>
       </c>
       <c r="F944" t="s">
         <v>27</v>
       </c>
       <c r="G944">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H944">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" t="s">
         <v>13</v>
       </c>
       <c r="B945" t="s">
         <v>24</v>
       </c>
       <c r="C945" t="s">
         <v>1896</v>
       </c>
       <c r="D945">
         <v>2020</v>
       </c>
       <c r="E945" t="s">
         <v>1897</v>
       </c>
       <c r="F945" t="s">
         <v>27</v>
       </c>
       <c r="G945">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H945">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" t="s">
         <v>13</v>
       </c>
       <c r="B946" t="s">
         <v>24</v>
       </c>
       <c r="C946" t="s">
         <v>1898</v>
       </c>
       <c r="D946">
         <v>2016</v>
       </c>
       <c r="E946" t="s">
         <v>1899</v>
       </c>
       <c r="F946" t="s">
         <v>27</v>
       </c>
       <c r="G946">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H946">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" t="s">
         <v>13</v>
       </c>
       <c r="B947" t="s">
         <v>24</v>
       </c>
       <c r="C947" t="s">
         <v>1900</v>
       </c>
       <c r="D947">
         <v>1993</v>
       </c>
       <c r="E947" t="s">
         <v>1901</v>
       </c>
       <c r="F947" t="s">
         <v>27</v>
       </c>
       <c r="G947">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H947">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" t="s">
         <v>13</v>
       </c>
       <c r="B948" t="s">
         <v>24</v>
       </c>
       <c r="C948" t="s">
         <v>1902</v>
       </c>
       <c r="D948">
         <v>2009</v>
       </c>
       <c r="E948" t="s">
         <v>1903</v>
       </c>
       <c r="F948" t="s">
         <v>27</v>
       </c>
       <c r="G948">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H948">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" t="s">
         <v>13</v>
       </c>
       <c r="B949" t="s">
         <v>24</v>
       </c>
       <c r="C949" t="s">
         <v>1904</v>
       </c>
       <c r="D949">
         <v>2005</v>
       </c>
       <c r="E949" t="s">
         <v>1905</v>
       </c>
       <c r="F949" t="s">
         <v>27</v>
       </c>
       <c r="G949">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H949">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" t="s">
         <v>13</v>
       </c>
       <c r="B950" t="s">
         <v>24</v>
       </c>
       <c r="C950" t="s">
         <v>1906</v>
       </c>
       <c r="D950">
         <v>2007</v>
       </c>
       <c r="E950" t="s">
         <v>1907</v>
       </c>
       <c r="F950" t="s">
         <v>27</v>
       </c>
       <c r="G950">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H950">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" t="s">
         <v>13</v>
       </c>
       <c r="B951" t="s">
         <v>24</v>
       </c>
       <c r="C951" t="s">
         <v>1908</v>
       </c>
       <c r="D951">
         <v>2007</v>
       </c>
       <c r="E951" t="s">
         <v>1909</v>
       </c>
       <c r="F951" t="s">
         <v>27</v>
       </c>
       <c r="G951">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H951">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" t="s">
         <v>13</v>
       </c>
       <c r="B952" t="s">
         <v>24</v>
       </c>
       <c r="C952" t="s">
         <v>1910</v>
       </c>
       <c r="D952">
         <v>2017</v>
       </c>
       <c r="E952" t="s">
         <v>1911</v>
       </c>
       <c r="F952" t="s">
         <v>27</v>
       </c>
       <c r="G952">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H952">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" t="s">
         <v>13</v>
       </c>
       <c r="B953" t="s">
         <v>24</v>
       </c>
       <c r="C953" t="s">
         <v>1912</v>
       </c>
       <c r="D953">
         <v>2012</v>
       </c>
       <c r="E953" t="s">
         <v>1913</v>
       </c>
       <c r="F953" t="s">
         <v>27</v>
       </c>
       <c r="G953">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H953">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" t="s">
         <v>13</v>
       </c>
       <c r="B954" t="s">
         <v>24</v>
       </c>
       <c r="C954" t="s">
         <v>1914</v>
       </c>
       <c r="D954">
         <v>2011</v>
       </c>
       <c r="E954" t="s">
         <v>1915</v>
       </c>
       <c r="F954" t="s">
         <v>27</v>
       </c>
       <c r="G954">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H954">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" t="s">
         <v>13</v>
       </c>
       <c r="B955" t="s">
         <v>24</v>
       </c>
       <c r="C955" t="s">
         <v>1916</v>
       </c>
       <c r="D955">
         <v>2011</v>
       </c>
       <c r="E955" t="s">
         <v>1917</v>
       </c>
       <c r="F955" t="s">
         <v>27</v>
       </c>
       <c r="G955">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H955">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" t="s">
         <v>13</v>
       </c>
       <c r="B956" t="s">
         <v>24</v>
       </c>
       <c r="C956" t="s">
         <v>1918</v>
       </c>
       <c r="D956">
         <v>2016</v>
       </c>
       <c r="E956" t="s">
         <v>1919</v>
       </c>
       <c r="F956" t="s">
         <v>27</v>
       </c>
       <c r="G956">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H956">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" t="s">
         <v>13</v>
       </c>
       <c r="B957" t="s">
         <v>24</v>
       </c>
       <c r="C957" t="s">
         <v>1920</v>
       </c>
       <c r="D957">
         <v>2016</v>
       </c>
       <c r="E957" t="s">
         <v>1921</v>
       </c>
       <c r="F957" t="s">
         <v>27</v>
       </c>
       <c r="G957">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H957">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" t="s">
         <v>13</v>
       </c>
       <c r="B958" t="s">
         <v>24</v>
       </c>
       <c r="C958" t="s">
         <v>1922</v>
       </c>
       <c r="D958">
         <v>2016</v>
       </c>
       <c r="E958" t="s">
         <v>1923</v>
       </c>
       <c r="F958" t="s">
         <v>27</v>
       </c>
       <c r="G958">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H958">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" t="s">
         <v>13</v>
       </c>
       <c r="B959" t="s">
         <v>24</v>
       </c>
       <c r="C959" t="s">
         <v>1924</v>
       </c>
       <c r="D959">
         <v>2020</v>
       </c>
       <c r="E959" t="s">
         <v>1925</v>
       </c>
       <c r="F959" t="s">
         <v>27</v>
       </c>
       <c r="G959">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H959">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" t="s">
         <v>8</v>
       </c>
       <c r="B960" t="s">
         <v>9</v>
       </c>
       <c r="C960" t="s">
         <v>1926</v>
       </c>
       <c r="D960">
         <v>2022</v>
       </c>
       <c r="E960" t="s">
         <v>1927</v>
       </c>
       <c r="F960" t="s">
         <v>12</v>
       </c>
       <c r="G960">
         <v>348.0</v>
       </c>
       <c r="H960">