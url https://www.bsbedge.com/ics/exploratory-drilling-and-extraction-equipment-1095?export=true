--- v0 (2026-01-18)
+++ v1 (2026-03-04)
@@ -11194,54 +11194,54 @@
       </c>
       <c r="H311">
         <v>20.0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>195</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
         <v>638</v>
       </c>
       <c r="D312">
         <v>2020</v>
       </c>
       <c r="E312" t="s">
         <v>639</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312">
-        <v>348.0</v>
+        <v>330.0</v>
       </c>
       <c r="H312">
-        <v>348.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>8</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>640</v>
       </c>
       <c r="D313">
         <v>2021</v>
       </c>
       <c r="E313" t="s">
         <v>641</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
       <c r="G313">
         <v>488.0</v>
       </c>
       <c r="H313">
@@ -12190,51 +12190,51 @@
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
         <v>714</v>
       </c>
       <c r="D350">
         <v>2019</v>
       </c>
       <c r="E350" t="s">
         <v>715</v>
       </c>
       <c r="F350" t="s">
         <v>12</v>
       </c>
       <c r="G350">
         <v>382.0</v>
       </c>
       <c r="H350">
         <v>382.0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>8</v>
+        <v>195</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
         <v>716</v>
       </c>
       <c r="D351">
         <v>2022</v>
       </c>
       <c r="E351" t="s">
         <v>717</v>
       </c>
       <c r="F351" t="s">
         <v>12</v>
       </c>
       <c r="G351">
         <v>232.0</v>
       </c>
       <c r="H351">
         <v>232.0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
@@ -12676,54 +12676,54 @@
       </c>
       <c r="H368">
         <v>348.0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>195</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
         <v>753</v>
       </c>
       <c r="D369">
         <v>2010</v>
       </c>
       <c r="E369" t="s">
         <v>754</v>
       </c>
       <c r="F369" t="s">
         <v>12</v>
       </c>
       <c r="G369">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H369">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>195</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
         <v>755</v>
       </c>
       <c r="D370">
         <v>1998</v>
       </c>
       <c r="E370" t="s">
         <v>756</v>
       </c>
       <c r="F370" t="s">
         <v>12</v>
       </c>
       <c r="G370">
         <v>142.0</v>
       </c>
       <c r="H370">
@@ -13066,54 +13066,54 @@
       </c>
       <c r="H383">
         <v>348.0</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>8</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
         <v>783</v>
       </c>
       <c r="D384">
         <v>2019</v>
       </c>
       <c r="E384" t="s">
         <v>784</v>
       </c>
       <c r="F384" t="s">
         <v>12</v>
       </c>
       <c r="G384">
-        <v>348.0</v>
+        <v>330.0</v>
       </c>
       <c r="H384">
-        <v>348.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>654</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
         <v>785</v>
       </c>
       <c r="D385">
         <v>2014</v>
       </c>
       <c r="E385" t="s">
         <v>786</v>
       </c>
       <c r="F385" t="s">
         <v>12</v>
       </c>
       <c r="G385">
         <v>322.0</v>
       </c>
       <c r="H385">
@@ -13357,51 +13357,51 @@
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
         <v>805</v>
       </c>
       <c r="D395">
         <v>2013</v>
       </c>
       <c r="E395" t="s">
         <v>806</v>
       </c>
       <c r="F395" t="s">
         <v>12</v>
       </c>
       <c r="G395">
         <v>348.0</v>
       </c>
       <c r="H395">
         <v>348.0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>8</v>
+        <v>195</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
         <v>807</v>
       </c>
       <c r="D396">
         <v>2014</v>
       </c>
       <c r="E396" t="s">
         <v>808</v>
       </c>
       <c r="F396" t="s">
         <v>12</v>
       </c>
       <c r="G396">
         <v>306.0</v>
       </c>
       <c r="H396">
         <v>306.0</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
@@ -13929,51 +13929,51 @@
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
         <v>849</v>
       </c>
       <c r="D417">
         <v>2011</v>
       </c>
       <c r="E417" t="s">
         <v>850</v>
       </c>
       <c r="F417" t="s">
         <v>12</v>
       </c>
       <c r="G417">
         <v>232.0</v>
       </c>
       <c r="H417">
         <v>232.0</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>654</v>
+        <v>195</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
         <v>851</v>
       </c>
       <c r="D418">
         <v>2005</v>
       </c>
       <c r="E418" t="s">
         <v>852</v>
       </c>
       <c r="F418" t="s">
         <v>12</v>
       </c>
       <c r="G418">
         <v>322.0</v>
       </c>
       <c r="H418">
         <v>322.0</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
@@ -14311,54 +14311,54 @@
       </c>
       <c r="H431">
         <v>322.0</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>195</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
         <v>879</v>
       </c>
       <c r="D432">
         <v>2010</v>
       </c>
       <c r="E432" t="s">
         <v>880</v>
       </c>
       <c r="F432" t="s">
         <v>12</v>
       </c>
       <c r="G432">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H432">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>654</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
         <v>881</v>
       </c>
       <c r="D433">
         <v>2020</v>
       </c>
       <c r="E433" t="s">
         <v>882</v>
       </c>
       <c r="F433" t="s">
         <v>12</v>
       </c>
       <c r="G433">
         <v>272.0</v>
       </c>
       <c r="H433">
@@ -14571,54 +14571,54 @@
       </c>
       <c r="H441">
         <v>348.0</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>195</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
         <v>899</v>
       </c>
       <c r="D442">
         <v>2009</v>
       </c>
       <c r="E442" t="s">
         <v>900</v>
       </c>
       <c r="F442" t="s">
         <v>12</v>
       </c>
       <c r="G442">
-        <v>348.0</v>
+        <v>330.0</v>
       </c>
       <c r="H442">
-        <v>348.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>20</v>
       </c>
       <c r="B443" t="s">
         <v>75</v>
       </c>
       <c r="C443" t="s">
         <v>901</v>
       </c>
       <c r="D443">
         <v>2023</v>
       </c>
       <c r="E443" t="s">
         <v>902</v>
       </c>
       <c r="F443" t="s">
         <v>78</v>
       </c>
       <c r="G443">
         <v>72.0</v>
       </c>
       <c r="H443">