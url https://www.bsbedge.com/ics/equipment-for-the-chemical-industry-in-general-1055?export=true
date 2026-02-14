--- v0 (2025-12-30)
+++ v1 (2026-02-14)
@@ -599,132 +599,132 @@
       </c>
       <c r="H4">
         <v>72.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>2013</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H5">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>23</v>
       </c>
       <c r="D6">
         <v>1999</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H6">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7">
         <v>2011</v>
       </c>
       <c r="E7" t="s">
         <v>26</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
       <c r="H7">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8">
         <v>2011</v>
       </c>
       <c r="E8" t="s">
         <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H8">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>29</v>
       </c>
       <c r="B9" t="s">
         <v>30</v>
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9">
         <v>1999</v>
       </c>
       <c r="E9" t="s">
         <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>33</v>
       </c>
       <c r="G9">
         <v>142.0</v>
       </c>
       <c r="H9">