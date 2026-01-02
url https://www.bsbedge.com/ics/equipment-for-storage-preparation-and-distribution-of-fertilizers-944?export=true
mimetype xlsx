--- v0 (2025-10-02)
+++ v1 (2026-01-02)
@@ -1122,516 +1122,516 @@
       </c>
       <c r="H18">
         <v>119.44</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>47</v>
       </c>
       <c r="B19" t="s">
         <v>48</v>
       </c>
       <c r="C19" t="s">
         <v>49</v>
       </c>
       <c r="D19">
         <v>2018</v>
       </c>
       <c r="E19" t="s">
         <v>50</v>
       </c>
       <c r="F19" t="s">
         <v>51</v>
       </c>
       <c r="G19">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H19">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>48</v>
       </c>
       <c r="C20" t="s">
         <v>52</v>
       </c>
       <c r="D20">
         <v>2018</v>
       </c>
       <c r="E20" t="s">
         <v>53</v>
       </c>
       <c r="F20" t="s">
         <v>51</v>
       </c>
       <c r="G20">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H20">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>48</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
       <c r="D21">
         <v>2016</v>
       </c>
       <c r="E21" t="s">
         <v>55</v>
       </c>
       <c r="F21" t="s">
         <v>51</v>
       </c>
       <c r="G21">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H21">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>56</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22" t="s">
         <v>57</v>
       </c>
       <c r="D22">
         <v>2020</v>
       </c>
       <c r="E22" t="s">
         <v>58</v>
       </c>
       <c r="F22" t="s">
         <v>51</v>
       </c>
       <c r="G22">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H22">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>48</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
       <c r="D23">
         <v>1985</v>
       </c>
       <c r="E23" t="s">
         <v>60</v>
       </c>
       <c r="F23" t="s">
         <v>51</v>
       </c>
       <c r="G23">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H23">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>61</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" t="s">
         <v>62</v>
       </c>
       <c r="D24">
         <v>2003</v>
       </c>
       <c r="E24" t="s">
         <v>63</v>
       </c>
       <c r="F24" t="s">
         <v>51</v>
       </c>
       <c r="G24">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H24">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>47</v>
       </c>
       <c r="B25" t="s">
         <v>48</v>
       </c>
       <c r="C25" t="s">
         <v>64</v>
       </c>
       <c r="D25">
         <v>2003</v>
       </c>
       <c r="E25" t="s">
         <v>65</v>
       </c>
       <c r="F25" t="s">
         <v>51</v>
       </c>
       <c r="G25">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H25">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>48</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
       <c r="E26" t="s">
         <v>67</v>
       </c>
       <c r="F26" t="s">
         <v>51</v>
       </c>
       <c r="G26">
         <v>20.0</v>
       </c>
       <c r="H26">
         <v>20.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>61</v>
       </c>
       <c r="B27" t="s">
         <v>48</v>
       </c>
       <c r="C27" t="s">
         <v>68</v>
       </c>
       <c r="D27">
         <v>2011</v>
       </c>
       <c r="E27" t="s">
         <v>69</v>
       </c>
       <c r="F27" t="s">
         <v>51</v>
       </c>
       <c r="G27">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H27">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>48</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
       <c r="E28" t="s">
         <v>71</v>
       </c>
       <c r="F28" t="s">
         <v>51</v>
       </c>
       <c r="G28">
         <v>20.0</v>
       </c>
       <c r="H28">
         <v>20.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>47</v>
       </c>
       <c r="B29" t="s">
         <v>48</v>
       </c>
       <c r="C29" t="s">
         <v>72</v>
       </c>
       <c r="D29">
         <v>2011</v>
       </c>
       <c r="E29" t="s">
         <v>73</v>
       </c>
       <c r="F29" t="s">
         <v>51</v>
       </c>
       <c r="G29">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H29">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>61</v>
       </c>
       <c r="B30" t="s">
         <v>48</v>
       </c>
       <c r="C30" t="s">
         <v>74</v>
       </c>
       <c r="D30">
         <v>2002</v>
       </c>
       <c r="E30" t="s">
         <v>75</v>
       </c>
       <c r="F30" t="s">
         <v>51</v>
       </c>
       <c r="G30">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H30">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>47</v>
       </c>
       <c r="B31" t="s">
         <v>48</v>
       </c>
       <c r="C31" t="s">
         <v>76</v>
       </c>
       <c r="D31">
         <v>1984</v>
       </c>
       <c r="E31" t="s">
         <v>77</v>
       </c>
       <c r="F31" t="s">
         <v>51</v>
       </c>
       <c r="G31">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H31">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>61</v>
       </c>
       <c r="B32" t="s">
         <v>48</v>
       </c>
       <c r="C32" t="s">
         <v>78</v>
       </c>
       <c r="D32">
         <v>1985</v>
       </c>
       <c r="E32" t="s">
         <v>79</v>
       </c>
       <c r="F32" t="s">
         <v>51</v>
       </c>
       <c r="G32">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H32">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>47</v>
       </c>
       <c r="B33" t="s">
         <v>48</v>
       </c>
       <c r="C33" t="s">
         <v>80</v>
       </c>
       <c r="D33">
         <v>2018</v>
       </c>
       <c r="E33" t="s">
         <v>81</v>
       </c>
       <c r="F33" t="s">
         <v>51</v>
       </c>
       <c r="G33">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H33">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>61</v>
       </c>
       <c r="B34" t="s">
         <v>48</v>
       </c>
       <c r="C34" t="s">
         <v>82</v>
       </c>
       <c r="D34">
         <v>2002</v>
       </c>
       <c r="E34" t="s">
         <v>83</v>
       </c>
       <c r="F34" t="s">
         <v>51</v>
       </c>
       <c r="G34">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H34">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>56</v>
       </c>
       <c r="B35" t="s">
         <v>48</v>
       </c>
       <c r="C35" t="s">
         <v>84</v>
       </c>
       <c r="D35">
         <v>2005</v>
       </c>
       <c r="E35" t="s">
         <v>85</v>
       </c>
       <c r="F35" t="s">
         <v>51</v>
       </c>
       <c r="G35">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H35">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>47</v>
       </c>
       <c r="B36" t="s">
         <v>48</v>
       </c>
       <c r="C36" t="s">
         <v>86</v>
       </c>
       <c r="D36">
         <v>2016</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>51</v>
       </c>
       <c r="G36">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H36">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>47</v>
       </c>
       <c r="B37" t="s">
         <v>48</v>
       </c>
       <c r="C37" t="s">
         <v>87</v>
       </c>
       <c r="D37">
         <v>2013</v>
       </c>
       <c r="E37" t="s">
         <v>88</v>
       </c>
       <c r="F37" t="s">
         <v>51</v>
       </c>
       <c r="G37">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H37">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">