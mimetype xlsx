--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -9093,54 +9093,54 @@
       </c>
       <c r="H243">
         <v>689.0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>8</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
         <v>453</v>
       </c>
       <c r="D244">
         <v>2023</v>
       </c>
       <c r="E244" t="s">
         <v>454</v>
       </c>
       <c r="F244" t="s">
         <v>12</v>
       </c>
       <c r="G244">
-        <v>6681.0</v>
+        <v>6783.0</v>
       </c>
       <c r="H244">
-        <v>6681.0</v>
+        <v>6783.0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>8</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
         <v>455</v>
       </c>
       <c r="D245">
         <v>2022</v>
       </c>
       <c r="E245" t="s">
         <v>456</v>
       </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
       <c r="G245">
         <v>260.0</v>
       </c>
       <c r="H245">
@@ -9197,54 +9197,54 @@
       </c>
       <c r="H247">
         <v>495.0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>8</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>459</v>
       </c>
       <c r="D248">
         <v>2022</v>
       </c>
       <c r="E248" t="s">
         <v>460</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248">
-        <v>3643.0</v>
+        <v>3686.0</v>
       </c>
       <c r="H248">
-        <v>3643.0</v>
+        <v>3686.0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>8</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>461</v>
       </c>
       <c r="D249">
         <v>2021</v>
       </c>
       <c r="E249" t="s">
         <v>462</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249">
         <v>20.0</v>
       </c>
       <c r="H249">