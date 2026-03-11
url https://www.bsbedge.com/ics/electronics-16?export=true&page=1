--- v2 (2026-01-10)
+++ v3 (2026-03-11)
@@ -1178,54 +1178,54 @@
       </c>
       <c r="H4">
         <v>159.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
       <c r="H5">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6">
         <v>3</v>
       </c>
       <c r="E6" t="s">
         <v>26</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
         <v>20.0</v>
       </c>
       <c r="H6">
@@ -2686,236 +2686,236 @@
       </c>
       <c r="H62">
         <v>20.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>20</v>
       </c>
       <c r="B63" t="s">
         <v>21</v>
       </c>
       <c r="C63" t="s">
         <v>138</v>
       </c>
       <c r="D63">
         <v>1978</v>
       </c>
       <c r="E63" t="s">
         <v>139</v>
       </c>
       <c r="F63" t="s">
         <v>24</v>
       </c>
       <c r="G63">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
       <c r="H63">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>20</v>
       </c>
       <c r="B64" t="s">
         <v>21</v>
       </c>
       <c r="C64" t="s">
         <v>140</v>
       </c>
       <c r="D64">
         <v>2020</v>
       </c>
       <c r="E64" t="s">
         <v>141</v>
       </c>
       <c r="F64" t="s">
         <v>24</v>
       </c>
       <c r="G64">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H64">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>20</v>
       </c>
       <c r="B65" t="s">
         <v>21</v>
       </c>
       <c r="C65" t="s">
         <v>142</v>
       </c>
       <c r="D65">
         <v>2004</v>
       </c>
       <c r="E65" t="s">
         <v>143</v>
       </c>
       <c r="F65" t="s">
         <v>24</v>
       </c>
       <c r="G65">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H65">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>20</v>
       </c>
       <c r="B66" t="s">
         <v>21</v>
       </c>
       <c r="C66" t="s">
         <v>144</v>
       </c>
       <c r="D66">
         <v>2019</v>
       </c>
       <c r="E66" t="s">
         <v>145</v>
       </c>
       <c r="F66" t="s">
         <v>24</v>
       </c>
       <c r="G66">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H66">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>20</v>
       </c>
       <c r="B67" t="s">
         <v>21</v>
       </c>
       <c r="C67" t="s">
         <v>146</v>
       </c>
       <c r="D67">
         <v>2022</v>
       </c>
       <c r="E67" t="s">
         <v>147</v>
       </c>
       <c r="F67" t="s">
         <v>24</v>
       </c>
       <c r="G67">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H67">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>20</v>
       </c>
       <c r="B68" t="s">
         <v>21</v>
       </c>
       <c r="C68" t="s">
         <v>148</v>
       </c>
       <c r="D68">
         <v>2022</v>
       </c>
       <c r="E68" t="s">
         <v>149</v>
       </c>
       <c r="F68" t="s">
         <v>24</v>
       </c>
       <c r="G68">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H68">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>20</v>
       </c>
       <c r="B69" t="s">
         <v>21</v>
       </c>
       <c r="C69" t="s">
         <v>150</v>
       </c>
       <c r="D69">
         <v>2019</v>
       </c>
       <c r="E69" t="s">
         <v>151</v>
       </c>
       <c r="F69" t="s">
         <v>24</v>
       </c>
       <c r="G69">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H69">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>20</v>
       </c>
       <c r="B70" t="s">
         <v>21</v>
       </c>
       <c r="C70" t="s">
         <v>152</v>
       </c>
       <c r="D70">
         <v>2005</v>
       </c>
       <c r="E70" t="s">
         <v>153</v>
       </c>
       <c r="F70" t="s">
         <v>24</v>
       </c>
       <c r="G70">
-        <v>411.4</v>
+        <v>423.74</v>
       </c>
       <c r="H70">
-        <v>411.4</v>
+        <v>423.74</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>154</v>
       </c>
       <c r="D71">
         <v>2018</v>
       </c>
       <c r="E71" t="s">
         <v>155</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
         <v>166.0</v>
       </c>
       <c r="H71">