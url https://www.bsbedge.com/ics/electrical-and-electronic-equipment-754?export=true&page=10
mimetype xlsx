--- v0 (2025-10-17)
+++ v1 (2025-12-01)
@@ -10869,51 +10869,51 @@
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
         <v>581</v>
       </c>
       <c r="D288">
         <v>2022</v>
       </c>
       <c r="E288" t="s">
         <v>582</v>
       </c>
       <c r="F288" t="s">
         <v>12</v>
       </c>
       <c r="G288">
         <v>220.0</v>
       </c>
       <c r="H288">
         <v>220.0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>8</v>
+        <v>186</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
         <v>583</v>
       </c>
       <c r="D289">
         <v>2022</v>
       </c>
       <c r="E289" t="s">
         <v>584</v>
       </c>
       <c r="F289" t="s">
         <v>12</v>
       </c>
       <c r="G289">
         <v>228.0</v>
       </c>
       <c r="H289">
         <v>228.0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
@@ -10973,72 +10973,72 @@
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
         <v>589</v>
       </c>
       <c r="D292">
         <v>2018</v>
       </c>
       <c r="E292" t="s">
         <v>590</v>
       </c>
       <c r="F292" t="s">
         <v>12</v>
       </c>
       <c r="G292">
         <v>362.0</v>
       </c>
       <c r="H292">
         <v>362.0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>8</v>
+        <v>186</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
         <v>591</v>
       </c>
       <c r="D293">
         <v>2022</v>
       </c>
       <c r="E293" t="s">
         <v>592</v>
       </c>
       <c r="F293" t="s">
         <v>12</v>
       </c>
       <c r="G293">
-        <v>462.0</v>
+        <v>320.0</v>
       </c>
       <c r="H293">
-        <v>462.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>8</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
         <v>593</v>
       </c>
       <c r="D294">
         <v>2019</v>
       </c>
       <c r="E294" t="s">
         <v>594</v>
       </c>
       <c r="F294" t="s">
         <v>12</v>
       </c>
       <c r="G294">
         <v>330.0</v>
       </c>
       <c r="H294">
@@ -12065,51 +12065,51 @@
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
         <v>675</v>
       </c>
       <c r="D334">
         <v>5</v>
       </c>
       <c r="E334" t="s">
         <v>676</v>
       </c>
       <c r="F334" t="s">
         <v>12</v>
       </c>
       <c r="G334">
         <v>20.0</v>
       </c>
       <c r="H334">
         <v>20.0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>8</v>
+        <v>614</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
         <v>677</v>
       </c>
       <c r="D335">
         <v>2020</v>
       </c>
       <c r="E335" t="s">
         <v>678</v>
       </c>
       <c r="F335" t="s">
         <v>12</v>
       </c>
       <c r="G335">
         <v>158.0</v>
       </c>
       <c r="H335">
         <v>158.0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
@@ -14858,51 +14858,51 @@
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>8</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
         <v>891</v>
       </c>
       <c r="E442" t="s">
         <v>892</v>
       </c>
       <c r="F442" t="s">
         <v>12</v>
       </c>
       <c r="G442">
         <v>20.0</v>
       </c>
       <c r="H442">
         <v>20.0</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>8</v>
+        <v>614</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
         <v>893</v>
       </c>
       <c r="D443">
         <v>2020</v>
       </c>
       <c r="E443" t="s">
         <v>894</v>
       </c>
       <c r="F443" t="s">
         <v>12</v>
       </c>
       <c r="G443">
         <v>158.0</v>
       </c>
       <c r="H443">
         <v>158.0</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
@@ -15840,51 +15840,51 @@
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
         <v>967</v>
       </c>
       <c r="D480">
         <v>2019</v>
       </c>
       <c r="E480" t="s">
         <v>968</v>
       </c>
       <c r="F480" t="s">
         <v>12</v>
       </c>
       <c r="G480">
         <v>158.0</v>
       </c>
       <c r="H480">
         <v>158.0</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>8</v>
+        <v>614</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
         <v>969</v>
       </c>
       <c r="D481">
         <v>2020</v>
       </c>
       <c r="E481" t="s">
         <v>970</v>
       </c>
       <c r="F481" t="s">
         <v>12</v>
       </c>
       <c r="G481">
         <v>258.0</v>
       </c>
       <c r="H481">
         <v>258.0</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
@@ -16308,51 +16308,51 @@
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
         <v>1002</v>
       </c>
       <c r="D498">
         <v>2021</v>
       </c>
       <c r="E498" t="s">
         <v>1003</v>
       </c>
       <c r="F498" t="s">
         <v>12</v>
       </c>
       <c r="G498">
         <v>258.0</v>
       </c>
       <c r="H498">
         <v>258.0</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>186</v>
+        <v>614</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
         <v>1004</v>
       </c>
       <c r="D499">
         <v>2010</v>
       </c>
       <c r="E499" t="s">
         <v>1005</v>
       </c>
       <c r="F499" t="s">
         <v>12</v>
       </c>
       <c r="G499">
         <v>258.0</v>
       </c>
       <c r="H499">
         <v>258.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>