--- v0 (2025-12-31)
+++ v1 (2026-02-16)
@@ -1265,54 +1265,54 @@
       </c>
       <c r="H7">
         <v>166.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>23</v>
       </c>
       <c r="G8">
-        <v>515.0</v>
+        <v>545.0</v>
       </c>
       <c r="H8">
-        <v>515.0</v>
+        <v>545.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>15</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>23</v>
       </c>
       <c r="G9">
         <v>20.0</v>
       </c>
       <c r="H9">
@@ -1395,54 +1395,54 @@
       </c>
       <c r="H12">
         <v>20.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
         <v>19</v>
       </c>
       <c r="G13">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
       <c r="H13">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>24</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>40</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
         <v>306.0</v>
       </c>
       <c r="H14">
@@ -1545,522 +1545,522 @@
       </c>
       <c r="H18">
         <v>196.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>15</v>
       </c>
       <c r="B19" t="s">
         <v>20</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
       <c r="D19">
         <v>2025</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>23</v>
       </c>
       <c r="G19">
-        <v>895.0</v>
+        <v>926.0</v>
       </c>
       <c r="H19">
-        <v>895.0</v>
+        <v>926.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>15</v>
       </c>
       <c r="B20" t="s">
         <v>20</v>
       </c>
       <c r="C20" t="s">
         <v>49</v>
       </c>
       <c r="D20">
         <v>2025</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>23</v>
       </c>
       <c r="G20">
-        <v>799.0</v>
+        <v>833.0</v>
       </c>
       <c r="H20">
-        <v>799.0</v>
+        <v>833.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>50</v>
       </c>
       <c r="D21">
         <v>16</v>
       </c>
       <c r="E21" t="s">
         <v>51</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
         <v>20.0</v>
       </c>
       <c r="H21">
         <v>20.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>15</v>
       </c>
       <c r="B22" t="s">
         <v>20</v>
       </c>
       <c r="C22" t="s">
         <v>52</v>
       </c>
       <c r="D22">
         <v>2024</v>
       </c>
       <c r="E22" t="s">
         <v>53</v>
       </c>
       <c r="F22" t="s">
         <v>23</v>
       </c>
       <c r="G22">
-        <v>640.0</v>
+        <v>670.0</v>
       </c>
       <c r="H22">
-        <v>640.0</v>
+        <v>670.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23" t="s">
         <v>20</v>
       </c>
       <c r="C23" t="s">
         <v>54</v>
       </c>
       <c r="D23">
         <v>2024</v>
       </c>
       <c r="E23" t="s">
         <v>53</v>
       </c>
       <c r="F23" t="s">
         <v>23</v>
       </c>
       <c r="G23">
-        <v>799.0</v>
+        <v>833.0</v>
       </c>
       <c r="H23">
-        <v>799.0</v>
+        <v>833.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" t="s">
         <v>20</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
         <v>2024</v>
       </c>
       <c r="E24" t="s">
         <v>53</v>
       </c>
       <c r="F24" t="s">
         <v>23</v>
       </c>
       <c r="G24">
-        <v>1295.0</v>
+        <v>1326.0</v>
       </c>
       <c r="H24">
-        <v>1295.0</v>
+        <v>1326.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>15</v>
       </c>
       <c r="B25" t="s">
         <v>20</v>
       </c>
       <c r="C25" t="s">
         <v>56</v>
       </c>
       <c r="D25">
         <v>2024</v>
       </c>
       <c r="E25" t="s">
         <v>53</v>
       </c>
       <c r="F25" t="s">
         <v>23</v>
       </c>
       <c r="G25">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H25">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>15</v>
       </c>
       <c r="B26" t="s">
         <v>20</v>
       </c>
       <c r="C26" t="s">
         <v>57</v>
       </c>
       <c r="D26">
         <v>2024</v>
       </c>
       <c r="E26" t="s">
         <v>58</v>
       </c>
       <c r="F26" t="s">
         <v>23</v>
       </c>
       <c r="G26">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H26">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>15</v>
       </c>
       <c r="B27" t="s">
         <v>20</v>
       </c>
       <c r="C27" t="s">
         <v>59</v>
       </c>
       <c r="D27">
         <v>2024</v>
       </c>
       <c r="E27" t="s">
         <v>58</v>
       </c>
       <c r="F27" t="s">
         <v>23</v>
       </c>
       <c r="G27">
-        <v>956.0</v>
+        <v>987.0</v>
       </c>
       <c r="H27">
-        <v>956.0</v>
+        <v>987.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>15</v>
       </c>
       <c r="B28" t="s">
         <v>20</v>
       </c>
       <c r="C28" t="s">
         <v>60</v>
       </c>
       <c r="D28">
         <v>2024</v>
       </c>
       <c r="E28" t="s">
         <v>58</v>
       </c>
       <c r="F28" t="s">
         <v>23</v>
       </c>
       <c r="G28">
-        <v>799.0</v>
+        <v>833.0</v>
       </c>
       <c r="H28">
-        <v>799.0</v>
+        <v>833.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>15</v>
       </c>
       <c r="B29" t="s">
         <v>20</v>
       </c>
       <c r="C29" t="s">
         <v>61</v>
       </c>
       <c r="D29">
         <v>2024</v>
       </c>
       <c r="E29" t="s">
         <v>58</v>
       </c>
       <c r="F29" t="s">
         <v>23</v>
       </c>
       <c r="G29">
-        <v>264.0</v>
+        <v>272.0</v>
       </c>
       <c r="H29">
-        <v>264.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>15</v>
       </c>
       <c r="B30" t="s">
         <v>20</v>
       </c>
       <c r="C30" t="s">
         <v>62</v>
       </c>
       <c r="D30">
         <v>2024</v>
       </c>
       <c r="E30" t="s">
         <v>63</v>
       </c>
       <c r="F30" t="s">
         <v>23</v>
       </c>
       <c r="G30">
-        <v>799.0</v>
+        <v>833.0</v>
       </c>
       <c r="H30">
-        <v>799.0</v>
+        <v>833.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>15</v>
       </c>
       <c r="B31" t="s">
         <v>20</v>
       </c>
       <c r="C31" t="s">
         <v>64</v>
       </c>
       <c r="D31">
         <v>2024</v>
       </c>
       <c r="E31" t="s">
         <v>63</v>
       </c>
       <c r="F31" t="s">
         <v>23</v>
       </c>
       <c r="G31">
-        <v>1169.0</v>
+        <v>1200.0</v>
       </c>
       <c r="H31">
-        <v>1169.0</v>
+        <v>1200.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>15</v>
       </c>
       <c r="B32" t="s">
         <v>20</v>
       </c>
       <c r="C32" t="s">
         <v>65</v>
       </c>
       <c r="D32">
         <v>2024</v>
       </c>
       <c r="E32" t="s">
         <v>63</v>
       </c>
       <c r="F32" t="s">
         <v>23</v>
       </c>
       <c r="G32">
-        <v>500.0</v>
+        <v>520.0</v>
       </c>
       <c r="H32">
-        <v>500.0</v>
+        <v>520.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>15</v>
       </c>
       <c r="B33" t="s">
         <v>20</v>
       </c>
       <c r="C33" t="s">
         <v>66</v>
       </c>
       <c r="D33">
         <v>2024</v>
       </c>
       <c r="E33" t="s">
         <v>63</v>
       </c>
       <c r="F33" t="s">
         <v>23</v>
       </c>
       <c r="G33">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H33">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>15</v>
       </c>
       <c r="B34" t="s">
         <v>20</v>
       </c>
       <c r="C34" t="s">
         <v>67</v>
       </c>
       <c r="D34">
         <v>2024</v>
       </c>
       <c r="E34" t="s">
         <v>68</v>
       </c>
       <c r="F34" t="s">
         <v>23</v>
       </c>
       <c r="G34">
-        <v>998.0</v>
+        <v>1030.0</v>
       </c>
       <c r="H34">
-        <v>998.0</v>
+        <v>1030.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>15</v>
       </c>
       <c r="B35" t="s">
         <v>20</v>
       </c>
       <c r="C35" t="s">
         <v>69</v>
       </c>
       <c r="D35">
         <v>2024</v>
       </c>
       <c r="E35" t="s">
         <v>68</v>
       </c>
       <c r="F35" t="s">
         <v>23</v>
       </c>
       <c r="G35">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H35">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>15</v>
       </c>
       <c r="B36" t="s">
         <v>20</v>
       </c>
       <c r="C36" t="s">
         <v>70</v>
       </c>
       <c r="D36">
         <v>2024</v>
       </c>
       <c r="E36" t="s">
         <v>68</v>
       </c>
       <c r="F36" t="s">
         <v>23</v>
       </c>
       <c r="G36">
-        <v>799.0</v>
+        <v>833.0</v>
       </c>
       <c r="H36">
-        <v>799.0</v>
+        <v>833.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>15</v>
       </c>
       <c r="B37" t="s">
         <v>20</v>
       </c>
       <c r="C37" t="s">
         <v>71</v>
       </c>
       <c r="D37">
         <v>2024</v>
       </c>
       <c r="E37" t="s">
         <v>68</v>
       </c>
       <c r="F37" t="s">
         <v>23</v>
       </c>
       <c r="G37">
-        <v>310.0</v>
+        <v>320.0</v>
       </c>
       <c r="H37">
-        <v>310.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>72</v>
       </c>
       <c r="D38">
         <v>12</v>
       </c>
       <c r="E38" t="s">
         <v>73</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
         <v>20.0</v>
       </c>
       <c r="H38">
@@ -2221,80 +2221,80 @@
       </c>
       <c r="H44">
         <v>136.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>15</v>
       </c>
       <c r="B45" t="s">
         <v>20</v>
       </c>
       <c r="C45" t="s">
         <v>87</v>
       </c>
       <c r="D45">
         <v>2023</v>
       </c>
       <c r="E45" t="s">
         <v>86</v>
       </c>
       <c r="F45" t="s">
         <v>23</v>
       </c>
       <c r="G45">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
       <c r="H45">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>15</v>
       </c>
       <c r="B46" t="s">
         <v>20</v>
       </c>
       <c r="C46" t="s">
         <v>88</v>
       </c>
       <c r="D46">
         <v>2023</v>
       </c>
       <c r="E46" t="s">
         <v>86</v>
       </c>
       <c r="F46" t="s">
         <v>23</v>
       </c>
       <c r="G46">
-        <v>505.0</v>
+        <v>520.0</v>
       </c>
       <c r="H46">
-        <v>505.0</v>
+        <v>520.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>15</v>
       </c>
       <c r="B47" t="s">
         <v>20</v>
       </c>
       <c r="C47" t="s">
         <v>89</v>
       </c>
       <c r="D47">
         <v>2023</v>
       </c>
       <c r="E47" t="s">
         <v>86</v>
       </c>
       <c r="F47" t="s">
         <v>23</v>
       </c>
       <c r="G47">
         <v>80.0</v>
       </c>
       <c r="H47">
@@ -2403,158 +2403,158 @@
       </c>
       <c r="H51">
         <v>0.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>15</v>
       </c>
       <c r="B52" t="s">
         <v>20</v>
       </c>
       <c r="C52" t="s">
         <v>97</v>
       </c>
       <c r="D52">
         <v>2021</v>
       </c>
       <c r="E52" t="s">
         <v>98</v>
       </c>
       <c r="F52" t="s">
         <v>23</v>
       </c>
       <c r="G52">
-        <v>760.0</v>
+        <v>790.0</v>
       </c>
       <c r="H52">
-        <v>760.0</v>
+        <v>790.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>15</v>
       </c>
       <c r="B53" t="s">
         <v>20</v>
       </c>
       <c r="C53" t="s">
         <v>99</v>
       </c>
       <c r="D53">
         <v>2021</v>
       </c>
       <c r="E53" t="s">
         <v>100</v>
       </c>
       <c r="F53" t="s">
         <v>23</v>
       </c>
       <c r="G53">
         <v>80.0</v>
       </c>
       <c r="H53">
         <v>80.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>15</v>
       </c>
       <c r="B54" t="s">
         <v>20</v>
       </c>
       <c r="C54" t="s">
         <v>101</v>
       </c>
       <c r="D54">
         <v>2016</v>
       </c>
       <c r="E54" t="s">
         <v>98</v>
       </c>
       <c r="F54" t="s">
         <v>23</v>
       </c>
       <c r="G54">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H54">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>15</v>
       </c>
       <c r="B55" t="s">
         <v>20</v>
       </c>
       <c r="C55" t="s">
         <v>102</v>
       </c>
       <c r="D55">
         <v>2020</v>
       </c>
       <c r="E55" t="s">
         <v>103</v>
       </c>
       <c r="F55" t="s">
         <v>23</v>
       </c>
       <c r="G55">
         <v>115.0</v>
       </c>
       <c r="H55">
         <v>115.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>15</v>
       </c>
       <c r="B56" t="s">
         <v>20</v>
       </c>
       <c r="C56" t="s">
         <v>104</v>
       </c>
       <c r="D56">
         <v>2020</v>
       </c>
       <c r="E56" t="s">
         <v>105</v>
       </c>
       <c r="F56" t="s">
         <v>23</v>
       </c>
       <c r="G56">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H56">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>15</v>
       </c>
       <c r="B57" t="s">
         <v>20</v>
       </c>
       <c r="C57" t="s">
         <v>106</v>
       </c>
       <c r="D57">
         <v>2018</v>
       </c>
       <c r="E57" t="s">
         <v>107</v>
       </c>
       <c r="F57" t="s">
         <v>23</v>
       </c>
       <c r="G57">
         <v>10.0</v>
       </c>
       <c r="H57">
@@ -2585,106 +2585,106 @@
       </c>
       <c r="H58">
         <v>10.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>15</v>
       </c>
       <c r="B59" t="s">
         <v>20</v>
       </c>
       <c r="C59" t="s">
         <v>109</v>
       </c>
       <c r="D59">
         <v>2018</v>
       </c>
       <c r="E59" t="s">
         <v>110</v>
       </c>
       <c r="F59" t="s">
         <v>23</v>
       </c>
       <c r="G59">
-        <v>300.0</v>
+        <v>325.0</v>
       </c>
       <c r="H59">
-        <v>300.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>15</v>
       </c>
       <c r="B60" t="s">
         <v>20</v>
       </c>
       <c r="C60" t="s">
         <v>111</v>
       </c>
       <c r="D60">
         <v>1998</v>
       </c>
       <c r="E60" t="s">
         <v>110</v>
       </c>
       <c r="F60" t="s">
         <v>23</v>
       </c>
       <c r="G60">
-        <v>285.0</v>
+        <v>300.0</v>
       </c>
       <c r="H60">
-        <v>285.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>15</v>
       </c>
       <c r="B61" t="s">
         <v>20</v>
       </c>
       <c r="C61" t="s">
         <v>112</v>
       </c>
       <c r="D61">
         <v>1994</v>
       </c>
       <c r="E61" t="s">
         <v>110</v>
       </c>
       <c r="F61" t="s">
         <v>23</v>
       </c>
       <c r="G61">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H61">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>15</v>
       </c>
       <c r="B62" t="s">
         <v>20</v>
       </c>
       <c r="C62" t="s">
         <v>113</v>
       </c>
       <c r="D62">
         <v>1998</v>
       </c>
       <c r="E62" t="s">
         <v>114</v>
       </c>
       <c r="F62" t="s">
         <v>23</v>
       </c>
       <c r="G62">
         <v>10.0</v>
       </c>
       <c r="H62">
@@ -2741,184 +2741,184 @@
       </c>
       <c r="H64">
         <v>40.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>15</v>
       </c>
       <c r="B65" t="s">
         <v>20</v>
       </c>
       <c r="C65" t="s">
         <v>119</v>
       </c>
       <c r="D65">
         <v>2017</v>
       </c>
       <c r="E65" t="s">
         <v>120</v>
       </c>
       <c r="F65" t="s">
         <v>23</v>
       </c>
       <c r="G65">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
       <c r="H65">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>15</v>
       </c>
       <c r="B66" t="s">
         <v>20</v>
       </c>
       <c r="C66" t="s">
         <v>121</v>
       </c>
       <c r="D66">
         <v>2016</v>
       </c>
       <c r="E66" t="s">
         <v>122</v>
       </c>
       <c r="F66" t="s">
         <v>23</v>
       </c>
       <c r="G66">
-        <v>405.0</v>
+        <v>460.0</v>
       </c>
       <c r="H66">
-        <v>405.0</v>
+        <v>460.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>15</v>
       </c>
       <c r="B67" t="s">
         <v>20</v>
       </c>
       <c r="C67" t="s">
         <v>123</v>
       </c>
       <c r="D67">
         <v>2017</v>
       </c>
       <c r="E67" t="s">
         <v>124</v>
       </c>
       <c r="F67" t="s">
         <v>23</v>
       </c>
       <c r="G67">
         <v>10.0</v>
       </c>
       <c r="H67">
         <v>10.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>15</v>
       </c>
       <c r="B68" t="s">
         <v>20</v>
       </c>
       <c r="C68" t="s">
         <v>125</v>
       </c>
       <c r="D68">
         <v>2021</v>
       </c>
       <c r="E68" t="s">
         <v>120</v>
       </c>
       <c r="F68" t="s">
         <v>23</v>
       </c>
       <c r="G68">
-        <v>465.0</v>
+        <v>495.0</v>
       </c>
       <c r="H68">
-        <v>465.0</v>
+        <v>495.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>15</v>
       </c>
       <c r="B69" t="s">
         <v>20</v>
       </c>
       <c r="C69" t="s">
         <v>126</v>
       </c>
       <c r="D69">
         <v>2021</v>
       </c>
       <c r="E69" t="s">
         <v>127</v>
       </c>
       <c r="F69" t="s">
         <v>23</v>
       </c>
       <c r="G69">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
       <c r="H69">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>15</v>
       </c>
       <c r="B70" t="s">
         <v>20</v>
       </c>
       <c r="C70" t="s">
         <v>128</v>
       </c>
       <c r="D70">
         <v>2021</v>
       </c>
       <c r="E70" t="s">
         <v>29</v>
       </c>
       <c r="F70" t="s">
         <v>23</v>
       </c>
       <c r="G70">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H70">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>15</v>
       </c>
       <c r="B71" t="s">
         <v>20</v>
       </c>
       <c r="C71" t="s">
         <v>129</v>
       </c>
       <c r="D71">
         <v>2018</v>
       </c>
       <c r="E71" t="s">
         <v>130</v>
       </c>
       <c r="F71" t="s">
         <v>23</v>
       </c>
       <c r="G71">
         <v>115.0</v>
       </c>
       <c r="H71">
@@ -2949,106 +2949,106 @@
       </c>
       <c r="H72">
         <v>20.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>15</v>
       </c>
       <c r="B73" t="s">
         <v>20</v>
       </c>
       <c r="C73" t="s">
         <v>133</v>
       </c>
       <c r="D73">
         <v>2021</v>
       </c>
       <c r="E73" t="s">
         <v>29</v>
       </c>
       <c r="F73" t="s">
         <v>23</v>
       </c>
       <c r="G73">
-        <v>476.0</v>
+        <v>502.0</v>
       </c>
       <c r="H73">
-        <v>476.0</v>
+        <v>502.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>15</v>
       </c>
       <c r="B74" t="s">
         <v>20</v>
       </c>
       <c r="C74" t="s">
         <v>134</v>
       </c>
       <c r="D74">
         <v>2014</v>
       </c>
       <c r="E74" t="s">
         <v>135</v>
       </c>
       <c r="F74" t="s">
         <v>23</v>
       </c>
       <c r="G74">
         <v>80.0</v>
       </c>
       <c r="H74">
         <v>80.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>15</v>
       </c>
       <c r="B75" t="s">
         <v>20</v>
       </c>
       <c r="C75" t="s">
         <v>136</v>
       </c>
       <c r="D75">
         <v>1999</v>
       </c>
       <c r="E75" t="s">
         <v>137</v>
       </c>
       <c r="F75" t="s">
         <v>23</v>
       </c>
       <c r="G75">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H75">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>15</v>
       </c>
       <c r="B76" t="s">
         <v>20</v>
       </c>
       <c r="C76" t="s">
         <v>138</v>
       </c>
       <c r="D76">
         <v>2014</v>
       </c>
       <c r="E76" t="s">
         <v>139</v>
       </c>
       <c r="F76" t="s">
         <v>23</v>
       </c>
       <c r="G76">
         <v>85.0</v>
       </c>
       <c r="H76">
@@ -3131,106 +3131,106 @@
       </c>
       <c r="H79">
         <v>115.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>15</v>
       </c>
       <c r="B80" t="s">
         <v>20</v>
       </c>
       <c r="C80" t="s">
         <v>146</v>
       </c>
       <c r="D80">
         <v>2009</v>
       </c>
       <c r="E80" t="s">
         <v>147</v>
       </c>
       <c r="F80" t="s">
         <v>23</v>
       </c>
       <c r="G80">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H80">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>15</v>
       </c>
       <c r="B81" t="s">
         <v>20</v>
       </c>
       <c r="C81" t="s">
         <v>148</v>
       </c>
       <c r="D81">
         <v>2009</v>
       </c>
       <c r="E81" t="s">
         <v>147</v>
       </c>
       <c r="F81" t="s">
         <v>23</v>
       </c>
       <c r="G81">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H81">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>15</v>
       </c>
       <c r="B82" t="s">
         <v>20</v>
       </c>
       <c r="C82" t="s">
         <v>149</v>
       </c>
       <c r="D82">
         <v>2011</v>
       </c>
       <c r="E82" t="s">
         <v>120</v>
       </c>
       <c r="F82" t="s">
         <v>23</v>
       </c>
       <c r="G82">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H82">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>15</v>
       </c>
       <c r="B83" t="s">
         <v>20</v>
       </c>
       <c r="C83" t="s">
         <v>150</v>
       </c>
       <c r="D83">
         <v>2014</v>
       </c>
       <c r="E83" t="s">
         <v>151</v>
       </c>
       <c r="F83" t="s">
         <v>23</v>
       </c>
       <c r="G83">
         <v>40.0</v>
       </c>
       <c r="H83">
@@ -3261,54 +3261,54 @@
       </c>
       <c r="H84">
         <v>16.87</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>15</v>
       </c>
       <c r="B85" t="s">
         <v>16</v>
       </c>
       <c r="C85" t="s">
         <v>154</v>
       </c>
       <c r="D85">
         <v>2006</v>
       </c>
       <c r="E85" t="s">
         <v>155</v>
       </c>
       <c r="F85" t="s">
         <v>19</v>
       </c>
       <c r="G85">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H85">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>156</v>
       </c>
       <c r="D86">
         <v>7</v>
       </c>
       <c r="E86" t="s">
         <v>157</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
         <v>20.0</v>
       </c>
       <c r="H86">