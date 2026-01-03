--- v0 (2025-10-02)
+++ v1 (2026-01-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="482">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="478">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -1004,50 +1004,53 @@
   <si>
     <t>21/30398230 DC</t>
   </si>
   <si>
     <t>BS ISO 12164-3. Hollow taper interface with flange contact surface - Part 3. Shanks of type T, TA and U</t>
   </si>
   <si>
     <t>BS ISO 22402-2:2022</t>
   </si>
   <si>
     <t>Medium-transfer units for tool interfaces - Transfer units for polygonal taper interfaces in accordance with the ISO 26623 series</t>
   </si>
   <si>
     <t>23/30441162 DC</t>
   </si>
   <si>
     <t>BS ISO 5686-3. Tapered polygonal interface with flat contact surface - Part 3. Coupling for driven tool holders with shanks of type F and A</t>
   </si>
   <si>
     <t>21/30398239 DC</t>
   </si>
   <si>
     <t>BS ISO 12164-6. Hollow taper interface with flange contact surface - Part 6. Receivers of type AS, CS and ES for hollow taper shanks of type AS, CS and ES</t>
   </si>
   <si>
+    <t>Under Review</t>
+  </si>
+  <si>
     <t>BS ISO 26623-1:2020</t>
   </si>
   <si>
     <t>Polygonal taper interface with flange contact surface - Dimensions and designation of shanks</t>
   </si>
   <si>
     <t>21/30400669 DC</t>
   </si>
   <si>
     <t>BS ISO 12164-1. Hollow taper interface with flange contact surface - Part 1. Shanks of types A, AB, C, CB and EB</t>
   </si>
   <si>
     <t>21/30400672 DC</t>
   </si>
   <si>
     <t>BS ISO 12164-2. Hollow taper interface with flange contact surface - Part 2. Receivers of type A, C and E for hollow taper shanks of type A, AB, C, CB and EB</t>
   </si>
   <si>
     <t>23/30441156 DC</t>
   </si>
   <si>
     <t>BS ISO 5686-1. Tapered polygonal interface with flat contact surface - Part 1. Tool shanks type F, H, A</t>
   </si>
   <si>
     <t>23/30441159 DC</t>
@@ -1061,53 +1064,50 @@
   <si>
     <t>BS 426:1969</t>
   </si>
   <si>
     <t>Specification for fixed centres for use on machine tools and in other applications</t>
   </si>
   <si>
     <t>BS 1935:1972</t>
   </si>
   <si>
     <t>Specification for spindle noses and adjustable adaptors for multi-spindle heads</t>
   </si>
   <si>
     <t>BS ISO 3442-3:2007</t>
   </si>
   <si>
     <t>Machine tools. Dimensions and geometric tests for self-centring chucks with two-piece jaws - Power-operated chucks with serrated jaws</t>
   </si>
   <si>
     <t>BS 1098-1:1967</t>
   </si>
   <si>
     <t>Specification for jig bushes - Inch units</t>
   </si>
   <si>
-    <t>Under Review</t>
-[...1 lines deleted...]
-  <si>
     <t>BS ISO 3442-2:2005</t>
   </si>
   <si>
     <t>Machine tools. Dimensions and geometric tests for self-centring chucks with two-piece jaws - Power-operated chucks with tongue and groove type jaws</t>
   </si>
   <si>
     <t>BS 4656-12:1979</t>
   </si>
   <si>
     <t>Specification for the accuracy of machine tools and methods of test - Dividing heads</t>
   </si>
   <si>
     <t>BS 1660-4:1989</t>
   </si>
   <si>
     <t>Machine tapers - Specification for spindle noses and tool shanks with self-release 7/24 tapers</t>
   </si>
   <si>
     <t>BS ISO 10649-4:2013</t>
   </si>
   <si>
     <t>Cutter arbors with parallel key and tenon drive - Dimensions and designation of tool holders with 7/24 taper without automatic tool changer</t>
   </si>
   <si>
     <t>BS ISO 10889-4:2016</t>
@@ -1446,62 +1446,50 @@
     <t>Specification. Internal broaching tools and pull chuck locations</t>
   </si>
   <si>
     <t>BS ISO 5608:2012</t>
   </si>
   <si>
     <t>Turning and copying tool holders and cartridges for indexable inserts. Designation</t>
   </si>
   <si>
     <t>BS ISO 10889-1:2004</t>
   </si>
   <si>
     <t>Tool holders with cylindrical shank - Cylindrical shank, location bore. Technical delivery conditions</t>
   </si>
   <si>
     <t>BS 1660-9:1988</t>
   </si>
   <si>
     <t>Machine tapers - Specification for cotter slots</t>
   </si>
   <si>
     <t>BS ISO 19719:2010</t>
   </si>
   <si>
     <t>Machine tools. Work holding chucks. Vocabulary</t>
-  </si>
-[...10 lines deleted...]
-    <t>USD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1805,51 +1793,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H233"/>
+  <dimension ref="A1:H232"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1911,106 +1899,106 @@
       </c>
       <c r="H3">
         <v>20.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2024</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H4">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H5">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H6">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>22</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7">
         <v>2024</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7">
         <v>43.0</v>
       </c>
       <c r="H7">
@@ -2119,311 +2107,311 @@
       </c>
       <c r="H11">
         <v>76.82</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12">
         <v>2021</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H12">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
       <c r="D13">
         <v>2023</v>
       </c>
       <c r="E13" t="s">
         <v>40</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H13">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14">
         <v>2023</v>
       </c>
       <c r="E14" t="s">
         <v>42</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
       <c r="H14">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15">
         <v>2023</v>
       </c>
       <c r="E15" t="s">
         <v>44</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H15">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
       <c r="D16">
         <v>2023</v>
       </c>
       <c r="E16" t="s">
         <v>46</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H16">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>47</v>
       </c>
       <c r="D17">
         <v>2023</v>
       </c>
       <c r="E17" t="s">
         <v>48</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H17">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
       <c r="D18">
         <v>2023</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H18">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19">
         <v>2023</v>
       </c>
       <c r="E19" t="s">
         <v>52</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H19">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
       <c r="D20">
         <v>2023</v>
       </c>
       <c r="E20" t="s">
         <v>54</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H20">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>55</v>
       </c>
       <c r="D21">
         <v>2023</v>
       </c>
       <c r="E21" t="s">
         <v>56</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H21">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>57</v>
       </c>
       <c r="D22">
         <v>2023</v>
       </c>
       <c r="E22" t="s">
         <v>58</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="H22">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
         <v>22</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
       <c r="D23">
         <v>2023</v>
       </c>
       <c r="E23" t="s">
         <v>60</v>
       </c>
       <c r="F23" t="s">
         <v>25</v>
       </c>
       <c r="G23">
         <v>65.0</v>
       </c>
       <c r="H23">
@@ -5834,54 +5822,54 @@
       </c>
       <c r="H154">
         <v>20.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>8</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>324</v>
       </c>
       <c r="D155">
         <v>2022</v>
       </c>
       <c r="E155" t="s">
         <v>325</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H155">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>8</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>326</v>
       </c>
       <c r="D156">
         <v>30</v>
       </c>
       <c r="E156" t="s">
         <v>327</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156">
         <v>20.0</v>
       </c>
       <c r="H156">
@@ -5894,488 +5882,488 @@
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>328</v>
       </c>
       <c r="D157">
         <v>4</v>
       </c>
       <c r="E157" t="s">
         <v>329</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
       <c r="G157">
         <v>20.0</v>
       </c>
       <c r="H157">
         <v>20.0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>8</v>
+        <v>330</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D158">
         <v>2020</v>
       </c>
       <c r="E158" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
       <c r="G158">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H158">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>8</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D159">
         <v>4</v>
       </c>
       <c r="E159" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159">
         <v>20.0</v>
       </c>
       <c r="H159">
         <v>20.0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>8</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D160">
         <v>4</v>
       </c>
       <c r="E160" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160">
         <v>20.0</v>
       </c>
       <c r="H160">
         <v>20.0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>8</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D161">
         <v>3</v>
       </c>
       <c r="E161" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161">
         <v>20.0</v>
       </c>
       <c r="H161">
         <v>20.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>8</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D162">
         <v>3</v>
       </c>
       <c r="E162" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F162" t="s">
         <v>12</v>
       </c>
       <c r="G162">
         <v>20.0</v>
       </c>
       <c r="H162">
         <v>20.0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D163">
         <v>1969</v>
       </c>
       <c r="E163" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F163" t="s">
         <v>12</v>
       </c>
       <c r="G163">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H163">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D164">
         <v>1972</v>
       </c>
       <c r="E164" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F164" t="s">
         <v>12</v>
       </c>
       <c r="G164">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H164">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D165">
         <v>2007</v>
       </c>
       <c r="E165" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F165" t="s">
         <v>12</v>
       </c>
       <c r="G165">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H165">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D166">
         <v>1967</v>
       </c>
       <c r="E166" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="F166" t="s">
         <v>12</v>
       </c>
       <c r="G166">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H166">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>350</v>
       </c>
       <c r="D167">
         <v>2005</v>
       </c>
       <c r="E167" t="s">
         <v>351</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
       <c r="G167">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H167">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>352</v>
       </c>
       <c r="D168">
         <v>1979</v>
       </c>
       <c r="E168" t="s">
         <v>353</v>
       </c>
       <c r="F168" t="s">
         <v>12</v>
       </c>
       <c r="G168">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H168">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>354</v>
       </c>
       <c r="D169">
         <v>1989</v>
       </c>
       <c r="E169" t="s">
         <v>355</v>
       </c>
       <c r="F169" t="s">
         <v>12</v>
       </c>
       <c r="G169">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H169">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>356</v>
       </c>
       <c r="D170">
         <v>2013</v>
       </c>
       <c r="E170" t="s">
         <v>357</v>
       </c>
       <c r="F170" t="s">
         <v>12</v>
       </c>
       <c r="G170">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H170">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>358</v>
       </c>
       <c r="D171">
         <v>2016</v>
       </c>
       <c r="E171" t="s">
         <v>359</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H171">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>360</v>
       </c>
       <c r="D172">
         <v>2007</v>
       </c>
       <c r="E172" t="s">
         <v>361</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H172">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>362</v>
       </c>
       <c r="D173">
         <v>2016</v>
       </c>
       <c r="E173" t="s">
         <v>147</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
       <c r="G173">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H173">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>363</v>
       </c>
       <c r="D174">
         <v>1996</v>
       </c>
       <c r="E174" t="s">
         <v>364</v>
       </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
       <c r="G174">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H174">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>8</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>365</v>
       </c>
       <c r="D175">
         <v>4</v>
       </c>
       <c r="E175" t="s">
         <v>366</v>
       </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
       <c r="G175">
         <v>20.0</v>
       </c>
       <c r="H175">
@@ -6388,1528 +6376,1502 @@
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>367</v>
       </c>
       <c r="D176">
         <v>4</v>
       </c>
       <c r="E176" t="s">
         <v>368</v>
       </c>
       <c r="F176" t="s">
         <v>12</v>
       </c>
       <c r="G176">
         <v>20.0</v>
       </c>
       <c r="H176">
         <v>20.0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>369</v>
       </c>
       <c r="D177">
         <v>2016</v>
       </c>
       <c r="E177" t="s">
         <v>370</v>
       </c>
       <c r="F177" t="s">
         <v>12</v>
       </c>
       <c r="G177">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H177">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>371</v>
       </c>
       <c r="D178">
         <v>2013</v>
       </c>
       <c r="E178" t="s">
         <v>372</v>
       </c>
       <c r="F178" t="s">
         <v>12</v>
       </c>
       <c r="G178">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H178">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>373</v>
       </c>
       <c r="D179">
         <v>1997</v>
       </c>
       <c r="E179" t="s">
         <v>374</v>
       </c>
       <c r="F179" t="s">
         <v>12</v>
       </c>
       <c r="G179">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H179">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>375</v>
       </c>
       <c r="D180">
         <v>1977</v>
       </c>
       <c r="E180" t="s">
         <v>376</v>
       </c>
       <c r="F180" t="s">
         <v>12</v>
       </c>
       <c r="G180">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H180">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>377</v>
       </c>
       <c r="D181">
         <v>2016</v>
       </c>
       <c r="E181" t="s">
         <v>149</v>
       </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
       <c r="G181">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H181">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>378</v>
       </c>
       <c r="D182">
         <v>2016</v>
       </c>
       <c r="E182" t="s">
         <v>379</v>
       </c>
       <c r="F182" t="s">
         <v>12</v>
       </c>
       <c r="G182">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H182">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>8</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>380</v>
       </c>
       <c r="D183">
         <v>2005</v>
       </c>
       <c r="E183" t="s">
         <v>381</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H183">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>382</v>
       </c>
       <c r="D184">
         <v>2007</v>
       </c>
       <c r="E184" t="s">
         <v>383</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H184">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>384</v>
       </c>
       <c r="D185">
         <v>1992</v>
       </c>
       <c r="E185" t="s">
         <v>385</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H185">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>386</v>
       </c>
       <c r="D186">
         <v>2007</v>
       </c>
       <c r="E186" t="s">
         <v>387</v>
       </c>
       <c r="F186" t="s">
         <v>12</v>
       </c>
       <c r="G186">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H186">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>388</v>
       </c>
       <c r="D187">
         <v>2007</v>
       </c>
       <c r="E187" t="s">
         <v>389</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
       <c r="G187">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H187">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>390</v>
       </c>
       <c r="D188">
         <v>2002</v>
       </c>
       <c r="E188" t="s">
         <v>391</v>
       </c>
       <c r="F188" t="s">
         <v>12</v>
       </c>
       <c r="G188">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H188">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>392</v>
       </c>
       <c r="D189">
         <v>2002</v>
       </c>
       <c r="E189" t="s">
         <v>393</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
       <c r="G189">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H189">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>394</v>
       </c>
       <c r="D190">
         <v>1987</v>
       </c>
       <c r="E190" t="s">
         <v>395</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H190">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>396</v>
       </c>
       <c r="D191">
         <v>1973</v>
       </c>
       <c r="E191" t="s">
         <v>397</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H191">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>398</v>
       </c>
       <c r="D192">
         <v>1969</v>
       </c>
       <c r="E192" t="s">
         <v>399</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
       <c r="G192">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H192">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>400</v>
       </c>
       <c r="D193">
         <v>2005</v>
       </c>
       <c r="E193" t="s">
         <v>401</v>
       </c>
       <c r="F193" t="s">
         <v>12</v>
       </c>
       <c r="G193">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H193">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>402</v>
       </c>
       <c r="D194">
         <v>1989</v>
       </c>
       <c r="E194" t="s">
         <v>403</v>
       </c>
       <c r="F194" t="s">
         <v>12</v>
       </c>
       <c r="G194">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H194">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>404</v>
       </c>
       <c r="D195">
         <v>1996</v>
       </c>
       <c r="E195" t="s">
         <v>405</v>
       </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
       <c r="G195">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H195">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>406</v>
       </c>
       <c r="D196">
         <v>2008</v>
       </c>
       <c r="E196" t="s">
         <v>407</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H196">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>408</v>
       </c>
       <c r="D197">
         <v>2006</v>
       </c>
       <c r="E197" t="s">
         <v>409</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H197">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>410</v>
       </c>
       <c r="D198">
         <v>2012</v>
       </c>
       <c r="E198" t="s">
         <v>411</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H198">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>412</v>
       </c>
       <c r="D199">
         <v>1988</v>
       </c>
       <c r="E199" t="s">
         <v>413</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199">
-        <v>78.0</v>
+        <v>82.0</v>
       </c>
       <c r="H199">
-        <v>78.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>414</v>
       </c>
       <c r="D200">
         <v>2016</v>
       </c>
       <c r="E200" t="s">
         <v>415</v>
       </c>
       <c r="F200" t="s">
         <v>12</v>
       </c>
       <c r="G200">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H200">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>416</v>
       </c>
       <c r="D201">
         <v>1974</v>
       </c>
       <c r="E201" t="s">
         <v>417</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H201">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>418</v>
       </c>
       <c r="D202">
         <v>2016</v>
       </c>
       <c r="E202" t="s">
         <v>153</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
       <c r="G202">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H202">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>419</v>
       </c>
       <c r="D203">
         <v>2016</v>
       </c>
       <c r="E203" t="s">
         <v>420</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H203">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>421</v>
       </c>
       <c r="D204">
         <v>1990</v>
       </c>
       <c r="E204" t="s">
         <v>422</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H204">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>423</v>
       </c>
       <c r="D205">
         <v>2013</v>
       </c>
       <c r="E205" t="s">
         <v>424</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H205">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>425</v>
       </c>
       <c r="D206">
         <v>2016</v>
       </c>
       <c r="E206" t="s">
         <v>426</v>
       </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
       <c r="G206">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H206">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>427</v>
       </c>
       <c r="D207">
         <v>1973</v>
       </c>
       <c r="E207" t="s">
         <v>428</v>
       </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
       <c r="G207">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H207">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>429</v>
       </c>
       <c r="D208">
         <v>1990</v>
       </c>
       <c r="E208" t="s">
         <v>430</v>
       </c>
       <c r="F208" t="s">
         <v>12</v>
       </c>
       <c r="G208">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H208">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>431</v>
       </c>
       <c r="D209">
         <v>1987</v>
       </c>
       <c r="E209" t="s">
         <v>432</v>
       </c>
       <c r="F209" t="s">
         <v>12</v>
       </c>
       <c r="G209">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H209">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>433</v>
       </c>
       <c r="D210">
         <v>2007</v>
       </c>
       <c r="E210" t="s">
         <v>90</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H210">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>434</v>
       </c>
       <c r="D211">
         <v>1988</v>
       </c>
       <c r="E211" t="s">
         <v>435</v>
       </c>
       <c r="F211" t="s">
         <v>12</v>
       </c>
       <c r="G211">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H211">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>436</v>
       </c>
       <c r="D212">
         <v>2012</v>
       </c>
       <c r="E212" t="s">
         <v>437</v>
       </c>
       <c r="F212" t="s">
         <v>12</v>
       </c>
       <c r="G212">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H212">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>438</v>
       </c>
       <c r="D213">
         <v>1991</v>
       </c>
       <c r="E213" t="s">
         <v>439</v>
       </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
       <c r="G213">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H213">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>440</v>
       </c>
       <c r="D214">
         <v>2008</v>
       </c>
       <c r="E214" t="s">
         <v>441</v>
       </c>
       <c r="F214" t="s">
         <v>12</v>
       </c>
       <c r="G214">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H214">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>442</v>
       </c>
       <c r="D215">
         <v>1997</v>
       </c>
       <c r="E215" t="s">
         <v>443</v>
       </c>
       <c r="F215" t="s">
         <v>12</v>
       </c>
       <c r="G215">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H215">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>444</v>
       </c>
       <c r="D216">
         <v>1978</v>
       </c>
       <c r="E216" t="s">
         <v>445</v>
       </c>
       <c r="F216" t="s">
         <v>12</v>
       </c>
       <c r="G216">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H216">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>446</v>
       </c>
       <c r="D217">
         <v>2014</v>
       </c>
       <c r="E217" t="s">
         <v>447</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
       <c r="G217">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H217">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>448</v>
       </c>
       <c r="D218">
         <v>2017</v>
       </c>
       <c r="E218" t="s">
         <v>449</v>
       </c>
       <c r="F218" t="s">
         <v>12</v>
       </c>
       <c r="G218">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H218">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
         <v>450</v>
       </c>
       <c r="D219">
         <v>2008</v>
       </c>
       <c r="E219" t="s">
         <v>451</v>
       </c>
       <c r="F219" t="s">
         <v>12</v>
       </c>
       <c r="G219">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H219">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
         <v>452</v>
       </c>
       <c r="D220">
         <v>2013</v>
       </c>
       <c r="E220" t="s">
         <v>453</v>
       </c>
       <c r="F220" t="s">
         <v>12</v>
       </c>
       <c r="G220">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H220">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>454</v>
       </c>
       <c r="D221">
         <v>2009</v>
       </c>
       <c r="E221" t="s">
         <v>455</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
       <c r="G221">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H221">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>456</v>
       </c>
       <c r="D222">
         <v>2016</v>
       </c>
       <c r="E222" t="s">
         <v>457</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H222">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>458</v>
       </c>
       <c r="D223">
         <v>1994</v>
       </c>
       <c r="E223" t="s">
         <v>459</v>
       </c>
       <c r="F223" t="s">
         <v>12</v>
       </c>
       <c r="G223">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H223">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>460</v>
       </c>
       <c r="D224">
         <v>1993</v>
       </c>
       <c r="E224" t="s">
         <v>461</v>
       </c>
       <c r="F224" t="s">
         <v>12</v>
       </c>
       <c r="G224">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H224">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>462</v>
       </c>
       <c r="D225">
         <v>2016</v>
       </c>
       <c r="E225" t="s">
         <v>463</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
       <c r="G225">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H225">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>464</v>
       </c>
       <c r="D226">
         <v>1969</v>
       </c>
       <c r="E226" t="s">
         <v>465</v>
       </c>
       <c r="F226" t="s">
         <v>12</v>
       </c>
       <c r="G226">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H226">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
         <v>466</v>
       </c>
       <c r="D227">
         <v>2008</v>
       </c>
       <c r="E227" t="s">
         <v>467</v>
       </c>
       <c r="F227" t="s">
         <v>12</v>
       </c>
       <c r="G227">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H227">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>468</v>
       </c>
       <c r="D228">
         <v>1976</v>
       </c>
       <c r="E228" t="s">
         <v>469</v>
       </c>
       <c r="F228" t="s">
         <v>12</v>
       </c>
       <c r="G228">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H228">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
         <v>470</v>
       </c>
       <c r="D229">
         <v>2012</v>
       </c>
       <c r="E229" t="s">
         <v>471</v>
       </c>
       <c r="F229" t="s">
         <v>12</v>
       </c>
       <c r="G229">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H229">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
         <v>472</v>
       </c>
       <c r="D230">
         <v>2004</v>
       </c>
       <c r="E230" t="s">
         <v>473</v>
       </c>
       <c r="F230" t="s">
         <v>12</v>
       </c>
       <c r="G230">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H230">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
         <v>474</v>
       </c>
       <c r="D231">
         <v>1988</v>
       </c>
       <c r="E231" t="s">
         <v>475</v>
       </c>
       <c r="F231" t="s">
         <v>12</v>
       </c>
       <c r="G231">
         <v>158.0</v>
       </c>
       <c r="H231">
         <v>158.0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>476</v>
       </c>
       <c r="D232">
         <v>2010</v>
       </c>
       <c r="E232" t="s">
         <v>477</v>
       </c>
       <c r="F232" t="s">
         <v>12</v>
       </c>
       <c r="G232">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H232">
-        <v>330.0</v>
-[...25 lines deleted...]
-        <v>61.0</v>
+        <v>348.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">