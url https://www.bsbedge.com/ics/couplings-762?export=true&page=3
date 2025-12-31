--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -911,54 +911,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2006</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H2">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
         <v>18.0</v>
       </c>
       <c r="H3">
@@ -1041,106 +1041,106 @@
       </c>
       <c r="H6">
         <v>43.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
         <v>2024</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H7">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8">
         <v>2023</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H8">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9">
         <v>2023</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H9">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10">
         <v>1990</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10">
         <v>9000.0</v>
       </c>
       <c r="H10">
@@ -2029,834 +2029,834 @@
       </c>
       <c r="H44">
         <v>20.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>103</v>
       </c>
       <c r="D45">
         <v>2021</v>
       </c>
       <c r="E45" t="s">
         <v>104</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H45">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>105</v>
       </c>
       <c r="D46">
         <v>24</v>
       </c>
       <c r="E46" t="s">
         <v>106</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
         <v>20.0</v>
       </c>
       <c r="H46">
         <v>20.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>107</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>108</v>
       </c>
       <c r="D47">
         <v>2020</v>
       </c>
       <c r="E47" t="s">
         <v>109</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H47">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>110</v>
       </c>
       <c r="D48">
         <v>2013</v>
       </c>
       <c r="E48" t="s">
         <v>111</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H48">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>112</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>113</v>
       </c>
       <c r="D49">
         <v>2012</v>
       </c>
       <c r="E49" t="s">
         <v>114</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H49">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>112</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>115</v>
       </c>
       <c r="D50">
         <v>2000</v>
       </c>
       <c r="E50" t="s">
         <v>116</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H50">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>112</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>117</v>
       </c>
       <c r="D51">
         <v>1989</v>
       </c>
       <c r="E51" t="s">
         <v>118</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H51">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>112</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>119</v>
       </c>
       <c r="D52">
         <v>2007</v>
       </c>
       <c r="E52" t="s">
         <v>120</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H52">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>112</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>121</v>
       </c>
       <c r="D53">
         <v>1970</v>
       </c>
       <c r="E53" t="s">
         <v>122</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H53">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>123</v>
       </c>
       <c r="D54">
         <v>1983</v>
       </c>
       <c r="E54" t="s">
         <v>124</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H54">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>112</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>125</v>
       </c>
       <c r="D55">
         <v>1964</v>
       </c>
       <c r="E55" t="s">
         <v>126</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H55">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>112</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>127</v>
       </c>
       <c r="D56">
         <v>2007</v>
       </c>
       <c r="E56" t="s">
         <v>128</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H56">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>107</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>129</v>
       </c>
       <c r="D57">
         <v>1989</v>
       </c>
       <c r="E57" t="s">
         <v>130</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H57">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>112</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>131</v>
       </c>
       <c r="D58">
         <v>1979</v>
       </c>
       <c r="E58" t="s">
         <v>132</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H58">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>107</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>133</v>
       </c>
       <c r="D59">
         <v>1983</v>
       </c>
       <c r="E59" t="s">
         <v>134</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H59">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>112</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>135</v>
       </c>
       <c r="D60">
         <v>1963</v>
       </c>
       <c r="E60" t="s">
         <v>136</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H60">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>107</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>137</v>
       </c>
       <c r="D61">
         <v>2006</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H61">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>112</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>138</v>
       </c>
       <c r="D62">
         <v>2006</v>
       </c>
       <c r="E62" t="s">
         <v>139</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H62">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>112</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>140</v>
       </c>
       <c r="D63">
         <v>1964</v>
       </c>
       <c r="E63" t="s">
         <v>141</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H63">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>112</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>142</v>
       </c>
       <c r="D64">
         <v>1998</v>
       </c>
       <c r="E64" t="s">
         <v>143</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H64">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>107</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>144</v>
       </c>
       <c r="D65">
         <v>1992</v>
       </c>
       <c r="E65" t="s">
         <v>145</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H65">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>112</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>146</v>
       </c>
       <c r="D66">
         <v>2012</v>
       </c>
       <c r="E66" t="s">
         <v>147</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H66">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>112</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>148</v>
       </c>
       <c r="D67">
         <v>1970</v>
       </c>
       <c r="E67" t="s">
         <v>149</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H67">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>112</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>150</v>
       </c>
       <c r="D68">
         <v>1970</v>
       </c>
       <c r="E68" t="s">
         <v>151</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H68">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>112</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>152</v>
       </c>
       <c r="D69">
         <v>1970</v>
       </c>
       <c r="E69" t="s">
         <v>153</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H69">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>112</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>154</v>
       </c>
       <c r="D70">
         <v>2004</v>
       </c>
       <c r="E70" t="s">
         <v>155</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H70">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>112</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>156</v>
       </c>
       <c r="D71">
         <v>1964</v>
       </c>
       <c r="E71" t="s">
         <v>157</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H71">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>112</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>158</v>
       </c>
       <c r="D72">
         <v>2000</v>
       </c>
       <c r="E72" t="s">
         <v>159</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H72">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>112</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>160</v>
       </c>
       <c r="D73">
         <v>1964</v>
       </c>
       <c r="E73" t="s">
         <v>161</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H73">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>112</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>162</v>
       </c>
       <c r="D74">
         <v>1964</v>
       </c>
       <c r="E74" t="s">
         <v>163</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H74">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>112</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>164</v>
       </c>
       <c r="D75">
         <v>1994</v>
       </c>
       <c r="E75" t="s">
         <v>165</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H75">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">