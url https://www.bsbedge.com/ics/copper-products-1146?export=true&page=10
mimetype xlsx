--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="479">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="475">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -839,113 +839,113 @@
   <si>
     <t>BS EN 13600:2021</t>
   </si>
   <si>
     <t>Copper and copper alloys. Seamless copper tubes for electrical purposes</t>
   </si>
   <si>
     <t>22/30447437 DC</t>
   </si>
   <si>
     <t>BS EN 12165. Copper and copper alloys. Wrought and unwrought forging stock</t>
   </si>
   <si>
     <t>22/30447443 DC</t>
   </si>
   <si>
     <t>BS EN 12164. Copper and copper alloys. Rod for free machining purposes</t>
   </si>
   <si>
     <t>BS EN 12735-1:2020 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Copper and copper alloys. Seamless, round tubes for air conditioning and refrigeration - Tubes for piping systems</t>
   </si>
   <si>
+    <t>BS EN 17263:2019</t>
+  </si>
+  <si>
+    <t>Copper and copper alloys. Eddy current testing on the outer surface of rods, bars, hollow rods and wires for the detection of defects by encircling test coil</t>
+  </si>
+  <si>
+    <t>BS EN 12735-1:2020</t>
+  </si>
+  <si>
+    <t>Copper and copper alloys. Seamless, round tubes for air conditioning and refrigeration - Tubes for piping systems</t>
+  </si>
+  <si>
+    <t>23/30467340 DC</t>
+  </si>
+  <si>
+    <t>BS EN 12735-2. Copper and copper alloys. Seamless, round tubes for air conditioning and refrigeration - Part 2. Tubes for equipment</t>
+  </si>
+  <si>
+    <t>BS EN 1978:2022 - TC</t>
+  </si>
+  <si>
+    <t>Tracked Changes. Copper and copper alloys. Copper cathodes</t>
+  </si>
+  <si>
+    <t>BS EN 13601:2021</t>
+  </si>
+  <si>
+    <t>Copper and copper alloys. Copper rod, bar and wire for general electrical purposes</t>
+  </si>
+  <si>
+    <t>BS EN 723:2009</t>
+  </si>
+  <si>
+    <t>Copper and copper alloys. Combustion method for determination of the carbon content on the inner surface of copper tubes or fittings</t>
+  </si>
+  <si>
+    <t>BS EN 12861:2018</t>
+  </si>
+  <si>
+    <t>Copper and copper alloys. Scrap</t>
+  </si>
+  <si>
+    <t>BS EN 1172:2011</t>
+  </si>
+  <si>
+    <t>Copper and copper alloys. Sheet and strip for building purposes</t>
+  </si>
+  <si>
+    <t>BS EN 14977:2006</t>
+  </si>
+  <si>
+    <t>Copper and copper alloys. Detection of tensile stress. 5% ammonia test</t>
+  </si>
+  <si>
+    <t>BS EN 1652:1998</t>
+  </si>
+  <si>
+    <t>Copper and copper alloys. Plate, sheet, strip and circles for general purposes</t>
+  </si>
+  <si>
     <t>Under Review</t>
   </si>
   <si>
-    <t>BS EN 17263:2019</t>
-[...58 lines deleted...]
-  <si>
     <t>BS EN 13605:2021</t>
   </si>
   <si>
     <t>Copper and copper alloys. Copper profiles and profiled wire for electrical purposes</t>
   </si>
   <si>
     <t>PD CEN/TS 13388:2020</t>
   </si>
   <si>
     <t>Copper and copper alloys. Compendium of compositions and products</t>
   </si>
   <si>
     <t>22/30447446 DC</t>
   </si>
   <si>
     <t>BS EN 12166. Copper and copper alloys. Wire for general purposes</t>
   </si>
   <si>
     <t>BS EN 1978:2022</t>
   </si>
   <si>
     <t>Copper and copper alloys. Copper cathodes</t>
   </si>
   <si>
     <t>BS EN 14436:2004</t>
@@ -1259,56 +1259,50 @@
   <si>
     <t>ASTM B427 : 21</t>
   </si>
   <si>
     <t>Standard Specification for Gear Bronze Alloy Castings</t>
   </si>
   <si>
     <t>ASTM B565 : 20</t>
   </si>
   <si>
     <t>Standard Test Method for  Shear Testing of Aluminum and Aluminum-Alloy Rivets and Cold-Heading  Wire and Rods</t>
   </si>
   <si>
     <t>ASTM B593 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for Bending Fatigue Testing for Copper-Alloy Spring Materials</t>
   </si>
   <si>
     <t>ASTM B640 : 12a(2021)</t>
   </si>
   <si>
     <t>Standard Specification for Welded Copper Tube for Air Conditioning and Refrigeration Service</t>
   </si>
   <si>
-    <t>ASTM B468 : 10(2020)</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM B465 : 20</t>
   </si>
   <si>
     <t>Standard Specification for Copper-Iron Alloy Plate, Sheet, Strip, and Rolled Bar</t>
   </si>
   <si>
     <t>ASTM B122/B122M : 20</t>
   </si>
   <si>
     <t>Standard Specification for Copper-Nickel-Tin Alloy, Copper-Nickel-Zinc Alloy (Nickel Silver),  and Copper-Nickel Alloy Plate, Sheet, Strip, and Rolled Bar</t>
   </si>
   <si>
     <t>ASTM B96/B96M : 20</t>
   </si>
   <si>
     <t>Standard Specification for Copper-Silicon Alloy Plate, Sheet, Strip, and Rolled Bar for  General Purposes and Pressure Vessels</t>
   </si>
   <si>
     <t>ASTM B591 : 20a</t>
   </si>
   <si>
     <t>Standard Specification for Copper-Zinc-Tin and Copper-Zinc-Tin-Iron-Nickel Alloys Plate,  Sheet, Strip, and Rolled Bar</t>
   </si>
   <si>
     <t>ASTM B301/B301M : 13(2020)</t>
@@ -1341,56 +1335,50 @@
     <t>Standard Specification for Copper-Zinc-Lead Alloy (Leaded-Brass) Extruded Shapes</t>
   </si>
   <si>
     <t>ASTM B379 : 20</t>
   </si>
   <si>
     <t>Standard Specification for Phosphorized Coppers&amp;#x2014;Refinery Shapes</t>
   </si>
   <si>
     <t>ASTM B151/B151M : 20</t>
   </si>
   <si>
     <t>Standard Specification for Copper-Nickel-Zinc Alloy (Nickel Silver) and Copper-Nickel  Rod and Bar</t>
   </si>
   <si>
     <t>ASTM B100 : 20</t>
   </si>
   <si>
     <t>Standard Specification for Wrought Copper-Alloy Bearing and Expansion Plates and Sheets  for Bridge and Other Structural Use</t>
   </si>
   <si>
     <t>ASTM B747 : 20</t>
   </si>
   <si>
     <t>Standard Specification for Copper-Zirconium Alloy Sheet and Strip</t>
-  </si>
-[...4 lines deleted...]
-    <t>Standard Specification for Welded UNS N08020 Alloy Pipe</t>
   </si>
   <si>
     <t>ASTM B43 : 20</t>
   </si>
   <si>
     <t>Standard Specification for Seamless Red Brass Pipe, Standard Sizes</t>
   </si>
   <si>
     <t>ASTM B124/B124M : 20</t>
   </si>
   <si>
     <t>Standard Specification for Copper and Copper Alloy Forging Rod, Bar, and Shapes</t>
   </si>
   <si>
     <t>ASTM B21/B21M : 20</t>
   </si>
   <si>
     <t>Standard Specification for Naval Brass Rod, Bar, and Shapes</t>
   </si>
   <si>
     <t>ASTM B592 : 20</t>
   </si>
   <si>
     <t>Standard Specification for Copper-Zinc-Aluminum-Cobalt Alloy, Copper-Zinc-Tin-Iron Alloy  Plate, Sheet, Strip, and Rolled Bar</t>
   </si>
@@ -1796,51 +1784,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H230"/>
+  <dimension ref="A1:H228"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2032,54 +2020,54 @@
       </c>
       <c r="H8">
         <v>72.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9">
         <v>2014</v>
       </c>
       <c r="E9" t="s">
         <v>30</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="G9">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H9">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>32</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10">
         <v>2024</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>35</v>
       </c>
       <c r="G10">
         <v>190.37</v>
       </c>
       <c r="H10">
@@ -2292,132 +2280,132 @@
       </c>
       <c r="H18">
         <v>64.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>27</v>
       </c>
       <c r="B19" t="s">
         <v>28</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19">
         <v>2024</v>
       </c>
       <c r="E19" t="s">
         <v>53</v>
       </c>
       <c r="F19" t="s">
         <v>31</v>
       </c>
       <c r="G19">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
       <c r="H19">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>27</v>
       </c>
       <c r="B20" t="s">
         <v>28</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20">
         <v>2024</v>
       </c>
       <c r="E20" t="s">
         <v>55</v>
       </c>
       <c r="F20" t="s">
         <v>31</v>
       </c>
       <c r="G20">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H20">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>17</v>
       </c>
       <c r="C21" t="s">
         <v>56</v>
       </c>
       <c r="D21">
         <v>2024</v>
       </c>
       <c r="E21" t="s">
         <v>57</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21">
         <v>72.0</v>
       </c>
       <c r="H21">
         <v>72.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>27</v>
       </c>
       <c r="B22" t="s">
         <v>28</v>
       </c>
       <c r="C22" t="s">
         <v>58</v>
       </c>
       <c r="D22">
         <v>2024</v>
       </c>
       <c r="E22" t="s">
         <v>59</v>
       </c>
       <c r="F22" t="s">
         <v>31</v>
       </c>
       <c r="G22">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H22">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>17</v>
       </c>
       <c r="C23" t="s">
         <v>60</v>
       </c>
       <c r="D23">
         <v>2012</v>
       </c>
       <c r="E23" t="s">
         <v>61</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23">
         <v>72.0</v>
       </c>
       <c r="H23">
@@ -2448,444 +2436,444 @@
       </c>
       <c r="H24">
         <v>72.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>27</v>
       </c>
       <c r="B25" t="s">
         <v>28</v>
       </c>
       <c r="C25" t="s">
         <v>64</v>
       </c>
       <c r="D25">
         <v>2024</v>
       </c>
       <c r="E25" t="s">
         <v>65</v>
       </c>
       <c r="F25" t="s">
         <v>31</v>
       </c>
       <c r="G25">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
       <c r="H25">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>17</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
       <c r="D26">
         <v>2024</v>
       </c>
       <c r="E26" t="s">
         <v>67</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26">
         <v>72.0</v>
       </c>
       <c r="H26">
         <v>72.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>27</v>
       </c>
       <c r="B27" t="s">
         <v>28</v>
       </c>
       <c r="C27" t="s">
         <v>68</v>
       </c>
       <c r="D27">
         <v>2024</v>
       </c>
       <c r="E27" t="s">
         <v>69</v>
       </c>
       <c r="F27" t="s">
         <v>31</v>
       </c>
       <c r="G27">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
       <c r="H27">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
       <c r="D28">
         <v>2024</v>
       </c>
       <c r="E28" t="s">
         <v>71</v>
       </c>
       <c r="F28" t="s">
         <v>31</v>
       </c>
       <c r="G28">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H28">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>27</v>
       </c>
       <c r="B29" t="s">
         <v>28</v>
       </c>
       <c r="C29" t="s">
         <v>72</v>
       </c>
       <c r="D29">
         <v>2024</v>
       </c>
       <c r="E29" t="s">
         <v>73</v>
       </c>
       <c r="F29" t="s">
         <v>31</v>
       </c>
       <c r="G29">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
       <c r="H29">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>27</v>
       </c>
       <c r="B30" t="s">
         <v>28</v>
       </c>
       <c r="C30" t="s">
         <v>74</v>
       </c>
       <c r="D30">
         <v>2024</v>
       </c>
       <c r="E30" t="s">
         <v>75</v>
       </c>
       <c r="F30" t="s">
         <v>31</v>
       </c>
       <c r="G30">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
       <c r="H30">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>27</v>
       </c>
       <c r="B31" t="s">
         <v>28</v>
       </c>
       <c r="C31" t="s">
         <v>76</v>
       </c>
       <c r="D31">
         <v>2024</v>
       </c>
       <c r="E31" t="s">
         <v>77</v>
       </c>
       <c r="F31" t="s">
         <v>31</v>
       </c>
       <c r="G31">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
       <c r="H31">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>27</v>
       </c>
       <c r="B32" t="s">
         <v>28</v>
       </c>
       <c r="C32" t="s">
         <v>78</v>
       </c>
       <c r="D32">
         <v>2024</v>
       </c>
       <c r="E32" t="s">
         <v>79</v>
       </c>
       <c r="F32" t="s">
         <v>31</v>
       </c>
       <c r="G32">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
       <c r="H32">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>27</v>
       </c>
       <c r="B33" t="s">
         <v>28</v>
       </c>
       <c r="C33" t="s">
         <v>80</v>
       </c>
       <c r="D33">
         <v>2024</v>
       </c>
       <c r="E33" t="s">
         <v>81</v>
       </c>
       <c r="F33" t="s">
         <v>31</v>
       </c>
       <c r="G33">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H33">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>27</v>
       </c>
       <c r="B34" t="s">
         <v>28</v>
       </c>
       <c r="C34" t="s">
         <v>82</v>
       </c>
       <c r="D34">
         <v>2024</v>
       </c>
       <c r="E34" t="s">
         <v>83</v>
       </c>
       <c r="F34" t="s">
         <v>31</v>
       </c>
       <c r="G34">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H34">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>27</v>
       </c>
       <c r="B35" t="s">
         <v>28</v>
       </c>
       <c r="C35" t="s">
         <v>84</v>
       </c>
       <c r="D35">
         <v>2024</v>
       </c>
       <c r="E35" t="s">
         <v>85</v>
       </c>
       <c r="F35" t="s">
         <v>31</v>
       </c>
       <c r="G35">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H35">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>27</v>
       </c>
       <c r="B36" t="s">
         <v>28</v>
       </c>
       <c r="C36" t="s">
         <v>86</v>
       </c>
       <c r="D36">
         <v>2024</v>
       </c>
       <c r="E36" t="s">
         <v>87</v>
       </c>
       <c r="F36" t="s">
         <v>31</v>
       </c>
       <c r="G36">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H36">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>27</v>
       </c>
       <c r="B37" t="s">
         <v>28</v>
       </c>
       <c r="C37" t="s">
         <v>88</v>
       </c>
       <c r="D37">
         <v>2024</v>
       </c>
       <c r="E37" t="s">
         <v>89</v>
       </c>
       <c r="F37" t="s">
         <v>31</v>
       </c>
       <c r="G37">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H37">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>27</v>
       </c>
       <c r="B38" t="s">
         <v>28</v>
       </c>
       <c r="C38" t="s">
         <v>90</v>
       </c>
       <c r="D38">
         <v>2024</v>
       </c>
       <c r="E38" t="s">
         <v>91</v>
       </c>
       <c r="F38" t="s">
         <v>31</v>
       </c>
       <c r="G38">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H38">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>27</v>
       </c>
       <c r="B39" t="s">
         <v>28</v>
       </c>
       <c r="C39" t="s">
         <v>92</v>
       </c>
       <c r="D39">
         <v>2024</v>
       </c>
       <c r="E39" t="s">
         <v>93</v>
       </c>
       <c r="F39" t="s">
         <v>31</v>
       </c>
       <c r="G39">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H39">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>27</v>
       </c>
       <c r="B40" t="s">
         <v>28</v>
       </c>
       <c r="C40" t="s">
         <v>94</v>
       </c>
       <c r="D40">
         <v>2024</v>
       </c>
       <c r="E40" t="s">
         <v>95</v>
       </c>
       <c r="F40" t="s">
         <v>31</v>
       </c>
       <c r="G40">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H40">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>17</v>
       </c>
       <c r="C41" t="s">
         <v>96</v>
       </c>
       <c r="D41">
         <v>2024</v>
       </c>
       <c r="E41" t="s">
         <v>97</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41">
         <v>72.0</v>
       </c>
       <c r="H41">
@@ -4710,158 +4698,158 @@
       </c>
       <c r="H111">
         <v>29.44</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>27</v>
       </c>
       <c r="B112" t="s">
         <v>28</v>
       </c>
       <c r="C112" t="s">
         <v>241</v>
       </c>
       <c r="D112">
         <v>2021</v>
       </c>
       <c r="E112" t="s">
         <v>242</v>
       </c>
       <c r="F112" t="s">
         <v>31</v>
       </c>
       <c r="G112">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H112">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>27</v>
       </c>
       <c r="B113" t="s">
         <v>28</v>
       </c>
       <c r="C113" t="s">
         <v>243</v>
       </c>
       <c r="D113">
         <v>2021</v>
       </c>
       <c r="E113" t="s">
         <v>244</v>
       </c>
       <c r="F113" t="s">
         <v>31</v>
       </c>
       <c r="G113">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H113">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>27</v>
       </c>
       <c r="B114" t="s">
         <v>28</v>
       </c>
       <c r="C114" t="s">
         <v>245</v>
       </c>
       <c r="D114">
         <v>2021</v>
       </c>
       <c r="E114" t="s">
         <v>246</v>
       </c>
       <c r="F114" t="s">
         <v>31</v>
       </c>
       <c r="G114">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H114">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>247</v>
       </c>
       <c r="B115" t="s">
         <v>28</v>
       </c>
       <c r="C115" t="s">
         <v>248</v>
       </c>
       <c r="D115">
         <v>2019</v>
       </c>
       <c r="E115" t="s">
         <v>249</v>
       </c>
       <c r="F115" t="s">
         <v>31</v>
       </c>
       <c r="G115">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H115">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>27</v>
       </c>
       <c r="B116" t="s">
         <v>28</v>
       </c>
       <c r="C116" t="s">
         <v>250</v>
       </c>
       <c r="D116">
         <v>2021</v>
       </c>
       <c r="E116" t="s">
         <v>251</v>
       </c>
       <c r="F116" t="s">
         <v>31</v>
       </c>
       <c r="G116">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H116">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>27</v>
       </c>
       <c r="B117" t="s">
         <v>28</v>
       </c>
       <c r="C117" t="s">
         <v>252</v>
       </c>
       <c r="D117">
         <v>18</v>
       </c>
       <c r="E117" t="s">
         <v>253</v>
       </c>
       <c r="F117" t="s">
         <v>31</v>
       </c>
       <c r="G117">
         <v>20.0</v>
       </c>
       <c r="H117">
@@ -4892,132 +4880,132 @@
       </c>
       <c r="H118">
         <v>20.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>247</v>
       </c>
       <c r="B119" t="s">
         <v>28</v>
       </c>
       <c r="C119" t="s">
         <v>256</v>
       </c>
       <c r="D119">
         <v>2019</v>
       </c>
       <c r="E119" t="s">
         <v>257</v>
       </c>
       <c r="F119" t="s">
         <v>31</v>
       </c>
       <c r="G119">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H119">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>27</v>
       </c>
       <c r="B120" t="s">
         <v>28</v>
       </c>
       <c r="C120" t="s">
         <v>258</v>
       </c>
       <c r="D120">
         <v>18</v>
       </c>
       <c r="E120" t="s">
         <v>259</v>
       </c>
       <c r="F120" t="s">
         <v>31</v>
       </c>
       <c r="G120">
         <v>20.0</v>
       </c>
       <c r="H120">
         <v>20.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>247</v>
       </c>
       <c r="B121" t="s">
         <v>28</v>
       </c>
       <c r="C121" t="s">
         <v>260</v>
       </c>
       <c r="D121">
         <v>2018</v>
       </c>
       <c r="E121" t="s">
         <v>261</v>
       </c>
       <c r="F121" t="s">
         <v>31</v>
       </c>
       <c r="G121">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H121">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>27</v>
       </c>
       <c r="B122" t="s">
         <v>28</v>
       </c>
       <c r="C122" t="s">
         <v>262</v>
       </c>
       <c r="D122">
         <v>2021</v>
       </c>
       <c r="E122" t="s">
         <v>263</v>
       </c>
       <c r="F122" t="s">
         <v>31</v>
       </c>
       <c r="G122">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H122">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>27</v>
       </c>
       <c r="B123" t="s">
         <v>28</v>
       </c>
       <c r="C123" t="s">
         <v>264</v>
       </c>
       <c r="D123">
         <v>12</v>
       </c>
       <c r="E123" t="s">
         <v>265</v>
       </c>
       <c r="F123" t="s">
         <v>31</v>
       </c>
       <c r="G123">
         <v>20.0</v>
       </c>
       <c r="H123">
@@ -5048,54 +5036,54 @@
       </c>
       <c r="H124">
         <v>20.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>27</v>
       </c>
       <c r="B125" t="s">
         <v>28</v>
       </c>
       <c r="C125" t="s">
         <v>267</v>
       </c>
       <c r="D125">
         <v>2021</v>
       </c>
       <c r="E125" t="s">
         <v>268</v>
       </c>
       <c r="F125" t="s">
         <v>31</v>
       </c>
       <c r="G125">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H125">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>27</v>
       </c>
       <c r="B126" t="s">
         <v>28</v>
       </c>
       <c r="C126" t="s">
         <v>269</v>
       </c>
       <c r="D126">
         <v>18</v>
       </c>
       <c r="E126" t="s">
         <v>270</v>
       </c>
       <c r="F126" t="s">
         <v>31</v>
       </c>
       <c r="G126">
         <v>20.0</v>
       </c>
       <c r="H126">
@@ -5126,938 +5114,938 @@
       </c>
       <c r="H127">
         <v>20.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>247</v>
       </c>
       <c r="B128" t="s">
         <v>28</v>
       </c>
       <c r="C128" t="s">
         <v>273</v>
       </c>
       <c r="D128">
         <v>2020</v>
       </c>
       <c r="E128" t="s">
         <v>274</v>
       </c>
       <c r="F128" t="s">
         <v>31</v>
       </c>
       <c r="G128">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H128">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>275</v>
+        <v>247</v>
       </c>
       <c r="B129" t="s">
         <v>28</v>
       </c>
       <c r="C129" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D129">
         <v>2019</v>
       </c>
       <c r="E129" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="F129" t="s">
         <v>31</v>
       </c>
       <c r="G129">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H129">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>247</v>
       </c>
       <c r="B130" t="s">
         <v>28</v>
       </c>
       <c r="C130" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="D130">
         <v>2020</v>
       </c>
       <c r="E130" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F130" t="s">
         <v>31</v>
       </c>
       <c r="G130">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H130">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>27</v>
       </c>
       <c r="B131" t="s">
         <v>28</v>
       </c>
       <c r="C131" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="D131">
         <v>9</v>
       </c>
       <c r="E131" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="F131" t="s">
         <v>31</v>
       </c>
       <c r="G131">
         <v>20.0</v>
       </c>
       <c r="H131">
         <v>20.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>27</v>
       </c>
       <c r="B132" t="s">
         <v>28</v>
       </c>
       <c r="C132" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="D132">
         <v>2022</v>
       </c>
       <c r="E132" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="F132" t="s">
         <v>31</v>
       </c>
       <c r="G132">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H132">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>27</v>
       </c>
       <c r="B133" t="s">
         <v>28</v>
       </c>
       <c r="C133" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="D133">
         <v>2021</v>
       </c>
       <c r="E133" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F133" t="s">
         <v>31</v>
       </c>
       <c r="G133">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H133">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>247</v>
       </c>
       <c r="B134" t="s">
         <v>28</v>
       </c>
       <c r="C134" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="D134">
         <v>2009</v>
       </c>
       <c r="E134" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="F134" t="s">
         <v>31</v>
       </c>
       <c r="G134">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H134">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>247</v>
       </c>
       <c r="B135" t="s">
         <v>28</v>
       </c>
       <c r="C135" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="D135">
         <v>2018</v>
       </c>
       <c r="E135" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="F135" t="s">
         <v>31</v>
       </c>
       <c r="G135">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H135">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>247</v>
       </c>
       <c r="B136" t="s">
         <v>28</v>
       </c>
       <c r="C136" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="D136">
         <v>2011</v>
       </c>
       <c r="E136" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="F136" t="s">
         <v>31</v>
       </c>
       <c r="G136">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H136">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>247</v>
       </c>
       <c r="B137" t="s">
         <v>28</v>
       </c>
       <c r="C137" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D137">
         <v>2006</v>
       </c>
       <c r="E137" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="F137" t="s">
         <v>31</v>
       </c>
       <c r="G137">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H137">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>27</v>
       </c>
       <c r="B138" t="s">
         <v>28</v>
       </c>
       <c r="C138" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="D138">
         <v>1998</v>
       </c>
       <c r="E138" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="F138" t="s">
         <v>31</v>
       </c>
       <c r="G138">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H138">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>275</v>
+        <v>295</v>
       </c>
       <c r="B139" t="s">
         <v>28</v>
       </c>
       <c r="C139" t="s">
         <v>29</v>
       </c>
       <c r="D139">
         <v>2014</v>
       </c>
       <c r="E139" t="s">
         <v>30</v>
       </c>
       <c r="F139" t="s">
         <v>31</v>
       </c>
       <c r="G139">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H139">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>27</v>
       </c>
       <c r="B140" t="s">
         <v>28</v>
       </c>
       <c r="C140" t="s">
         <v>296</v>
       </c>
       <c r="D140">
         <v>2021</v>
       </c>
       <c r="E140" t="s">
         <v>297</v>
       </c>
       <c r="F140" t="s">
         <v>31</v>
       </c>
       <c r="G140">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H140">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>27</v>
       </c>
       <c r="B141" t="s">
         <v>28</v>
       </c>
       <c r="C141" t="s">
         <v>298</v>
       </c>
       <c r="D141">
         <v>2020</v>
       </c>
       <c r="E141" t="s">
         <v>299</v>
       </c>
       <c r="F141" t="s">
         <v>31</v>
       </c>
       <c r="G141">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H141">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>27</v>
       </c>
       <c r="B142" t="s">
         <v>28</v>
       </c>
       <c r="C142" t="s">
         <v>300</v>
       </c>
       <c r="D142">
         <v>18</v>
       </c>
       <c r="E142" t="s">
         <v>301</v>
       </c>
       <c r="F142" t="s">
         <v>31</v>
       </c>
       <c r="G142">
         <v>20.0</v>
       </c>
       <c r="H142">
         <v>20.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>27</v>
       </c>
       <c r="B143" t="s">
         <v>28</v>
       </c>
       <c r="C143" t="s">
         <v>302</v>
       </c>
       <c r="D143">
         <v>2022</v>
       </c>
       <c r="E143" t="s">
         <v>303</v>
       </c>
       <c r="F143" t="s">
         <v>31</v>
       </c>
       <c r="G143">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H143">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>247</v>
       </c>
       <c r="B144" t="s">
         <v>28</v>
       </c>
       <c r="C144" t="s">
         <v>304</v>
       </c>
       <c r="D144">
         <v>2004</v>
       </c>
       <c r="E144" t="s">
         <v>305</v>
       </c>
       <c r="F144" t="s">
         <v>31</v>
       </c>
       <c r="G144">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H144">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>247</v>
       </c>
       <c r="B145" t="s">
         <v>28</v>
       </c>
       <c r="C145" t="s">
         <v>306</v>
       </c>
       <c r="D145">
         <v>2012</v>
       </c>
       <c r="E145" t="s">
         <v>307</v>
       </c>
       <c r="F145" t="s">
         <v>31</v>
       </c>
       <c r="G145">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H145">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>247</v>
       </c>
       <c r="B146" t="s">
         <v>28</v>
       </c>
       <c r="C146" t="s">
         <v>308</v>
       </c>
       <c r="D146">
         <v>2012</v>
       </c>
       <c r="E146" t="s">
         <v>309</v>
       </c>
       <c r="F146" t="s">
         <v>31</v>
       </c>
       <c r="G146">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H146">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>27</v>
       </c>
       <c r="B147" t="s">
         <v>28</v>
       </c>
       <c r="C147" t="s">
         <v>310</v>
       </c>
       <c r="D147">
         <v>1998</v>
       </c>
       <c r="E147" t="s">
         <v>311</v>
       </c>
       <c r="F147" t="s">
         <v>31</v>
       </c>
       <c r="G147">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H147">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>247</v>
       </c>
       <c r="B148" t="s">
         <v>28</v>
       </c>
       <c r="C148" t="s">
         <v>312</v>
       </c>
       <c r="D148">
         <v>2010</v>
       </c>
       <c r="E148" t="s">
         <v>313</v>
       </c>
       <c r="F148" t="s">
         <v>31</v>
       </c>
       <c r="G148">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H148">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>27</v>
       </c>
       <c r="B149" t="s">
         <v>28</v>
       </c>
       <c r="C149" t="s">
         <v>314</v>
       </c>
       <c r="D149">
         <v>2012</v>
       </c>
       <c r="E149" t="s">
         <v>315</v>
       </c>
       <c r="F149" t="s">
         <v>31</v>
       </c>
       <c r="G149">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H149">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>247</v>
       </c>
       <c r="B150" t="s">
         <v>28</v>
       </c>
       <c r="C150" t="s">
         <v>316</v>
       </c>
       <c r="D150">
         <v>2001</v>
       </c>
       <c r="E150" t="s">
         <v>317</v>
       </c>
       <c r="F150" t="s">
         <v>31</v>
       </c>
       <c r="G150">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H150">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>247</v>
       </c>
       <c r="B151" t="s">
         <v>28</v>
       </c>
       <c r="C151" t="s">
         <v>318</v>
       </c>
       <c r="D151">
         <v>2012</v>
       </c>
       <c r="E151" t="s">
         <v>319</v>
       </c>
       <c r="F151" t="s">
         <v>31</v>
       </c>
       <c r="G151">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H151">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>320</v>
       </c>
       <c r="B152" t="s">
         <v>28</v>
       </c>
       <c r="C152" t="s">
         <v>321</v>
       </c>
       <c r="D152">
         <v>2002</v>
       </c>
       <c r="E152" t="s">
         <v>322</v>
       </c>
       <c r="F152" t="s">
         <v>31</v>
       </c>
       <c r="G152">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H152">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>247</v>
       </c>
       <c r="B153" t="s">
         <v>28</v>
       </c>
       <c r="C153" t="s">
         <v>323</v>
       </c>
       <c r="D153">
         <v>2013</v>
       </c>
       <c r="E153" t="s">
         <v>324</v>
       </c>
       <c r="F153" t="s">
         <v>31</v>
       </c>
       <c r="G153">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H153">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>247</v>
       </c>
       <c r="B154" t="s">
         <v>28</v>
       </c>
       <c r="C154" t="s">
         <v>325</v>
       </c>
       <c r="D154">
         <v>1999</v>
       </c>
       <c r="E154" t="s">
         <v>326</v>
       </c>
       <c r="F154" t="s">
         <v>31</v>
       </c>
       <c r="G154">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H154">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>247</v>
       </c>
       <c r="B155" t="s">
         <v>28</v>
       </c>
       <c r="C155" t="s">
         <v>327</v>
       </c>
       <c r="D155">
         <v>2002</v>
       </c>
       <c r="E155" t="s">
         <v>328</v>
       </c>
       <c r="F155" t="s">
         <v>31</v>
       </c>
       <c r="G155">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H155">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>247</v>
       </c>
       <c r="B156" t="s">
         <v>28</v>
       </c>
       <c r="C156" t="s">
         <v>329</v>
       </c>
       <c r="D156">
         <v>2012</v>
       </c>
       <c r="E156" t="s">
         <v>330</v>
       </c>
       <c r="F156" t="s">
         <v>31</v>
       </c>
       <c r="G156">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H156">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>247</v>
       </c>
       <c r="B157" t="s">
         <v>28</v>
       </c>
       <c r="C157" t="s">
         <v>331</v>
       </c>
       <c r="D157">
         <v>1985</v>
       </c>
       <c r="E157" t="s">
         <v>332</v>
       </c>
       <c r="F157" t="s">
         <v>31</v>
       </c>
       <c r="G157">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H157">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>27</v>
       </c>
       <c r="B158" t="s">
         <v>28</v>
       </c>
       <c r="C158" t="s">
         <v>333</v>
       </c>
       <c r="D158">
         <v>1998</v>
       </c>
       <c r="E158" t="s">
         <v>334</v>
       </c>
       <c r="F158" t="s">
         <v>31</v>
       </c>
       <c r="G158">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H158">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>27</v>
       </c>
       <c r="B159" t="s">
         <v>28</v>
       </c>
       <c r="C159" t="s">
         <v>335</v>
       </c>
       <c r="D159">
         <v>1998</v>
       </c>
       <c r="E159" t="s">
         <v>336</v>
       </c>
       <c r="F159" t="s">
         <v>31</v>
       </c>
       <c r="G159">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H159">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>275</v>
+        <v>247</v>
       </c>
       <c r="B160" t="s">
         <v>28</v>
       </c>
       <c r="C160" t="s">
         <v>337</v>
       </c>
       <c r="D160">
         <v>2013</v>
       </c>
       <c r="E160" t="s">
         <v>338</v>
       </c>
       <c r="F160" t="s">
         <v>31</v>
       </c>
       <c r="G160">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H160">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>275</v>
+        <v>295</v>
       </c>
       <c r="B161" t="s">
         <v>28</v>
       </c>
       <c r="C161" t="s">
         <v>339</v>
       </c>
       <c r="D161">
         <v>2000</v>
       </c>
       <c r="E161" t="s">
         <v>340</v>
       </c>
       <c r="F161" t="s">
         <v>31</v>
       </c>
       <c r="G161">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H161">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>247</v>
       </c>
       <c r="B162" t="s">
         <v>28</v>
       </c>
       <c r="C162" t="s">
         <v>341</v>
       </c>
       <c r="D162">
         <v>2013</v>
       </c>
       <c r="E162" t="s">
         <v>342</v>
       </c>
       <c r="F162" t="s">
         <v>31</v>
       </c>
       <c r="G162">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H162">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>8</v>
       </c>
       <c r="B163" t="s">
         <v>17</v>
       </c>
       <c r="C163" t="s">
         <v>343</v>
       </c>
       <c r="D163">
         <v>2023</v>
       </c>
       <c r="E163" t="s">
         <v>344</v>
       </c>
       <c r="F163" t="s">
         <v>20</v>
       </c>
       <c r="G163">
         <v>72.0</v>
       </c>
       <c r="H163">
@@ -6963,63 +6951,63 @@
       </c>
       <c r="E198" t="s">
         <v>414</v>
       </c>
       <c r="F198" t="s">
         <v>20</v>
       </c>
       <c r="G198">
         <v>72.0</v>
       </c>
       <c r="H198">
         <v>72.0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>8</v>
       </c>
       <c r="B199" t="s">
         <v>17</v>
       </c>
       <c r="C199" t="s">
         <v>415</v>
       </c>
       <c r="D199">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="E199" t="s">
         <v>416</v>
       </c>
       <c r="F199" t="s">
         <v>20</v>
       </c>
       <c r="G199">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H199">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>8</v>
       </c>
       <c r="B200" t="s">
         <v>17</v>
       </c>
       <c r="C200" t="s">
         <v>417</v>
       </c>
       <c r="D200">
         <v>2020</v>
       </c>
       <c r="E200" t="s">
         <v>418</v>
       </c>
       <c r="F200" t="s">
         <v>20</v>
       </c>
       <c r="G200">
         <v>72.0</v>
       </c>
       <c r="H200">
@@ -7067,89 +7055,89 @@
       </c>
       <c r="E202" t="s">
         <v>422</v>
       </c>
       <c r="F202" t="s">
         <v>20</v>
       </c>
       <c r="G202">
         <v>72.0</v>
       </c>
       <c r="H202">
         <v>72.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>8</v>
       </c>
       <c r="B203" t="s">
         <v>17</v>
       </c>
       <c r="C203" t="s">
         <v>423</v>
       </c>
       <c r="D203">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="E203" t="s">
         <v>424</v>
       </c>
       <c r="F203" t="s">
         <v>20</v>
       </c>
       <c r="G203">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H203">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>8</v>
       </c>
       <c r="B204" t="s">
         <v>17</v>
       </c>
       <c r="C204" t="s">
         <v>425</v>
       </c>
       <c r="D204">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="E204" t="s">
         <v>426</v>
       </c>
       <c r="F204" t="s">
         <v>20</v>
       </c>
       <c r="G204">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H204">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>8</v>
       </c>
       <c r="B205" t="s">
         <v>17</v>
       </c>
       <c r="C205" t="s">
         <v>427</v>
       </c>
       <c r="D205">
         <v>2020</v>
       </c>
       <c r="E205" t="s">
         <v>428</v>
       </c>
       <c r="F205" t="s">
         <v>20</v>
       </c>
       <c r="G205">
         <v>72.0</v>
       </c>
       <c r="H205">
@@ -7180,80 +7168,80 @@
       </c>
       <c r="H206">
         <v>72.0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>8</v>
       </c>
       <c r="B207" t="s">
         <v>17</v>
       </c>
       <c r="C207" t="s">
         <v>431</v>
       </c>
       <c r="D207">
         <v>2020</v>
       </c>
       <c r="E207" t="s">
         <v>432</v>
       </c>
       <c r="F207" t="s">
         <v>20</v>
       </c>
       <c r="G207">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H207">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>8</v>
       </c>
       <c r="B208" t="s">
         <v>17</v>
       </c>
       <c r="C208" t="s">
         <v>433</v>
       </c>
       <c r="D208">
         <v>2020</v>
       </c>
       <c r="E208" t="s">
         <v>434</v>
       </c>
       <c r="F208" t="s">
         <v>20</v>
       </c>
       <c r="G208">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H208">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>8</v>
       </c>
       <c r="B209" t="s">
         <v>17</v>
       </c>
       <c r="C209" t="s">
         <v>435</v>
       </c>
       <c r="D209">
         <v>2020</v>
       </c>
       <c r="E209" t="s">
         <v>436</v>
       </c>
       <c r="F209" t="s">
         <v>20</v>
       </c>
       <c r="G209">
         <v>72.0</v>
       </c>
       <c r="H209">
@@ -7327,63 +7315,63 @@
       </c>
       <c r="E212" t="s">
         <v>442</v>
       </c>
       <c r="F212" t="s">
         <v>20</v>
       </c>
       <c r="G212">
         <v>72.0</v>
       </c>
       <c r="H212">
         <v>72.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>8</v>
       </c>
       <c r="B213" t="s">
         <v>17</v>
       </c>
       <c r="C213" t="s">
         <v>443</v>
       </c>
       <c r="D213">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="E213" t="s">
         <v>444</v>
       </c>
       <c r="F213" t="s">
         <v>20</v>
       </c>
       <c r="G213">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H213">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>8</v>
       </c>
       <c r="B214" t="s">
         <v>17</v>
       </c>
       <c r="C214" t="s">
         <v>445</v>
       </c>
       <c r="D214">
         <v>2020</v>
       </c>
       <c r="E214" t="s">
         <v>446</v>
       </c>
       <c r="F214" t="s">
         <v>20</v>
       </c>
       <c r="G214">
         <v>72.0</v>
       </c>
       <c r="H214">
@@ -7405,77 +7393,77 @@
       </c>
       <c r="E215" t="s">
         <v>448</v>
       </c>
       <c r="F215" t="s">
         <v>20</v>
       </c>
       <c r="G215">
         <v>72.0</v>
       </c>
       <c r="H215">
         <v>72.0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>8</v>
       </c>
       <c r="B216" t="s">
         <v>17</v>
       </c>
       <c r="C216" t="s">
         <v>449</v>
       </c>
       <c r="D216">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E216" t="s">
         <v>450</v>
       </c>
       <c r="F216" t="s">
         <v>20</v>
       </c>
       <c r="G216">
         <v>72.0</v>
       </c>
       <c r="H216">
         <v>72.0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>8</v>
       </c>
       <c r="B217" t="s">
         <v>17</v>
       </c>
       <c r="C217" t="s">
         <v>451</v>
       </c>
       <c r="D217">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E217" t="s">
         <v>452</v>
       </c>
       <c r="F217" t="s">
         <v>20</v>
       </c>
       <c r="G217">
         <v>72.0</v>
       </c>
       <c r="H217">
         <v>72.0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>8</v>
       </c>
       <c r="B218" t="s">
         <v>17</v>
       </c>
       <c r="C218" t="s">
         <v>453</v>
       </c>
       <c r="D218">
@@ -7518,313 +7506,261 @@
       </c>
       <c r="H219">
         <v>72.0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>8</v>
       </c>
       <c r="B220" t="s">
         <v>17</v>
       </c>
       <c r="C220" t="s">
         <v>457</v>
       </c>
       <c r="D220">
         <v>2019</v>
       </c>
       <c r="E220" t="s">
         <v>458</v>
       </c>
       <c r="F220" t="s">
         <v>20</v>
       </c>
       <c r="G220">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H220">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>8</v>
       </c>
       <c r="B221" t="s">
         <v>17</v>
       </c>
       <c r="C221" t="s">
         <v>459</v>
       </c>
       <c r="D221">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="E221" t="s">
         <v>460</v>
       </c>
       <c r="F221" t="s">
         <v>20</v>
       </c>
       <c r="G221">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H221">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>8</v>
       </c>
       <c r="B222" t="s">
         <v>17</v>
       </c>
       <c r="C222" t="s">
         <v>461</v>
       </c>
       <c r="D222">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="E222" t="s">
         <v>462</v>
       </c>
       <c r="F222" t="s">
         <v>20</v>
       </c>
       <c r="G222">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H222">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>8</v>
       </c>
       <c r="B223" t="s">
         <v>17</v>
       </c>
       <c r="C223" t="s">
         <v>463</v>
       </c>
       <c r="D223">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="E223" t="s">
         <v>464</v>
       </c>
       <c r="F223" t="s">
         <v>20</v>
       </c>
       <c r="G223">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H223">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>8</v>
       </c>
       <c r="B224" t="s">
         <v>17</v>
       </c>
       <c r="C224" t="s">
         <v>465</v>
       </c>
       <c r="D224">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="E224" t="s">
         <v>466</v>
       </c>
       <c r="F224" t="s">
         <v>20</v>
       </c>
       <c r="G224">
         <v>72.0</v>
       </c>
       <c r="H224">
         <v>72.0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>8</v>
       </c>
       <c r="B225" t="s">
         <v>17</v>
       </c>
       <c r="C225" t="s">
         <v>467</v>
       </c>
       <c r="D225">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="E225" t="s">
         <v>468</v>
       </c>
       <c r="F225" t="s">
         <v>20</v>
       </c>
       <c r="G225">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H225">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>8</v>
       </c>
       <c r="B226" t="s">
         <v>17</v>
       </c>
       <c r="C226" t="s">
         <v>469</v>
       </c>
       <c r="D226">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="E226" t="s">
         <v>470</v>
       </c>
       <c r="F226" t="s">
         <v>20</v>
       </c>
       <c r="G226">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H226">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>8</v>
       </c>
       <c r="B227" t="s">
         <v>17</v>
       </c>
       <c r="C227" t="s">
         <v>471</v>
       </c>
       <c r="D227">
         <v>2018</v>
       </c>
       <c r="E227" t="s">
         <v>472</v>
       </c>
       <c r="F227" t="s">
         <v>20</v>
       </c>
       <c r="G227">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H227">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>8</v>
       </c>
       <c r="B228" t="s">
         <v>17</v>
       </c>
       <c r="C228" t="s">
         <v>473</v>
       </c>
       <c r="D228">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="E228" t="s">
         <v>474</v>
       </c>
       <c r="F228" t="s">
         <v>20</v>
       </c>
       <c r="G228">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H228">
-        <v>64.0</v>
-[...50 lines deleted...]
-      <c r="H230">
         <v>72.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>