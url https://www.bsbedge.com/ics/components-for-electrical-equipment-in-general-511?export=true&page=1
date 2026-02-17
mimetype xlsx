--- v0 (2025-11-18)
+++ v1 (2026-02-17)
@@ -747,184 +747,184 @@
       </c>
       <c r="H3">
         <v>36.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2023</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H4">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2023</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H5">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2023</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H6">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2023</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H7">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8">
         <v>2010</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
       <c r="H8">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9">
         <v>2022</v>
       </c>
       <c r="E9" t="s">
         <v>30</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="G9">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H9">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10">
         <v>1980</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10">
         <v>20.0</v>
       </c>
       <c r="H10">
@@ -981,80 +981,80 @@
       </c>
       <c r="H12">
         <v>80.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13">
         <v>2023</v>
       </c>
       <c r="E13" t="s">
         <v>38</v>
       </c>
       <c r="F13" t="s">
         <v>31</v>
       </c>
       <c r="G13">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H13">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>23</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" t="s">
         <v>39</v>
       </c>
       <c r="D14">
         <v>2023</v>
       </c>
       <c r="E14" t="s">
         <v>40</v>
       </c>
       <c r="F14" t="s">
         <v>31</v>
       </c>
       <c r="G14">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H14">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
         <v>28</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
       <c r="D15">
         <v>2021</v>
       </c>
       <c r="E15" t="s">
         <v>42</v>
       </c>
       <c r="F15" t="s">
         <v>31</v>
       </c>
       <c r="G15">
         <v>10.0</v>
       </c>
       <c r="H15">
@@ -1111,54 +1111,54 @@
       </c>
       <c r="H17">
         <v>10.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>23</v>
       </c>
       <c r="B18" t="s">
         <v>28</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
       <c r="D18">
         <v>2001</v>
       </c>
       <c r="E18" t="s">
         <v>48</v>
       </c>
       <c r="F18" t="s">
         <v>31</v>
       </c>
       <c r="G18">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H18">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19" t="s">
         <v>28</v>
       </c>
       <c r="C19" t="s">
         <v>49</v>
       </c>
       <c r="D19">
         <v>2014</v>
       </c>
       <c r="E19" t="s">
         <v>50</v>
       </c>
       <c r="F19" t="s">
         <v>31</v>
       </c>
       <c r="G19">
         <v>10.0</v>
       </c>
       <c r="H19">
@@ -1189,54 +1189,54 @@
       </c>
       <c r="H20">
         <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
         <v>53</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
       <c r="D21">
         <v>2023</v>
       </c>
       <c r="E21" t="s">
         <v>55</v>
       </c>
       <c r="F21" t="s">
         <v>56</v>
       </c>
       <c r="G21">
-        <v>162.8</v>
+        <v>167.66</v>
       </c>
       <c r="H21">
-        <v>162.8</v>
+        <v>167.66</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>23</v>
       </c>
       <c r="B22" t="s">
         <v>53</v>
       </c>
       <c r="C22" t="s">
         <v>57</v>
       </c>
       <c r="D22">
         <v>2014</v>
       </c>
       <c r="E22" t="s">
         <v>58</v>
       </c>
       <c r="F22" t="s">
         <v>56</v>
       </c>
       <c r="G22">
         <v>0.0</v>
       </c>
       <c r="H22">
@@ -1345,54 +1345,54 @@
       </c>
       <c r="H26">
         <v>20.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>67</v>
       </c>
       <c r="D27">
         <v>2019</v>
       </c>
       <c r="E27" t="s">
         <v>68</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H27">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>69</v>
       </c>
       <c r="D28">
         <v>2</v>
       </c>
       <c r="E28" t="s">
         <v>70</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
         <v>20.0</v>
       </c>
       <c r="H28">
@@ -1423,236 +1423,236 @@
       </c>
       <c r="H29">
         <v>20.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>73</v>
       </c>
       <c r="D30">
         <v>2021</v>
       </c>
       <c r="E30" t="s">
         <v>74</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H30">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>75</v>
       </c>
       <c r="D31">
         <v>12</v>
       </c>
       <c r="E31" t="s">
         <v>76</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
         <v>20.0</v>
       </c>
       <c r="H31">
         <v>20.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>77</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>78</v>
       </c>
       <c r="D32">
         <v>2014</v>
       </c>
       <c r="E32" t="s">
         <v>79</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H32">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>80</v>
       </c>
       <c r="D33">
         <v>2015</v>
       </c>
       <c r="E33" t="s">
         <v>81</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H33">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>82</v>
       </c>
       <c r="D34">
         <v>2014</v>
       </c>
       <c r="E34" t="s">
         <v>83</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H34">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>84</v>
       </c>
       <c r="D35">
         <v>2017</v>
       </c>
       <c r="E35" t="s">
         <v>85</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H35">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>86</v>
       </c>
       <c r="D36">
         <v>2017</v>
       </c>
       <c r="E36" t="s">
         <v>87</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H36">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>88</v>
       </c>
       <c r="D37">
         <v>2015</v>
       </c>
       <c r="E37" t="s">
         <v>89</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H37">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>90</v>
       </c>
       <c r="E38" t="s">
         <v>91</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
         <v>20.0</v>
       </c>
       <c r="H38">
         <v>20.0</v>
       </c>
     </row>