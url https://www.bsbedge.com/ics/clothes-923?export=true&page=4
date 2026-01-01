--- v1 (2025-11-16)
+++ v2 (2026-01-01)
@@ -1563,80 +1563,80 @@
       </c>
       <c r="H3">
         <v>146.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
       <c r="H4">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H5">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6">
         <v>177.0</v>
       </c>
       <c r="H6">
@@ -1745,54 +1745,54 @@
       </c>
       <c r="H10">
         <v>20.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>37</v>
       </c>
       <c r="D11">
         <v>2024</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
       <c r="F11" t="s">
         <v>19</v>
       </c>
       <c r="G11">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H11">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12">
         <v>2015</v>
       </c>
       <c r="E12" t="s">
         <v>40</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
         <v>72.0</v>
       </c>
       <c r="H12">
@@ -2057,106 +2057,106 @@
       </c>
       <c r="H22">
         <v>20.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23">
         <v>2023</v>
       </c>
       <c r="E23" t="s">
         <v>64</v>
       </c>
       <c r="F23" t="s">
         <v>19</v>
       </c>
       <c r="G23">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H23">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" t="s">
         <v>23</v>
       </c>
       <c r="C24" t="s">
         <v>65</v>
       </c>
       <c r="D24">
         <v>2023</v>
       </c>
       <c r="E24" t="s">
         <v>66</v>
       </c>
       <c r="F24" t="s">
         <v>26</v>
       </c>
       <c r="G24">
         <v>155.0</v>
       </c>
       <c r="H24">
         <v>155.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>15</v>
       </c>
       <c r="B25" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s">
         <v>67</v>
       </c>
       <c r="D25">
         <v>2023</v>
       </c>
       <c r="E25" t="s">
         <v>68</v>
       </c>
       <c r="F25" t="s">
         <v>19</v>
       </c>
       <c r="G25">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H25">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>69</v>
       </c>
       <c r="D26">
         <v>2023</v>
       </c>
       <c r="E26" t="s">
         <v>70</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
         <v>72.0</v>
       </c>
       <c r="H26">
@@ -3799,106 +3799,106 @@
       </c>
       <c r="H89">
         <v>93.83</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>197</v>
       </c>
       <c r="B90" t="s">
         <v>16</v>
       </c>
       <c r="C90" t="s">
         <v>198</v>
       </c>
       <c r="D90">
         <v>2021</v>
       </c>
       <c r="E90" t="s">
         <v>199</v>
       </c>
       <c r="F90" t="s">
         <v>19</v>
       </c>
       <c r="G90">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H90">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>197</v>
       </c>
       <c r="B91" t="s">
         <v>16</v>
       </c>
       <c r="C91" t="s">
         <v>200</v>
       </c>
       <c r="D91">
         <v>2021</v>
       </c>
       <c r="E91" t="s">
         <v>201</v>
       </c>
       <c r="F91" t="s">
         <v>19</v>
       </c>
       <c r="G91">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H91">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>202</v>
       </c>
       <c r="B92" t="s">
         <v>16</v>
       </c>
       <c r="C92" t="s">
         <v>203</v>
       </c>
       <c r="D92">
         <v>2017</v>
       </c>
       <c r="E92" t="s">
         <v>204</v>
       </c>
       <c r="F92" t="s">
         <v>19</v>
       </c>
       <c r="G92">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H92">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>15</v>
       </c>
       <c r="B93" t="s">
         <v>16</v>
       </c>
       <c r="C93" t="s">
         <v>205</v>
       </c>
       <c r="D93">
         <v>17</v>
       </c>
       <c r="E93" t="s">
         <v>206</v>
       </c>
       <c r="F93" t="s">
         <v>19</v>
       </c>
       <c r="G93">
         <v>20.0</v>
       </c>
       <c r="H93">
@@ -3929,1458 +3929,1458 @@
       </c>
       <c r="H94">
         <v>20.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>15</v>
       </c>
       <c r="B95" t="s">
         <v>16</v>
       </c>
       <c r="C95" t="s">
         <v>209</v>
       </c>
       <c r="D95">
         <v>2020</v>
       </c>
       <c r="E95" t="s">
         <v>210</v>
       </c>
       <c r="F95" t="s">
         <v>19</v>
       </c>
       <c r="G95">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H95">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>197</v>
       </c>
       <c r="B96" t="s">
         <v>16</v>
       </c>
       <c r="C96" t="s">
         <v>211</v>
       </c>
       <c r="D96">
         <v>2022</v>
       </c>
       <c r="E96" t="s">
         <v>212</v>
       </c>
       <c r="F96" t="s">
         <v>19</v>
       </c>
       <c r="G96">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H96">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>15</v>
       </c>
       <c r="B97" t="s">
         <v>16</v>
       </c>
       <c r="C97" t="s">
         <v>213</v>
       </c>
       <c r="D97">
         <v>18</v>
       </c>
       <c r="E97" t="s">
         <v>214</v>
       </c>
       <c r="F97" t="s">
         <v>19</v>
       </c>
       <c r="G97">
         <v>20.0</v>
       </c>
       <c r="H97">
         <v>20.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>197</v>
       </c>
       <c r="B98" t="s">
         <v>16</v>
       </c>
       <c r="C98" t="s">
         <v>215</v>
       </c>
       <c r="D98">
         <v>2021</v>
       </c>
       <c r="E98" t="s">
         <v>216</v>
       </c>
       <c r="F98" t="s">
         <v>19</v>
       </c>
       <c r="G98">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H98">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>15</v>
       </c>
       <c r="B99" t="s">
         <v>16</v>
       </c>
       <c r="C99" t="s">
         <v>217</v>
       </c>
       <c r="D99">
         <v>2019</v>
       </c>
       <c r="E99" t="s">
         <v>218</v>
       </c>
       <c r="F99" t="s">
         <v>19</v>
       </c>
       <c r="G99">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H99">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>15</v>
       </c>
       <c r="B100" t="s">
         <v>16</v>
       </c>
       <c r="C100" t="s">
         <v>219</v>
       </c>
       <c r="D100">
         <v>2022</v>
       </c>
       <c r="E100" t="s">
         <v>220</v>
       </c>
       <c r="F100" t="s">
         <v>19</v>
       </c>
       <c r="G100">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H100">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>15</v>
       </c>
       <c r="B101" t="s">
         <v>16</v>
       </c>
       <c r="C101" t="s">
         <v>221</v>
       </c>
       <c r="D101">
         <v>22</v>
       </c>
       <c r="E101" t="s">
         <v>222</v>
       </c>
       <c r="F101" t="s">
         <v>19</v>
       </c>
       <c r="G101">
         <v>20.0</v>
       </c>
       <c r="H101">
         <v>20.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>197</v>
       </c>
       <c r="B102" t="s">
         <v>16</v>
       </c>
       <c r="C102" t="s">
         <v>223</v>
       </c>
       <c r="D102">
         <v>2020</v>
       </c>
       <c r="E102" t="s">
         <v>224</v>
       </c>
       <c r="F102" t="s">
         <v>19</v>
       </c>
       <c r="G102">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H102">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>197</v>
       </c>
       <c r="B103" t="s">
         <v>16</v>
       </c>
       <c r="C103" t="s">
         <v>225</v>
       </c>
       <c r="D103">
         <v>2022</v>
       </c>
       <c r="E103" t="s">
         <v>226</v>
       </c>
       <c r="F103" t="s">
         <v>19</v>
       </c>
       <c r="G103">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H103">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>15</v>
       </c>
       <c r="B104" t="s">
         <v>16</v>
       </c>
       <c r="C104" t="s">
         <v>227</v>
       </c>
       <c r="D104">
         <v>2020</v>
       </c>
       <c r="E104" t="s">
         <v>228</v>
       </c>
       <c r="F104" t="s">
         <v>19</v>
       </c>
       <c r="G104">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H104">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>197</v>
       </c>
       <c r="B105" t="s">
         <v>16</v>
       </c>
       <c r="C105" t="s">
         <v>229</v>
       </c>
       <c r="D105">
         <v>2009</v>
       </c>
       <c r="E105" t="s">
         <v>230</v>
       </c>
       <c r="F105" t="s">
         <v>19</v>
       </c>
       <c r="G105">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H105">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>202</v>
       </c>
       <c r="B106" t="s">
         <v>16</v>
       </c>
       <c r="C106" t="s">
         <v>231</v>
       </c>
       <c r="D106">
         <v>2018</v>
       </c>
       <c r="E106" t="s">
         <v>232</v>
       </c>
       <c r="F106" t="s">
         <v>19</v>
       </c>
       <c r="G106">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H106">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>15</v>
       </c>
       <c r="B107" t="s">
         <v>16</v>
       </c>
       <c r="C107" t="s">
         <v>233</v>
       </c>
       <c r="D107">
         <v>2009</v>
       </c>
       <c r="E107" t="s">
         <v>234</v>
       </c>
       <c r="F107" t="s">
         <v>19</v>
       </c>
       <c r="G107">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H107">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>197</v>
       </c>
       <c r="B108" t="s">
         <v>16</v>
       </c>
       <c r="C108" t="s">
         <v>235</v>
       </c>
       <c r="D108">
         <v>2014</v>
       </c>
       <c r="E108" t="s">
         <v>236</v>
       </c>
       <c r="F108" t="s">
         <v>19</v>
       </c>
       <c r="G108">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H108">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>202</v>
       </c>
       <c r="B109" t="s">
         <v>16</v>
       </c>
       <c r="C109" t="s">
         <v>237</v>
       </c>
       <c r="D109">
         <v>2016</v>
       </c>
       <c r="E109" t="s">
         <v>238</v>
       </c>
       <c r="F109" t="s">
         <v>19</v>
       </c>
       <c r="G109">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H109">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>197</v>
       </c>
       <c r="B110" t="s">
         <v>16</v>
       </c>
       <c r="C110" t="s">
         <v>239</v>
       </c>
       <c r="D110">
         <v>1990</v>
       </c>
       <c r="E110" t="s">
         <v>240</v>
       </c>
       <c r="F110" t="s">
         <v>19</v>
       </c>
       <c r="G110">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H110">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>241</v>
       </c>
       <c r="B111" t="s">
         <v>16</v>
       </c>
       <c r="C111" t="s">
         <v>242</v>
       </c>
       <c r="D111">
         <v>2014</v>
       </c>
       <c r="E111" t="s">
         <v>243</v>
       </c>
       <c r="F111" t="s">
         <v>19</v>
       </c>
       <c r="G111">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H111">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>202</v>
       </c>
       <c r="B112" t="s">
         <v>16</v>
       </c>
       <c r="C112" t="s">
         <v>244</v>
       </c>
       <c r="D112">
         <v>1991</v>
       </c>
       <c r="E112" t="s">
         <v>245</v>
       </c>
       <c r="F112" t="s">
         <v>19</v>
       </c>
       <c r="G112">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H112">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>15</v>
       </c>
       <c r="B113" t="s">
         <v>16</v>
       </c>
       <c r="C113" t="s">
         <v>246</v>
       </c>
       <c r="D113">
         <v>2002</v>
       </c>
       <c r="E113" t="s">
         <v>247</v>
       </c>
       <c r="F113" t="s">
         <v>19</v>
       </c>
       <c r="G113">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H113">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>202</v>
       </c>
       <c r="B114" t="s">
         <v>16</v>
       </c>
       <c r="C114" t="s">
         <v>248</v>
       </c>
       <c r="D114">
         <v>1982</v>
       </c>
       <c r="E114" t="s">
         <v>249</v>
       </c>
       <c r="F114" t="s">
         <v>19</v>
       </c>
       <c r="G114">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H114">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>202</v>
       </c>
       <c r="B115" t="s">
         <v>16</v>
       </c>
       <c r="C115" t="s">
         <v>250</v>
       </c>
       <c r="D115">
         <v>1987</v>
       </c>
       <c r="E115" t="s">
         <v>251</v>
       </c>
       <c r="F115" t="s">
         <v>19</v>
       </c>
       <c r="G115">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H115">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>202</v>
       </c>
       <c r="B116" t="s">
         <v>16</v>
       </c>
       <c r="C116" t="s">
         <v>252</v>
       </c>
       <c r="D116">
         <v>2016</v>
       </c>
       <c r="E116" t="s">
         <v>253</v>
       </c>
       <c r="F116" t="s">
         <v>19</v>
       </c>
       <c r="G116">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H116">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>15</v>
       </c>
       <c r="B117" t="s">
         <v>16</v>
       </c>
       <c r="C117" t="s">
         <v>254</v>
       </c>
       <c r="D117">
         <v>2023</v>
       </c>
       <c r="E117" t="s">
         <v>255</v>
       </c>
       <c r="F117" t="s">
         <v>19</v>
       </c>
       <c r="G117">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H117">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>15</v>
       </c>
       <c r="B118" t="s">
         <v>16</v>
       </c>
       <c r="C118" t="s">
         <v>256</v>
       </c>
       <c r="D118">
         <v>2021</v>
       </c>
       <c r="E118" t="s">
         <v>257</v>
       </c>
       <c r="F118" t="s">
         <v>19</v>
       </c>
       <c r="G118">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H118">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>15</v>
       </c>
       <c r="B119" t="s">
         <v>16</v>
       </c>
       <c r="C119" t="s">
         <v>258</v>
       </c>
       <c r="D119">
         <v>2012</v>
       </c>
       <c r="E119" t="s">
         <v>259</v>
       </c>
       <c r="F119" t="s">
         <v>19</v>
       </c>
       <c r="G119">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H119">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>197</v>
       </c>
       <c r="B120" t="s">
         <v>16</v>
       </c>
       <c r="C120" t="s">
         <v>260</v>
       </c>
       <c r="D120">
         <v>2004</v>
       </c>
       <c r="E120" t="s">
         <v>261</v>
       </c>
       <c r="F120" t="s">
         <v>19</v>
       </c>
       <c r="G120">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H120">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>197</v>
       </c>
       <c r="B121" t="s">
         <v>16</v>
       </c>
       <c r="C121" t="s">
         <v>262</v>
       </c>
       <c r="D121">
         <v>2002</v>
       </c>
       <c r="E121" t="s">
         <v>263</v>
       </c>
       <c r="F121" t="s">
         <v>19</v>
       </c>
       <c r="G121">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H121">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>197</v>
       </c>
       <c r="B122" t="s">
         <v>16</v>
       </c>
       <c r="C122" t="s">
         <v>264</v>
       </c>
       <c r="D122">
         <v>1973</v>
       </c>
       <c r="E122" t="s">
         <v>265</v>
       </c>
       <c r="F122" t="s">
         <v>19</v>
       </c>
       <c r="G122">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H122">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>197</v>
       </c>
       <c r="B123" t="s">
         <v>16</v>
       </c>
       <c r="C123" t="s">
         <v>266</v>
       </c>
       <c r="D123">
         <v>2014</v>
       </c>
       <c r="E123" t="s">
         <v>267</v>
       </c>
       <c r="F123" t="s">
         <v>19</v>
       </c>
       <c r="G123">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H123">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>197</v>
       </c>
       <c r="B124" t="s">
         <v>16</v>
       </c>
       <c r="C124" t="s">
         <v>268</v>
       </c>
       <c r="D124">
         <v>2001</v>
       </c>
       <c r="E124" t="s">
         <v>269</v>
       </c>
       <c r="F124" t="s">
         <v>19</v>
       </c>
       <c r="G124">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H124">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>197</v>
       </c>
       <c r="B125" t="s">
         <v>16</v>
       </c>
       <c r="C125" t="s">
         <v>270</v>
       </c>
       <c r="D125">
         <v>1976</v>
       </c>
       <c r="E125" t="s">
         <v>271</v>
       </c>
       <c r="F125" t="s">
         <v>19</v>
       </c>
       <c r="G125">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H125">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>202</v>
       </c>
       <c r="B126" t="s">
         <v>16</v>
       </c>
       <c r="C126" t="s">
         <v>272</v>
       </c>
       <c r="D126">
         <v>2018</v>
       </c>
       <c r="E126" t="s">
         <v>273</v>
       </c>
       <c r="F126" t="s">
         <v>19</v>
       </c>
       <c r="G126">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H126">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>197</v>
       </c>
       <c r="B127" t="s">
         <v>16</v>
       </c>
       <c r="C127" t="s">
         <v>274</v>
       </c>
       <c r="D127">
         <v>2014</v>
       </c>
       <c r="E127" t="s">
         <v>275</v>
       </c>
       <c r="F127" t="s">
         <v>19</v>
       </c>
       <c r="G127">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H127">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>202</v>
       </c>
       <c r="B128" t="s">
         <v>16</v>
       </c>
       <c r="C128" t="s">
         <v>276</v>
       </c>
       <c r="D128">
         <v>1994</v>
       </c>
       <c r="E128" t="s">
         <v>277</v>
       </c>
       <c r="F128" t="s">
         <v>19</v>
       </c>
       <c r="G128">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H128">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>197</v>
       </c>
       <c r="B129" t="s">
         <v>16</v>
       </c>
       <c r="C129" t="s">
         <v>278</v>
       </c>
       <c r="D129">
         <v>2003</v>
       </c>
       <c r="E129" t="s">
         <v>279</v>
       </c>
       <c r="F129" t="s">
         <v>19</v>
       </c>
       <c r="G129">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H129">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>15</v>
       </c>
       <c r="B130" t="s">
         <v>16</v>
       </c>
       <c r="C130" t="s">
         <v>280</v>
       </c>
       <c r="D130">
         <v>1978</v>
       </c>
       <c r="E130" t="s">
         <v>281</v>
       </c>
       <c r="F130" t="s">
         <v>19</v>
       </c>
       <c r="G130">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H130">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>202</v>
       </c>
       <c r="B131" t="s">
         <v>16</v>
       </c>
       <c r="C131" t="s">
         <v>282</v>
       </c>
       <c r="D131">
         <v>2011</v>
       </c>
       <c r="E131" t="s">
         <v>283</v>
       </c>
       <c r="F131" t="s">
         <v>19</v>
       </c>
       <c r="G131">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H131">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>202</v>
       </c>
       <c r="B132" t="s">
         <v>16</v>
       </c>
       <c r="C132" t="s">
         <v>284</v>
       </c>
       <c r="D132">
         <v>1981</v>
       </c>
       <c r="E132" t="s">
         <v>285</v>
       </c>
       <c r="F132" t="s">
         <v>19</v>
       </c>
       <c r="G132">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H132">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>202</v>
       </c>
       <c r="B133" t="s">
         <v>16</v>
       </c>
       <c r="C133" t="s">
         <v>286</v>
       </c>
       <c r="D133">
         <v>1990</v>
       </c>
       <c r="E133" t="s">
         <v>287</v>
       </c>
       <c r="F133" t="s">
         <v>19</v>
       </c>
       <c r="G133">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H133">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>202</v>
       </c>
       <c r="B134" t="s">
         <v>16</v>
       </c>
       <c r="C134" t="s">
         <v>288</v>
       </c>
       <c r="D134">
         <v>2016</v>
       </c>
       <c r="E134" t="s">
         <v>289</v>
       </c>
       <c r="F134" t="s">
         <v>19</v>
       </c>
       <c r="G134">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H134">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>197</v>
       </c>
       <c r="B135" t="s">
         <v>16</v>
       </c>
       <c r="C135" t="s">
         <v>290</v>
       </c>
       <c r="D135">
         <v>2001</v>
       </c>
       <c r="E135" t="s">
         <v>291</v>
       </c>
       <c r="F135" t="s">
         <v>19</v>
       </c>
       <c r="G135">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H135">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>202</v>
       </c>
       <c r="B136" t="s">
         <v>16</v>
       </c>
       <c r="C136" t="s">
         <v>292</v>
       </c>
       <c r="D136">
         <v>1990</v>
       </c>
       <c r="E136" t="s">
         <v>293</v>
       </c>
       <c r="F136" t="s">
         <v>19</v>
       </c>
       <c r="G136">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H136">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>202</v>
       </c>
       <c r="B137" t="s">
         <v>16</v>
       </c>
       <c r="C137" t="s">
         <v>294</v>
       </c>
       <c r="D137">
         <v>2007</v>
       </c>
       <c r="E137" t="s">
         <v>295</v>
       </c>
       <c r="F137" t="s">
         <v>19</v>
       </c>
       <c r="G137">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H137">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>197</v>
       </c>
       <c r="B138" t="s">
         <v>16</v>
       </c>
       <c r="C138" t="s">
         <v>296</v>
       </c>
       <c r="D138">
         <v>1973</v>
       </c>
       <c r="E138" t="s">
         <v>297</v>
       </c>
       <c r="F138" t="s">
         <v>19</v>
       </c>
       <c r="G138">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H138">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>197</v>
       </c>
       <c r="B139" t="s">
         <v>16</v>
       </c>
       <c r="C139" t="s">
         <v>298</v>
       </c>
       <c r="D139">
         <v>1982</v>
       </c>
       <c r="E139" t="s">
         <v>299</v>
       </c>
       <c r="F139" t="s">
         <v>19</v>
       </c>
       <c r="G139">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H139">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>197</v>
       </c>
       <c r="B140" t="s">
         <v>16</v>
       </c>
       <c r="C140" t="s">
         <v>300</v>
       </c>
       <c r="D140">
         <v>1984</v>
       </c>
       <c r="E140" t="s">
         <v>301</v>
       </c>
       <c r="F140" t="s">
         <v>19</v>
       </c>
       <c r="G140">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H140">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>202</v>
       </c>
       <c r="B141" t="s">
         <v>16</v>
       </c>
       <c r="C141" t="s">
         <v>302</v>
       </c>
       <c r="D141">
         <v>2002</v>
       </c>
       <c r="E141" t="s">
         <v>303</v>
       </c>
       <c r="F141" t="s">
         <v>19</v>
       </c>
       <c r="G141">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H141">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>202</v>
       </c>
       <c r="B142" t="s">
         <v>16</v>
       </c>
       <c r="C142" t="s">
         <v>304</v>
       </c>
       <c r="D142">
         <v>2017</v>
       </c>
       <c r="E142" t="s">
         <v>305</v>
       </c>
       <c r="F142" t="s">
         <v>19</v>
       </c>
       <c r="G142">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H142">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>202</v>
       </c>
       <c r="B143" t="s">
         <v>16</v>
       </c>
       <c r="C143" t="s">
         <v>306</v>
       </c>
       <c r="D143">
         <v>1991</v>
       </c>
       <c r="E143" t="s">
         <v>307</v>
       </c>
       <c r="F143" t="s">
         <v>19</v>
       </c>
       <c r="G143">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H143">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>197</v>
       </c>
       <c r="B144" t="s">
         <v>16</v>
       </c>
       <c r="C144" t="s">
         <v>308</v>
       </c>
       <c r="D144">
         <v>1982</v>
       </c>
       <c r="E144" t="s">
         <v>309</v>
       </c>
       <c r="F144" t="s">
         <v>19</v>
       </c>
       <c r="G144">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H144">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>202</v>
       </c>
       <c r="B145" t="s">
         <v>16</v>
       </c>
       <c r="C145" t="s">
         <v>310</v>
       </c>
       <c r="D145">
         <v>2016</v>
       </c>
       <c r="E145" t="s">
         <v>311</v>
       </c>
       <c r="F145" t="s">
         <v>19</v>
       </c>
       <c r="G145">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H145">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>197</v>
       </c>
       <c r="B146" t="s">
         <v>16</v>
       </c>
       <c r="C146" t="s">
         <v>312</v>
       </c>
       <c r="D146">
         <v>1993</v>
       </c>
       <c r="E146" t="s">
         <v>313</v>
       </c>
       <c r="F146" t="s">
         <v>19</v>
       </c>
       <c r="G146">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H146">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>202</v>
       </c>
       <c r="B147" t="s">
         <v>16</v>
       </c>
       <c r="C147" t="s">
         <v>314</v>
       </c>
       <c r="D147">
         <v>2005</v>
       </c>
       <c r="E147" t="s">
         <v>315</v>
       </c>
       <c r="F147" t="s">
         <v>19</v>
       </c>
       <c r="G147">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H147">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>202</v>
       </c>
       <c r="B148" t="s">
         <v>16</v>
       </c>
       <c r="C148" t="s">
         <v>316</v>
       </c>
       <c r="D148">
         <v>2017</v>
       </c>
       <c r="E148" t="s">
         <v>317</v>
       </c>
       <c r="F148" t="s">
         <v>19</v>
       </c>
       <c r="G148">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H148">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>197</v>
       </c>
       <c r="B149" t="s">
         <v>16</v>
       </c>
       <c r="C149" t="s">
         <v>318</v>
       </c>
       <c r="D149">
         <v>2002</v>
       </c>
       <c r="E149" t="s">
         <v>319</v>
       </c>
       <c r="F149" t="s">
         <v>19</v>
       </c>
       <c r="G149">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H149">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>8</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>320</v>
       </c>
       <c r="D150">
         <v>2022</v>
       </c>
       <c r="E150" t="s">
         <v>321</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150">
         <v>64.0</v>
       </c>
       <c r="H150">