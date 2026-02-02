--- v0 (2025-12-19)
+++ v1 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="271">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -810,62 +810,50 @@
     <t>Standard Guide for Determination of Individual Particle Strength of Low Surface  Area Catalysts and Catalyst Carriers by Drop Test onto a Steel Plate</t>
   </si>
   <si>
     <t>ASTM D3908 : 20</t>
   </si>
   <si>
     <t>Standard Test Method for  Hydrogen Chemisorption on Supported Platinum Catalysts by Volumetric  Vacuum Method</t>
   </si>
   <si>
     <t>ASTM D4069 : 95(2020)</t>
   </si>
   <si>
     <t>Standard Specification for  Impregnated Activated Carbon Used to Remove Gaseous Radio-Iodines   from Gas Streams</t>
   </si>
   <si>
     <t>ASTM D5029 : 98(2020)</t>
   </si>
   <si>
     <t>Standard Test Method for Water Solubles in Activated Carbon</t>
   </si>
   <si>
     <t>ASTM D3467 : 04(2020)</t>
   </si>
   <si>
     <t>Standard Test Method for  Carbon Tetrachloride Activity of Activated Carbon</t>
-  </si>
-[...10 lines deleted...]
-    <t>Standard Practice for  Calculation of Pore Size Distributions of Catalysts and Catalyst  Carriers from Nitrogen Desorption Isotherms</t>
   </si>
   <si>
     <t>ASTM E2036 : 15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1172,51 +1160,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H127"/>
+  <dimension ref="A1:H125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1226,54 +1214,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
       <c r="H2">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3">
         <v>64.0</v>
       </c>
       <c r="H3">
@@ -1304,54 +1292,54 @@
       </c>
       <c r="H4">
         <v>64.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5">
-        <v>11300.0</v>
+        <v>13000.0</v>
       </c>
       <c r="H5">
-        <v>11300.0</v>
+        <v>13000.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>23</v>
       </c>
       <c r="D6">
         <v>1995</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6">
         <v>72.0</v>
       </c>
       <c r="H6">
@@ -1616,80 +1604,80 @@
       </c>
       <c r="H16">
         <v>72.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>48</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" t="s">
         <v>50</v>
       </c>
       <c r="D17">
         <v>2025</v>
       </c>
       <c r="E17" t="s">
         <v>45</v>
       </c>
       <c r="F17" t="s">
         <v>51</v>
       </c>
       <c r="G17">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H17">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>19</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
       <c r="D18">
         <v>2024</v>
       </c>
       <c r="E18" t="s">
         <v>53</v>
       </c>
       <c r="F18" t="s">
         <v>22</v>
       </c>
       <c r="G18">
-        <v>1300.0</v>
+        <v>1500.0</v>
       </c>
       <c r="H18">
-        <v>1300.0</v>
+        <v>1500.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>13</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19">
         <v>2024</v>
       </c>
       <c r="E19" t="s">
         <v>55</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19">
         <v>72.0</v>
       </c>
       <c r="H19">
@@ -1902,54 +1890,54 @@
       </c>
       <c r="H27">
         <v>382.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>48</v>
       </c>
       <c r="B28" t="s">
         <v>49</v>
       </c>
       <c r="C28" t="s">
         <v>72</v>
       </c>
       <c r="D28">
         <v>2024</v>
       </c>
       <c r="E28" t="s">
         <v>73</v>
       </c>
       <c r="F28" t="s">
         <v>51</v>
       </c>
       <c r="G28">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H28">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>31</v>
       </c>
       <c r="B29" t="s">
         <v>32</v>
       </c>
       <c r="C29" t="s">
         <v>74</v>
       </c>
       <c r="D29">
         <v>2024</v>
       </c>
       <c r="E29" t="s">
         <v>75</v>
       </c>
       <c r="F29" t="s">
         <v>35</v>
       </c>
       <c r="G29">
         <v>272.0</v>
       </c>
       <c r="H29">
@@ -2032,80 +2020,80 @@
       </c>
       <c r="H32">
         <v>348.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>48</v>
       </c>
       <c r="B33" t="s">
         <v>49</v>
       </c>
       <c r="C33" t="s">
         <v>82</v>
       </c>
       <c r="D33">
         <v>2024</v>
       </c>
       <c r="E33" t="s">
         <v>79</v>
       </c>
       <c r="F33" t="s">
         <v>51</v>
       </c>
       <c r="G33">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H33">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>48</v>
       </c>
       <c r="B34" t="s">
         <v>49</v>
       </c>
       <c r="C34" t="s">
         <v>83</v>
       </c>
       <c r="D34">
         <v>2024</v>
       </c>
       <c r="E34" t="s">
         <v>84</v>
       </c>
       <c r="F34" t="s">
         <v>51</v>
       </c>
       <c r="G34">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H34">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
       <c r="D35">
         <v>2024</v>
       </c>
       <c r="E35" t="s">
         <v>86</v>
       </c>
       <c r="F35" t="s">
         <v>16</v>
       </c>
       <c r="G35">
         <v>72.0</v>
       </c>
       <c r="H35">
@@ -2188,132 +2176,132 @@
       </c>
       <c r="H38">
         <v>64.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>19</v>
       </c>
       <c r="C39" t="s">
         <v>93</v>
       </c>
       <c r="D39">
         <v>2019</v>
       </c>
       <c r="E39" t="s">
         <v>94</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
       <c r="H39">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>19</v>
       </c>
       <c r="C40" t="s">
         <v>95</v>
       </c>
       <c r="D40">
         <v>2006</v>
       </c>
       <c r="E40" t="s">
         <v>96</v>
       </c>
       <c r="F40" t="s">
         <v>22</v>
       </c>
       <c r="G40">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
       <c r="H40">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>19</v>
       </c>
       <c r="C41" t="s">
         <v>97</v>
       </c>
       <c r="D41">
         <v>2021</v>
       </c>
       <c r="E41" t="s">
         <v>98</v>
       </c>
       <c r="F41" t="s">
         <v>22</v>
       </c>
       <c r="G41">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
       <c r="H41">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>19</v>
       </c>
       <c r="C42" t="s">
         <v>99</v>
       </c>
       <c r="D42">
         <v>2015</v>
       </c>
       <c r="E42" t="s">
         <v>100</v>
       </c>
       <c r="F42" t="s">
         <v>22</v>
       </c>
       <c r="G42">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
       <c r="H42">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>31</v>
       </c>
       <c r="B43" t="s">
         <v>32</v>
       </c>
       <c r="C43" t="s">
         <v>101</v>
       </c>
       <c r="D43">
         <v>2024</v>
       </c>
       <c r="E43" t="s">
         <v>102</v>
       </c>
       <c r="F43" t="s">
         <v>35</v>
       </c>
       <c r="G43">
         <v>234.0</v>
       </c>
       <c r="H43">
@@ -2370,80 +2358,80 @@
       </c>
       <c r="H45">
         <v>166.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>48</v>
       </c>
       <c r="B46" t="s">
         <v>49</v>
       </c>
       <c r="C46" t="s">
         <v>107</v>
       </c>
       <c r="D46">
         <v>2024</v>
       </c>
       <c r="E46" t="s">
         <v>108</v>
       </c>
       <c r="F46" t="s">
         <v>51</v>
       </c>
       <c r="G46">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H46">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>48</v>
       </c>
       <c r="B47" t="s">
         <v>49</v>
       </c>
       <c r="C47" t="s">
         <v>109</v>
       </c>
       <c r="D47">
         <v>2024</v>
       </c>
       <c r="E47" t="s">
         <v>104</v>
       </c>
       <c r="F47" t="s">
         <v>51</v>
       </c>
       <c r="G47">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H47">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48" t="s">
         <v>110</v>
       </c>
       <c r="D48">
         <v>2016</v>
       </c>
       <c r="E48" t="s">
         <v>111</v>
       </c>
       <c r="F48" t="s">
         <v>16</v>
       </c>
       <c r="G48">
         <v>64.0</v>
       </c>
       <c r="H48">
@@ -2578,782 +2566,782 @@
       </c>
       <c r="H53">
         <v>80.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>19</v>
       </c>
       <c r="C54" t="s">
         <v>122</v>
       </c>
       <c r="D54">
         <v>2008</v>
       </c>
       <c r="E54" t="s">
         <v>123</v>
       </c>
       <c r="F54" t="s">
         <v>22</v>
       </c>
       <c r="G54">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
       <c r="H54">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>19</v>
       </c>
       <c r="C55" t="s">
         <v>124</v>
       </c>
       <c r="D55">
         <v>2006</v>
       </c>
       <c r="E55" t="s">
         <v>125</v>
       </c>
       <c r="F55" t="s">
         <v>22</v>
       </c>
       <c r="G55">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
       <c r="H55">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>19</v>
       </c>
       <c r="C56" t="s">
         <v>126</v>
       </c>
       <c r="D56">
         <v>2004</v>
       </c>
       <c r="E56" t="s">
         <v>127</v>
       </c>
       <c r="F56" t="s">
         <v>22</v>
       </c>
       <c r="G56">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
       <c r="H56">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>19</v>
       </c>
       <c r="C57" t="s">
         <v>128</v>
       </c>
       <c r="D57">
         <v>2014</v>
       </c>
       <c r="E57" t="s">
         <v>129</v>
       </c>
       <c r="F57" t="s">
         <v>22</v>
       </c>
       <c r="G57">
-        <v>9000.0</v>
+        <v>10400.0</v>
       </c>
       <c r="H57">
-        <v>9000.0</v>
+        <v>10400.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>19</v>
       </c>
       <c r="C58" t="s">
         <v>130</v>
       </c>
       <c r="D58">
         <v>2006</v>
       </c>
       <c r="E58" t="s">
         <v>131</v>
       </c>
       <c r="F58" t="s">
         <v>22</v>
       </c>
       <c r="G58">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
       <c r="H58">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>19</v>
       </c>
       <c r="C59" t="s">
         <v>132</v>
       </c>
       <c r="D59">
         <v>2006</v>
       </c>
       <c r="E59" t="s">
         <v>133</v>
       </c>
       <c r="F59" t="s">
         <v>22</v>
       </c>
       <c r="G59">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
       <c r="H59">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>19</v>
       </c>
       <c r="C60" t="s">
         <v>134</v>
       </c>
       <c r="D60">
         <v>2015</v>
       </c>
       <c r="E60" t="s">
         <v>135</v>
       </c>
       <c r="F60" t="s">
         <v>22</v>
       </c>
       <c r="G60">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
       <c r="H60">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>19</v>
       </c>
       <c r="C61" t="s">
         <v>136</v>
       </c>
       <c r="D61">
         <v>2021</v>
       </c>
       <c r="E61" t="s">
         <v>137</v>
       </c>
       <c r="F61" t="s">
         <v>22</v>
       </c>
       <c r="G61">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
       <c r="H61">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>19</v>
       </c>
       <c r="C62" t="s">
         <v>138</v>
       </c>
       <c r="D62">
         <v>2021</v>
       </c>
       <c r="E62" t="s">
         <v>139</v>
       </c>
       <c r="F62" t="s">
         <v>22</v>
       </c>
       <c r="G62">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
       <c r="H62">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>19</v>
       </c>
       <c r="C63" t="s">
         <v>140</v>
       </c>
       <c r="D63">
         <v>2021</v>
       </c>
       <c r="E63" t="s">
         <v>141</v>
       </c>
       <c r="F63" t="s">
         <v>22</v>
       </c>
       <c r="G63">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
       <c r="H63">
-        <v>6800.0</v>
+        <v>7900.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>19</v>
       </c>
       <c r="C64" t="s">
         <v>142</v>
       </c>
       <c r="D64">
         <v>2020</v>
       </c>
       <c r="E64" t="s">
         <v>143</v>
       </c>
       <c r="F64" t="s">
         <v>22</v>
       </c>
       <c r="G64">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
       <c r="H64">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>19</v>
       </c>
       <c r="C65" t="s">
         <v>144</v>
       </c>
       <c r="D65">
         <v>1992</v>
       </c>
       <c r="E65" t="s">
         <v>145</v>
       </c>
       <c r="F65" t="s">
         <v>22</v>
       </c>
       <c r="G65">
-        <v>27300.0</v>
+        <v>29000.0</v>
       </c>
       <c r="H65">
-        <v>27300.0</v>
+        <v>29000.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>19</v>
       </c>
       <c r="C66" t="s">
         <v>146</v>
       </c>
       <c r="D66">
         <v>1992</v>
       </c>
       <c r="E66" t="s">
         <v>147</v>
       </c>
       <c r="F66" t="s">
         <v>22</v>
       </c>
       <c r="G66">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
       <c r="H66">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>19</v>
       </c>
       <c r="C67" t="s">
         <v>148</v>
       </c>
       <c r="D67">
         <v>2002</v>
       </c>
       <c r="E67" t="s">
         <v>149</v>
       </c>
       <c r="F67" t="s">
         <v>22</v>
       </c>
       <c r="G67">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
       <c r="H67">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>19</v>
       </c>
       <c r="C68" t="s">
         <v>150</v>
       </c>
       <c r="D68">
         <v>1996</v>
       </c>
       <c r="E68" t="s">
         <v>151</v>
       </c>
       <c r="F68" t="s">
         <v>22</v>
       </c>
       <c r="G68">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
       <c r="H68">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>48</v>
       </c>
       <c r="B69" t="s">
         <v>49</v>
       </c>
       <c r="C69" t="s">
         <v>152</v>
       </c>
       <c r="D69">
         <v>1986</v>
       </c>
       <c r="E69" t="s">
         <v>153</v>
       </c>
       <c r="F69" t="s">
         <v>51</v>
       </c>
       <c r="G69">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H69">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>48</v>
       </c>
       <c r="B70" t="s">
         <v>49</v>
       </c>
       <c r="C70" t="s">
         <v>154</v>
       </c>
       <c r="D70">
         <v>2009</v>
       </c>
       <c r="E70" t="s">
         <v>155</v>
       </c>
       <c r="F70" t="s">
         <v>51</v>
       </c>
       <c r="G70">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H70">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>48</v>
       </c>
       <c r="B71" t="s">
         <v>49</v>
       </c>
       <c r="C71" t="s">
         <v>156</v>
       </c>
       <c r="D71">
         <v>2015</v>
       </c>
       <c r="E71" t="s">
         <v>157</v>
       </c>
       <c r="F71" t="s">
         <v>51</v>
       </c>
       <c r="G71">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H71">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>48</v>
       </c>
       <c r="B72" t="s">
         <v>49</v>
       </c>
       <c r="C72" t="s">
         <v>158</v>
       </c>
       <c r="D72">
         <v>1983</v>
       </c>
       <c r="E72" t="s">
         <v>159</v>
       </c>
       <c r="F72" t="s">
         <v>51</v>
       </c>
       <c r="G72">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H72">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>48</v>
       </c>
       <c r="B73" t="s">
         <v>49</v>
       </c>
       <c r="C73" t="s">
         <v>160</v>
       </c>
       <c r="D73">
         <v>1982</v>
       </c>
       <c r="E73" t="s">
         <v>161</v>
       </c>
       <c r="F73" t="s">
         <v>51</v>
       </c>
       <c r="G73">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H73">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>48</v>
       </c>
       <c r="B74" t="s">
         <v>49</v>
       </c>
       <c r="C74" t="s">
         <v>162</v>
       </c>
       <c r="D74">
         <v>1987</v>
       </c>
       <c r="E74" t="s">
         <v>163</v>
       </c>
       <c r="F74" t="s">
         <v>51</v>
       </c>
       <c r="G74">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H74">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>48</v>
       </c>
       <c r="B75" t="s">
         <v>49</v>
       </c>
       <c r="C75" t="s">
         <v>164</v>
       </c>
       <c r="D75">
         <v>1987</v>
       </c>
       <c r="E75" t="s">
         <v>165</v>
       </c>
       <c r="F75" t="s">
         <v>51</v>
       </c>
       <c r="G75">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H75">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>48</v>
       </c>
       <c r="B76" t="s">
         <v>49</v>
       </c>
       <c r="C76" t="s">
         <v>166</v>
       </c>
       <c r="D76">
         <v>2023</v>
       </c>
       <c r="E76" t="s">
         <v>167</v>
       </c>
       <c r="F76" t="s">
         <v>51</v>
       </c>
       <c r="G76">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H76">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>48</v>
       </c>
       <c r="B77" t="s">
         <v>49</v>
       </c>
       <c r="C77" t="s">
         <v>168</v>
       </c>
       <c r="D77">
         <v>2016</v>
       </c>
       <c r="E77" t="s">
         <v>169</v>
       </c>
       <c r="F77" t="s">
         <v>51</v>
       </c>
       <c r="G77">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H77">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>48</v>
       </c>
       <c r="B78" t="s">
         <v>49</v>
       </c>
       <c r="C78" t="s">
         <v>170</v>
       </c>
       <c r="D78">
         <v>2013</v>
       </c>
       <c r="E78" t="s">
         <v>171</v>
       </c>
       <c r="F78" t="s">
         <v>51</v>
       </c>
       <c r="G78">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H78">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>48</v>
       </c>
       <c r="B79" t="s">
         <v>49</v>
       </c>
       <c r="C79" t="s">
         <v>172</v>
       </c>
       <c r="D79">
         <v>2015</v>
       </c>
       <c r="E79" t="s">
         <v>173</v>
       </c>
       <c r="F79" t="s">
         <v>51</v>
       </c>
       <c r="G79">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H79">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>48</v>
       </c>
       <c r="B80" t="s">
         <v>49</v>
       </c>
       <c r="C80" t="s">
         <v>174</v>
       </c>
       <c r="D80">
         <v>2009</v>
       </c>
       <c r="E80" t="s">
         <v>175</v>
       </c>
       <c r="F80" t="s">
         <v>51</v>
       </c>
       <c r="G80">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H80">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>176</v>
       </c>
       <c r="D81">
         <v>2006</v>
       </c>
       <c r="E81" t="s">
         <v>177</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H81">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>178</v>
       </c>
       <c r="D82">
         <v>2020</v>
       </c>
       <c r="E82" t="s">
         <v>179</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H82">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>31</v>
       </c>
       <c r="B83" t="s">
         <v>32</v>
       </c>
       <c r="C83" t="s">
         <v>180</v>
       </c>
       <c r="D83">
         <v>19</v>
       </c>
       <c r="E83" t="s">
         <v>181</v>
       </c>
       <c r="F83" t="s">
         <v>35</v>
       </c>
       <c r="G83">
         <v>20.0</v>
       </c>
       <c r="H83">
@@ -4415,114 +4403,62 @@
       </c>
       <c r="E124" t="s">
         <v>265</v>
       </c>
       <c r="F124" t="s">
         <v>16</v>
       </c>
       <c r="G124">
         <v>64.0</v>
       </c>
       <c r="H124">
         <v>64.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>13</v>
       </c>
       <c r="C125" t="s">
         <v>266</v>
       </c>
       <c r="D125">
-        <v>2000</v>
+        <v>2015</v>
       </c>
       <c r="E125" t="s">
-        <v>267</v>
+        <v>86</v>
       </c>
       <c r="F125" t="s">
         <v>16</v>
       </c>
       <c r="G125">
         <v>72.0</v>
       </c>
       <c r="H125">
-        <v>72.0</v>
-[...50 lines deleted...]
-      <c r="H127">
         <v>72.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>