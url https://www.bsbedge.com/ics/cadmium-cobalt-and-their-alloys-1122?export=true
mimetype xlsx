--- v0 (2025-10-18)
+++ v1 (2026-02-16)
@@ -482,132 +482,132 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2024</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
       <c r="H2">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>1961</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>1800.0</v>
+        <v>2100.0</v>
       </c>
       <c r="H3">
-        <v>1800.0</v>
+        <v>2100.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2012</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>1300.0</v>
+        <v>1500.0</v>
       </c>
       <c r="H4">
-        <v>1300.0</v>
+        <v>1500.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>1991</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
       <c r="H5">
-        <v>12400.0</v>
+        <v>14100.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6">
         <v>2012</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6">
         <v>64.0</v>
       </c>
       <c r="H6">