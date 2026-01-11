--- v0 (2025-10-05)
+++ v1 (2026-01-11)
@@ -514,106 +514,106 @@
       </c>
       <c r="H2">
         <v>135.33</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2023</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H3">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
         <v>2012</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
       <c r="G4">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H4">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5">
         <v>2014</v>
       </c>
       <c r="E5" t="s">
         <v>22</v>
       </c>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H5">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>17</v>
       </c>
       <c r="G6">
         <v>20.0</v>
       </c>
       <c r="H6">
         <v>20.0</v>
       </c>
     </row>