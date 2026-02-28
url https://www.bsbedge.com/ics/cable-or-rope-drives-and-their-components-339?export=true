--- v1 (2026-01-11)
+++ v2 (2026-02-28)
@@ -488,54 +488,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2015</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
       <c r="H2">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2023</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
         <v>272.0</v>
       </c>
       <c r="H3">