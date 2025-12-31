--- v0 (2025-10-01)
+++ v1 (2025-12-31)
@@ -1662,158 +1662,158 @@
       </c>
       <c r="H3">
         <v>20.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4">
         <v>1995</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H4">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>22</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5">
         <v>82.15</v>
       </c>
       <c r="H5">
         <v>82.15</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6">
         <v>2016</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>19</v>
       </c>
       <c r="G6">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
       <c r="H6">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7">
         <v>2023</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H7">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8">
         <v>2023</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H8">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>15</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9">
         <v>2023</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>23</v>
       </c>
       <c r="G9">
         <v>85.05</v>
       </c>
       <c r="H9">
@@ -4418,210 +4418,210 @@
       </c>
       <c r="H109">
         <v>50.65</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>8</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>237</v>
       </c>
       <c r="D110">
         <v>2022</v>
       </c>
       <c r="E110" t="s">
         <v>238</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H110">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>239</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>240</v>
       </c>
       <c r="D111">
         <v>2020</v>
       </c>
       <c r="E111" t="s">
         <v>241</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H111">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>242</v>
       </c>
       <c r="D112">
         <v>2022</v>
       </c>
       <c r="E112" t="s">
         <v>243</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
       <c r="H112">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>8</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>244</v>
       </c>
       <c r="D113">
         <v>2022</v>
       </c>
       <c r="E113" t="s">
         <v>245</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H113">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>8</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>246</v>
       </c>
       <c r="D114">
         <v>2020</v>
       </c>
       <c r="E114" t="s">
         <v>247</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H114">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>8</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>248</v>
       </c>
       <c r="D115">
         <v>24</v>
       </c>
       <c r="E115" t="s">
         <v>249</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115">
         <v>20.0</v>
       </c>
       <c r="H115">
         <v>20.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>8</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>250</v>
       </c>
       <c r="D116">
         <v>2020</v>
       </c>
       <c r="E116" t="s">
         <v>251</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H116">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>8</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>252</v>
       </c>
       <c r="D117">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>253</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117">
         <v>20.0</v>
       </c>
       <c r="H117">
@@ -4678,1848 +4678,1848 @@
       </c>
       <c r="H119">
         <v>134.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>239</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>258</v>
       </c>
       <c r="D120">
         <v>2018</v>
       </c>
       <c r="E120" t="s">
         <v>259</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H120">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>260</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>261</v>
       </c>
       <c r="D121">
         <v>2004</v>
       </c>
       <c r="E121" t="s">
         <v>262</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H121">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>260</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>263</v>
       </c>
       <c r="D122">
         <v>2014</v>
       </c>
       <c r="E122" t="s">
         <v>264</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H122">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>260</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>265</v>
       </c>
       <c r="D123">
         <v>2011</v>
       </c>
       <c r="E123" t="s">
         <v>266</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H123">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>239</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>267</v>
       </c>
       <c r="D124">
         <v>2005</v>
       </c>
       <c r="E124" t="s">
         <v>268</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H124">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>260</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>269</v>
       </c>
       <c r="D125">
         <v>2005</v>
       </c>
       <c r="E125" t="s">
         <v>270</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H125">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>239</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>271</v>
       </c>
       <c r="D126">
         <v>2005</v>
       </c>
       <c r="E126" t="s">
         <v>272</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H126">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>239</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>273</v>
       </c>
       <c r="D127">
         <v>2005</v>
       </c>
       <c r="E127" t="s">
         <v>274</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H127">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>260</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>275</v>
       </c>
       <c r="D128">
         <v>2004</v>
       </c>
       <c r="E128" t="s">
         <v>276</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H128">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>260</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>277</v>
       </c>
       <c r="D129">
         <v>2012</v>
       </c>
       <c r="E129" t="s">
         <v>278</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H129">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>260</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>279</v>
       </c>
       <c r="D130">
         <v>2005</v>
       </c>
       <c r="E130" t="s">
         <v>280</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H130">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>239</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>281</v>
       </c>
       <c r="D131">
         <v>1981</v>
       </c>
       <c r="E131" t="s">
         <v>282</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H131">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>260</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>283</v>
       </c>
       <c r="D132">
         <v>2011</v>
       </c>
       <c r="E132" t="s">
         <v>284</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H132">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>239</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>285</v>
       </c>
       <c r="D133">
         <v>2002</v>
       </c>
       <c r="E133" t="s">
         <v>286</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H133">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>239</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>287</v>
       </c>
       <c r="D134">
         <v>2005</v>
       </c>
       <c r="E134" t="s">
         <v>288</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H134">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>8</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>289</v>
       </c>
       <c r="D135">
         <v>2019</v>
       </c>
       <c r="E135" t="s">
         <v>290</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H135">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>260</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>291</v>
       </c>
       <c r="D136">
         <v>2019</v>
       </c>
       <c r="E136" t="s">
         <v>292</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H136">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>293</v>
       </c>
       <c r="D137">
         <v>2022</v>
       </c>
       <c r="E137" t="s">
         <v>294</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H137">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>239</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>295</v>
       </c>
       <c r="D138">
         <v>2005</v>
       </c>
       <c r="E138" t="s">
         <v>296</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H138">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>8</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>297</v>
       </c>
       <c r="D139">
         <v>2010</v>
       </c>
       <c r="E139" t="s">
         <v>251</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H139">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>298</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>299</v>
       </c>
       <c r="D140">
         <v>2007</v>
       </c>
       <c r="E140" t="s">
         <v>300</v>
       </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H140">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>260</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>301</v>
       </c>
       <c r="D141">
         <v>2011</v>
       </c>
       <c r="E141" t="s">
         <v>302</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H141">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>239</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>303</v>
       </c>
       <c r="D142">
         <v>2005</v>
       </c>
       <c r="E142" t="s">
         <v>304</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H142">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>239</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>305</v>
       </c>
       <c r="D143">
         <v>2005</v>
       </c>
       <c r="E143" t="s">
         <v>306</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H143">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>239</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>307</v>
       </c>
       <c r="D144">
         <v>2004</v>
       </c>
       <c r="E144" t="s">
         <v>308</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H144">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>239</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>309</v>
       </c>
       <c r="D145">
         <v>2008</v>
       </c>
       <c r="E145" t="s">
         <v>310</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H145">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>298</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>311</v>
       </c>
       <c r="D146">
         <v>2007</v>
       </c>
       <c r="E146" t="s">
         <v>312</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H146">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>260</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>313</v>
       </c>
       <c r="D147">
         <v>2015</v>
       </c>
       <c r="E147" t="s">
         <v>314</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H147">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>239</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>315</v>
       </c>
       <c r="D148">
         <v>2014</v>
       </c>
       <c r="E148" t="s">
         <v>316</v>
       </c>
       <c r="F148" t="s">
         <v>12</v>
       </c>
       <c r="G148">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H148">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>260</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>317</v>
       </c>
       <c r="D149">
         <v>1981</v>
       </c>
       <c r="E149" t="s">
         <v>318</v>
       </c>
       <c r="F149" t="s">
         <v>12</v>
       </c>
       <c r="G149">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H149">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>298</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>319</v>
       </c>
       <c r="D150">
         <v>2007</v>
       </c>
       <c r="E150" t="s">
         <v>320</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H150">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>260</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>321</v>
       </c>
       <c r="D151">
         <v>1978</v>
       </c>
       <c r="E151" t="s">
         <v>322</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H151">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>239</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>323</v>
       </c>
       <c r="D152">
         <v>2015</v>
       </c>
       <c r="E152" t="s">
         <v>324</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H152">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>260</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>325</v>
       </c>
       <c r="D153">
         <v>2002</v>
       </c>
       <c r="E153" t="s">
         <v>326</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H153">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>239</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>327</v>
       </c>
       <c r="D154">
         <v>2005</v>
       </c>
       <c r="E154" t="s">
         <v>328</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
       <c r="G154">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H154">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>298</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>329</v>
       </c>
       <c r="D155">
         <v>2007</v>
       </c>
       <c r="E155" t="s">
         <v>330</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H155">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>239</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>331</v>
       </c>
       <c r="D156">
         <v>1991</v>
       </c>
       <c r="E156" t="s">
         <v>332</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H156">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>8</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>333</v>
       </c>
       <c r="D157">
         <v>2005</v>
       </c>
       <c r="E157" t="s">
         <v>334</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
       <c r="G157">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H157">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>239</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>335</v>
       </c>
       <c r="D158">
         <v>2004</v>
       </c>
       <c r="E158" t="s">
         <v>336</v>
       </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
       <c r="G158">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H158">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>260</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>337</v>
       </c>
       <c r="D159">
         <v>2006</v>
       </c>
       <c r="E159" t="s">
         <v>338</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159">
         <v>134.0</v>
       </c>
       <c r="H159">
         <v>134.0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>260</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>339</v>
       </c>
       <c r="D160">
         <v>1994</v>
       </c>
       <c r="E160" t="s">
         <v>340</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H160">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>298</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>341</v>
       </c>
       <c r="D161">
         <v>2013</v>
       </c>
       <c r="E161" t="s">
         <v>342</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H161">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>260</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>343</v>
       </c>
       <c r="D162">
         <v>2014</v>
       </c>
       <c r="E162" t="s">
         <v>344</v>
       </c>
       <c r="F162" t="s">
         <v>12</v>
       </c>
       <c r="G162">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H162">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>260</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>345</v>
       </c>
       <c r="D163">
         <v>2002</v>
       </c>
       <c r="E163" t="s">
         <v>346</v>
       </c>
       <c r="F163" t="s">
         <v>12</v>
       </c>
       <c r="G163">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H163">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>260</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>347</v>
       </c>
       <c r="D164">
         <v>1994</v>
       </c>
       <c r="E164" t="s">
         <v>348</v>
       </c>
       <c r="F164" t="s">
         <v>12</v>
       </c>
       <c r="G164">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H164">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>260</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>349</v>
       </c>
       <c r="D165">
         <v>2011</v>
       </c>
       <c r="E165" t="s">
         <v>350</v>
       </c>
       <c r="F165" t="s">
         <v>12</v>
       </c>
       <c r="G165">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H165">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>260</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>351</v>
       </c>
       <c r="D166">
         <v>2013</v>
       </c>
       <c r="E166" t="s">
         <v>352</v>
       </c>
       <c r="F166" t="s">
         <v>12</v>
       </c>
       <c r="G166">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H166">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>260</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>353</v>
       </c>
       <c r="D167">
         <v>1977</v>
       </c>
       <c r="E167" t="s">
         <v>354</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
       <c r="G167">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H167">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>239</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>355</v>
       </c>
       <c r="D168">
         <v>2005</v>
       </c>
       <c r="E168" t="s">
         <v>356</v>
       </c>
       <c r="F168" t="s">
         <v>12</v>
       </c>
       <c r="G168">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H168">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>260</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>357</v>
       </c>
       <c r="D169">
         <v>2005</v>
       </c>
       <c r="E169" t="s">
         <v>358</v>
       </c>
       <c r="F169" t="s">
         <v>12</v>
       </c>
       <c r="G169">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H169">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>239</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>359</v>
       </c>
       <c r="D170">
         <v>2005</v>
       </c>
       <c r="E170" t="s">
         <v>360</v>
       </c>
       <c r="F170" t="s">
         <v>12</v>
       </c>
       <c r="G170">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H170">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>260</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>361</v>
       </c>
       <c r="D171">
         <v>2011</v>
       </c>
       <c r="E171" t="s">
         <v>362</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H171">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>260</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>363</v>
       </c>
       <c r="D172">
         <v>1981</v>
       </c>
       <c r="E172" t="s">
         <v>364</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H172">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>260</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>365</v>
       </c>
       <c r="D173">
         <v>2008</v>
       </c>
       <c r="E173" t="s">
         <v>366</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
       <c r="G173">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H173">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>260</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>367</v>
       </c>
       <c r="D174">
         <v>2000</v>
       </c>
       <c r="E174" t="s">
         <v>368</v>
       </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
       <c r="G174">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H174">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>260</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>369</v>
       </c>
       <c r="D175">
         <v>1994</v>
       </c>
       <c r="E175" t="s">
         <v>370</v>
       </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
       <c r="G175">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H175">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>298</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>371</v>
       </c>
       <c r="D176">
         <v>2007</v>
       </c>
       <c r="E176" t="s">
         <v>372</v>
       </c>
       <c r="F176" t="s">
         <v>12</v>
       </c>
       <c r="G176">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H176">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>298</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>373</v>
       </c>
       <c r="D177">
         <v>2007</v>
       </c>
       <c r="E177" t="s">
         <v>374</v>
       </c>
       <c r="F177" t="s">
         <v>12</v>
       </c>
       <c r="G177">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H177">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>298</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>375</v>
       </c>
       <c r="D178">
         <v>2007</v>
       </c>
       <c r="E178" t="s">
         <v>376</v>
       </c>
       <c r="F178" t="s">
         <v>12</v>
       </c>
       <c r="G178">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H178">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>260</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>377</v>
       </c>
       <c r="D179">
         <v>1992</v>
       </c>
       <c r="E179" t="s">
         <v>378</v>
       </c>
       <c r="F179" t="s">
         <v>12</v>
       </c>
       <c r="G179">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H179">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>260</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>379</v>
       </c>
       <c r="D180">
         <v>2005</v>
       </c>
       <c r="E180" t="s">
         <v>380</v>
       </c>
       <c r="F180" t="s">
         <v>12</v>
       </c>
       <c r="G180">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H180">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>239</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>381</v>
       </c>
       <c r="D181">
         <v>2005</v>
       </c>
       <c r="E181" t="s">
         <v>382</v>
       </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
       <c r="G181">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H181">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>239</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>383</v>
       </c>
       <c r="D182">
         <v>1992</v>
       </c>
       <c r="E182" t="s">
         <v>384</v>
       </c>
       <c r="F182" t="s">
         <v>12</v>
       </c>
       <c r="G182">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H182">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>260</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>385</v>
       </c>
       <c r="D183">
         <v>2013</v>
       </c>
       <c r="E183" t="s">
         <v>386</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H183">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>260</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>387</v>
       </c>
       <c r="D184">
         <v>2011</v>
       </c>
       <c r="E184" t="s">
         <v>388</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H184">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>8</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>389</v>
       </c>
       <c r="D185">
         <v>2013</v>
       </c>
       <c r="E185" t="s">
         <v>390</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H185">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>15</v>
       </c>
       <c r="B186" t="s">
         <v>16</v>
       </c>
       <c r="C186" t="s">
         <v>391</v>
       </c>
       <c r="D186">
         <v>2010</v>
       </c>
       <c r="E186" t="s">
         <v>392</v>
       </c>
       <c r="F186" t="s">
         <v>19</v>
       </c>
       <c r="G186">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H186">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>15</v>
       </c>
       <c r="B187" t="s">
         <v>16</v>
       </c>
       <c r="C187" t="s">
         <v>393</v>
       </c>
       <c r="D187">
         <v>1978</v>
       </c>
       <c r="E187" t="s">
         <v>394</v>
       </c>
       <c r="F187" t="s">
         <v>19</v>
       </c>
       <c r="G187">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H187">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>15</v>
       </c>
       <c r="B188" t="s">
         <v>16</v>
       </c>
       <c r="C188" t="s">
         <v>395</v>
       </c>
       <c r="D188">
         <v>1986</v>
       </c>
       <c r="E188" t="s">
         <v>396</v>
       </c>
       <c r="F188" t="s">
         <v>19</v>
       </c>
       <c r="G188">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H188">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>15</v>
       </c>
       <c r="B189" t="s">
         <v>16</v>
       </c>
       <c r="C189" t="s">
         <v>397</v>
       </c>
       <c r="D189">
         <v>2019</v>
       </c>
       <c r="E189" t="s">
         <v>398</v>
       </c>
       <c r="F189" t="s">
         <v>19</v>
       </c>
       <c r="G189">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
       <c r="H189">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">