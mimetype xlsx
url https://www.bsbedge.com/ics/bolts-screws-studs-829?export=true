--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -44,59 +44,71 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>Definitive</t>
   </si>
   <si>
     <t>BSI</t>
   </si>
   <si>
+    <t>25/30547316 DC</t>
+  </si>
+  <si>
+    <t>BS EN 3833 Aerospace series - Bolts, MJ threads, in heat resisting nickel base alloy NI-PH2601 (Inconel 718), passivated. Classification: 1 550 MPa (at ambient temperature)/650 °C. Technical specification</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>BS EN 3381:2025</t>
+  </si>
+  <si>
+    <t>Aerospace series. Screws, 100° countersunk normal head, offset cruciform recess, close tolerance normal shank, short thread, in titanium alloy, anodized, MoS2 lubricated. Classification: 1 100 MPa (at ambient temperature)/315 °C</t>
+  </si>
+  <si>
     <t>BS A 104:2025 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. AEROSPACE SERIES Bolts, hexagonal heads with optional safety locking wire holes, unified threads, corrosion-resisting or heat-resisting steels, plain finish. Specification - Classification CR steel Rm ≥ 127 600 lbf/in2 (880 MPa) at Ambient temperature | +515 °C. Classification HR steel Rm ≥ 130 500 lbf/in2 (900 MPa) at Ambient temperature | +515 °C</t>
   </si>
   <si>
-    <t>GBP</t>
-[...1 lines deleted...]
-  <si>
     <t>SAE AMS 6559A:2023</t>
   </si>
   <si>
     <t>Steel, Bars, Wire, And Forgings 9.75V - 5.25Cr - 1.3Mo (2.40 - 2.55C) Powder Metallurgy Product Hot Isostatically Pressed</t>
   </si>
   <si>
     <t>SAE AMS 6558A:2023</t>
   </si>
   <si>
     <t>Steel, Bars, Wire, And Forgings 10.5Mo - 6W - 3.75Cr - 2V (1.25 - 1.40C) Powder Metallurgy Product Hot Isostatically Pressed</t>
   </si>
   <si>
     <t>SAE AMS 7481B:1995</t>
   </si>
   <si>
     <t>Studs, Corrosion And Heat Resistant Steel Heat Treated, Roll Threaded</t>
   </si>
   <si>
     <t>SAE AMS 7464D:2017</t>
   </si>
   <si>
     <t>Bolts And Screws, Steel, Low-Alloy Heat Resistant 222,000 Psi (1517 Mpa) Tensile Strength Hardened And Tempered, Roll Threaded</t>
   </si>
   <si>
     <t>SAE AMS 7479D:1995</t>
@@ -821,56 +833,50 @@
   <si>
     <t>DIN ISO 9154 : 2023</t>
   </si>
   <si>
     <t>Aerospace - Bolts, with MJ threads, made of heat-resistant nickel-based alloy, strength class 1 550 MPa - Procurement specification (ISO 9154:2016); Text in German and English</t>
   </si>
   <si>
     <t>DIN EN 7010 : 2020</t>
   </si>
   <si>
     <t>Aerospace series - Configuration - Definition and designation for product standards for externally threaded fasteners; German and English version EN 7010:2020</t>
   </si>
   <si>
     <t>DIN EN 6129 : 2017</t>
   </si>
   <si>
     <t>Aerospace series - Blind bolt, protruding head, high strength, pulltype; German and English version EN 6129:2016 + AC:2017</t>
   </si>
   <si>
     <t>DIN EN 6105 : 2016</t>
   </si>
   <si>
     <t>Aerospace series - Stud with shoulder; German and English version EN 6105:2016</t>
   </si>
   <si>
-    <t>DIN EN 4892 (DRAFT) : 2022</t>
-[...4 lines deleted...]
-  <si>
     <t>DIN EN 4859 : 2019</t>
   </si>
   <si>
     <t>Aerospace series - Sensor based clamp load determination / high tensile bolts - Technical specification; German and English version EN 4859:2019</t>
   </si>
   <si>
     <t>DIN EN 4852 : 2019</t>
   </si>
   <si>
     <t>Aerospace series - External spiral drive heads for threaded fasteners - Geometrical definition and fastener head wrenching configuration; German and English version EN 4852:2019</t>
   </si>
   <si>
     <t>DIN EN 4851 : 2022</t>
   </si>
   <si>
     <t>Aerospace series - Screw, 100░ countersunk normal head, Spiral Drive Recess, coarse tolerance normal shank, long thread, in alloy steel, cadmium plated - Classification: 1 100 MPa (at ambient temperature)/235 ░C; German and English version EN 4851:2022</t>
   </si>
   <si>
     <t>DIN EN 4850 : 2022</t>
   </si>
   <si>
     <t>Aerospace series - Screw, 100░ countersunk normal head, Spiral Drive Recess, coarse tolerance normal shank, medium length thread, in alloy steel, cadmium plated - Classification: 1 100 MPa (at ambient temperature)/235 ░C; German and English version EN 4850:2022</t>
   </si>
   <si>
     <t>DIN EN 4849 : 2022</t>
@@ -2928,56 +2934,50 @@
     <t>BS EN 3389:2009</t>
   </si>
   <si>
     <t>Aerospace series. Fasteners, externally threaded, in heat resisting nickel base alloy NI-PH1302 (Waspaloy). Classification: 1210 MPa/730°C. Manufacturing method optional. Technical specification</t>
   </si>
   <si>
     <t>BS EN 6105:2016</t>
   </si>
   <si>
     <t>Aerospace series. Stud with shoulder</t>
   </si>
   <si>
     <t>BS EN 2930:1996</t>
   </si>
   <si>
     <t>Bolts, double hexagon head, relieved shank, long thread, in heat resisting nickel base alloy NI-P101HT (Waspaloy), silver plated. Classification:1210 MPa (at ambient temperature)/730°C</t>
   </si>
   <si>
     <t>BS EN 4495:2006</t>
   </si>
   <si>
     <t>BS EN 3832:2004</t>
   </si>
   <si>
     <t>Aerospace series. Bolts, double hexagon head, relieved shank, long thread, in heat resisting nickel base alloy NI-PH2601 (Inconel 718). Classification: 1550 MPa (at ambient temperature) / 650°C</t>
-  </si>
-[...4 lines deleted...]
-    <t>Screws, 100° countersunk normal head, offset cruciform recess, close tolerance normal shank, short thread, in titanium, anodized, MoS&lt;sub&gt;2&lt;/sub&gt; lubricated. Classification: 1100 MPa (at ambient temperature) /315°C</t>
   </si>
   <si>
     <t>BS 4A 102:2002+A2:2012</t>
   </si>
   <si>
     <t>Specification for steel bolts (Unified hexagons and Unified threads) for aircraft</t>
   </si>
   <si>
     <t>BS 2A 26:1962</t>
   </si>
   <si>
     <t>Specification for corrosion-resisting steel hexagonal-headed bolts (B.A and B.S.F. threads) for aircraft</t>
   </si>
   <si>
     <t>BS EN 3725:2004</t>
   </si>
   <si>
     <t>Aerospace series. Screws, pan head, six lobe recess, normal shank, long thread, in titanium alloy TI-P64001, anodized, MoS&lt;sub&gt;2&lt;/sub&gt; coated. Strength class: 1100 MPa (at ambient temperature)</t>
   </si>
   <si>
     <t>BS EN 2870:1996</t>
   </si>
   <si>
     <t>Bolts, normal bihexagonal head, close tolerance normal shank, short thread, in titanium alloy, anodized, MoS&lt;sub&gt;2&lt;/sub&gt; lubricated. Classification: 1100 MPa (at ambient temperature) /315°C</t>
   </si>
@@ -3770,12523 +3770,12523 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2025</v>
+        <v>6</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>222.0</v>
+        <v>20.0</v>
       </c>
       <c r="H2">
-        <v>222.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
+      <c r="G3">
+        <v>134.0</v>
+      </c>
       <c r="H3">
-        <v>62.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
+      <c r="G4">
+        <v>222.0</v>
+      </c>
       <c r="H4">
-        <v>62.0</v>
+        <v>222.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
-        <v>1995</v>
+        <v>2023</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="H5">
         <v>62.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="H6">
         <v>62.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>1995</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="H7">
         <v>62.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="H8">
         <v>62.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>1995</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="H9">
         <v>62.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="H10">
         <v>62.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>29</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11">
+        <v>1995</v>
+      </c>
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="C11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>54.49</v>
+        <v>12</v>
       </c>
       <c r="H11">
-        <v>54.49</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D12">
-        <v>2025</v>
+        <v>2013</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F12" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>54.49</v>
+        <v>12</v>
       </c>
       <c r="H12">
-        <v>54.49</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G13">
-        <v>158.0</v>
+        <v>54.49</v>
       </c>
       <c r="H13">
-        <v>158.0</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G14">
-        <v>308.0</v>
+        <v>54.49</v>
       </c>
       <c r="H14">
-        <v>308.0</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15">
-        <v>31</v>
+        <v>2025</v>
       </c>
       <c r="E15" t="s">
         <v>41</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
       <c r="H15">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>42</v>
       </c>
       <c r="D16">
-        <v>31</v>
+        <v>2025</v>
       </c>
       <c r="E16" t="s">
         <v>43</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>20.0</v>
+        <v>308.0</v>
       </c>
       <c r="H16">
-        <v>20.0</v>
+        <v>308.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17">
-        <v>2025</v>
+        <v>31</v>
       </c>
       <c r="E17" t="s">
         <v>45</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
       <c r="H17">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
         <v>46</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18">
+        <v>31</v>
+      </c>
+      <c r="E18" t="s">
         <v>47</v>
       </c>
-      <c r="C18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="G18">
-        <v>132.0</v>
+        <v>20.0</v>
       </c>
       <c r="H18">
-        <v>132.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D19">
         <v>2025</v>
       </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F19" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G19">
-        <v>54.49</v>
+        <v>220.0</v>
       </c>
       <c r="H19">
-        <v>54.49</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="C20" t="s">
+        <v>52</v>
+      </c>
+      <c r="D20">
+        <v>2025</v>
+      </c>
+      <c r="E20" t="s">
         <v>53</v>
       </c>
-      <c r="D20">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
         <v>54</v>
       </c>
-      <c r="F20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20">
-        <v>20.0</v>
+        <v>132.0</v>
       </c>
       <c r="H20">
-        <v>20.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B21" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C21" t="s">
         <v>55</v>
       </c>
       <c r="D21">
-        <v>19</v>
+        <v>2025</v>
       </c>
       <c r="E21" t="s">
         <v>56</v>
       </c>
       <c r="F21" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G21">
-        <v>20.0</v>
+        <v>54.49</v>
       </c>
       <c r="H21">
-        <v>20.0</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>57</v>
       </c>
       <c r="D22">
-        <v>2025</v>
+        <v>3</v>
       </c>
       <c r="E22" t="s">
         <v>58</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>308.0</v>
+        <v>20.0</v>
       </c>
       <c r="H22">
-        <v>308.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
       <c r="D23">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E23" t="s">
         <v>60</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
         <v>20.0</v>
       </c>
       <c r="H23">
         <v>20.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24">
-        <v>12</v>
+        <v>2025</v>
       </c>
       <c r="E24" t="s">
         <v>62</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>20.0</v>
+        <v>308.0</v>
       </c>
       <c r="H24">
-        <v>20.0</v>
+        <v>308.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B25" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
       <c r="D25">
-        <v>2025</v>
+        <v>12</v>
       </c>
       <c r="E25" t="s">
         <v>64</v>
       </c>
       <c r="F25" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G25">
-        <v>47.38</v>
+        <v>20.0</v>
       </c>
       <c r="H25">
-        <v>47.38</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B26" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>65</v>
       </c>
       <c r="D26">
-        <v>2025</v>
+        <v>12</v>
       </c>
       <c r="E26" t="s">
         <v>66</v>
       </c>
       <c r="F26" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G26">
-        <v>61.4</v>
+        <v>20.0</v>
       </c>
       <c r="H26">
-        <v>61.4</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B27" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C27" t="s">
         <v>67</v>
       </c>
       <c r="D27">
         <v>2025</v>
       </c>
       <c r="E27" t="s">
         <v>68</v>
       </c>
       <c r="F27" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G27">
         <v>47.38</v>
       </c>
       <c r="H27">
         <v>47.38</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B28" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C28" t="s">
         <v>69</v>
       </c>
       <c r="D28">
         <v>2025</v>
       </c>
       <c r="E28" t="s">
         <v>70</v>
       </c>
       <c r="F28" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G28">
-        <v>220.0</v>
+        <v>61.4</v>
       </c>
       <c r="H28">
-        <v>220.0</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="B29" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="C29" t="s">
         <v>71</v>
       </c>
       <c r="D29">
         <v>2025</v>
       </c>
       <c r="E29" t="s">
         <v>72</v>
       </c>
       <c r="F29" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="G29">
-        <v>132.0</v>
+        <v>47.38</v>
       </c>
       <c r="H29">
-        <v>132.0</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>73</v>
       </c>
       <c r="D30">
         <v>2025</v>
       </c>
       <c r="E30" t="s">
         <v>74</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>188.0</v>
+        <v>220.0</v>
       </c>
       <c r="H30">
-        <v>188.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="B31" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="C31" t="s">
         <v>75</v>
       </c>
       <c r="D31">
         <v>2025</v>
       </c>
       <c r="E31" t="s">
         <v>76</v>
       </c>
       <c r="F31" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="G31">
-        <v>188.0</v>
+        <v>132.0</v>
       </c>
       <c r="H31">
-        <v>188.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B32" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>77</v>
       </c>
       <c r="D32">
         <v>2025</v>
       </c>
       <c r="E32" t="s">
         <v>78</v>
       </c>
       <c r="F32" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G32">
-        <v>61.4</v>
+        <v>188.0</v>
       </c>
       <c r="H32">
-        <v>61.4</v>
+        <v>188.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B33" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>79</v>
       </c>
       <c r="D33">
         <v>2025</v>
       </c>
       <c r="E33" t="s">
         <v>80</v>
       </c>
       <c r="F33" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G33">
-        <v>67.85</v>
+        <v>188.0</v>
       </c>
       <c r="H33">
-        <v>67.85</v>
+        <v>188.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C34" t="s">
         <v>81</v>
       </c>
       <c r="D34">
         <v>2025</v>
       </c>
       <c r="E34" t="s">
         <v>82</v>
       </c>
       <c r="F34" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G34">
-        <v>134.0</v>
+        <v>61.4</v>
       </c>
       <c r="H34">
-        <v>134.0</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B35" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C35" t="s">
         <v>83</v>
       </c>
       <c r="D35">
         <v>2025</v>
       </c>
       <c r="E35" t="s">
         <v>84</v>
       </c>
       <c r="F35" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G35">
-        <v>134.0</v>
+        <v>67.85</v>
       </c>
       <c r="H35">
-        <v>134.0</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>85</v>
       </c>
       <c r="D36">
-        <v>21</v>
+        <v>2025</v>
       </c>
       <c r="E36" t="s">
         <v>86</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>20.0</v>
+        <v>134.0</v>
       </c>
       <c r="H36">
-        <v>20.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B37" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>87</v>
       </c>
       <c r="D37">
         <v>2025</v>
       </c>
       <c r="E37" t="s">
         <v>88</v>
       </c>
       <c r="F37" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G37">
-        <v>82.15</v>
+        <v>134.0</v>
       </c>
       <c r="H37">
-        <v>82.15</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>89</v>
       </c>
       <c r="D38">
         <v>21</v>
       </c>
       <c r="E38" t="s">
         <v>90</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
         <v>20.0</v>
       </c>
       <c r="H38">
         <v>20.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B39" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C39" t="s">
         <v>91</v>
       </c>
       <c r="D39">
-        <v>21</v>
+        <v>2025</v>
       </c>
       <c r="E39" t="s">
         <v>92</v>
       </c>
       <c r="F39" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G39">
-        <v>20.0</v>
+        <v>82.15</v>
       </c>
       <c r="H39">
-        <v>20.0</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B40" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>93</v>
       </c>
       <c r="D40">
-        <v>2024</v>
+        <v>21</v>
       </c>
       <c r="E40" t="s">
         <v>94</v>
       </c>
       <c r="F40" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G40">
-        <v>54.49</v>
+        <v>20.0</v>
       </c>
       <c r="H40">
-        <v>54.49</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B41" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>95</v>
       </c>
       <c r="D41">
-        <v>2024</v>
+        <v>21</v>
       </c>
       <c r="E41" t="s">
         <v>96</v>
       </c>
       <c r="F41" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G41">
-        <v>82.15</v>
+        <v>20.0</v>
       </c>
       <c r="H41">
-        <v>82.15</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B42" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C42" t="s">
         <v>97</v>
       </c>
       <c r="D42">
         <v>2024</v>
       </c>
       <c r="E42" t="s">
         <v>98</v>
       </c>
       <c r="F42" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G42">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
       <c r="H42">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B43" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C43" t="s">
         <v>99</v>
       </c>
       <c r="D43">
-        <v>5</v>
+        <v>2024</v>
       </c>
       <c r="E43" t="s">
         <v>100</v>
       </c>
       <c r="F43" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G43">
-        <v>20.0</v>
+        <v>82.15</v>
       </c>
       <c r="H43">
-        <v>20.0</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B44" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C44" t="s">
         <v>101</v>
       </c>
       <c r="D44">
-        <v>10</v>
+        <v>2024</v>
       </c>
       <c r="E44" t="s">
         <v>102</v>
       </c>
       <c r="F44" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G44">
-        <v>20.0</v>
+        <v>61.4</v>
       </c>
       <c r="H44">
-        <v>20.0</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B45" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>103</v>
       </c>
       <c r="D45">
-        <v>2024</v>
+        <v>5</v>
       </c>
       <c r="E45" t="s">
         <v>104</v>
       </c>
       <c r="F45" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G45">
-        <v>74.95</v>
+        <v>20.0</v>
       </c>
       <c r="H45">
-        <v>74.95</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B46" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>105</v>
       </c>
       <c r="D46">
-        <v>2024</v>
+        <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>106</v>
       </c>
       <c r="F46" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G46">
-        <v>74.95</v>
+        <v>20.0</v>
       </c>
       <c r="H46">
-        <v>74.95</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B47" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C47" t="s">
         <v>107</v>
       </c>
       <c r="D47">
         <v>2024</v>
       </c>
       <c r="E47" t="s">
         <v>108</v>
       </c>
       <c r="F47" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G47">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
       <c r="H47">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B48" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C48" t="s">
         <v>109</v>
       </c>
       <c r="D48">
         <v>2024</v>
       </c>
       <c r="E48" t="s">
         <v>110</v>
       </c>
       <c r="F48" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G48">
-        <v>61.4</v>
+        <v>74.95</v>
       </c>
       <c r="H48">
-        <v>61.4</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B49" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C49" t="s">
         <v>111</v>
       </c>
       <c r="D49">
         <v>2024</v>
       </c>
       <c r="E49" t="s">
         <v>112</v>
       </c>
       <c r="F49" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G49">
         <v>67.85</v>
       </c>
       <c r="H49">
         <v>67.85</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B50" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C50" t="s">
         <v>113</v>
       </c>
       <c r="D50">
-        <v>15</v>
+        <v>2024</v>
       </c>
       <c r="E50" t="s">
         <v>114</v>
       </c>
       <c r="F50" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G50">
-        <v>20.0</v>
+        <v>61.4</v>
       </c>
       <c r="H50">
-        <v>20.0</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B51" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C51" t="s">
         <v>115</v>
       </c>
       <c r="D51">
         <v>2024</v>
       </c>
       <c r="E51" t="s">
         <v>116</v>
       </c>
       <c r="F51" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G51">
-        <v>188.0</v>
+        <v>67.85</v>
       </c>
       <c r="H51">
-        <v>188.0</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>117</v>
       </c>
       <c r="D52">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E52" t="s">
         <v>118</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
         <v>20.0</v>
       </c>
       <c r="H52">
         <v>20.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>119</v>
       </c>
       <c r="D53">
-        <v>25</v>
+        <v>2024</v>
       </c>
       <c r="E53" t="s">
         <v>120</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>20.0</v>
+        <v>188.0</v>
       </c>
       <c r="H53">
-        <v>20.0</v>
+        <v>188.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>121</v>
       </c>
       <c r="D54">
-        <v>2024</v>
+        <v>25</v>
       </c>
       <c r="E54" t="s">
         <v>122</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H54">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>123</v>
       </c>
       <c r="D55">
-        <v>2024</v>
+        <v>25</v>
       </c>
       <c r="E55" t="s">
         <v>124</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H55">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>125</v>
       </c>
       <c r="D56">
         <v>2024</v>
       </c>
       <c r="E56" t="s">
         <v>126</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
         <v>134.0</v>
       </c>
       <c r="H56">
         <v>134.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B57" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>127</v>
       </c>
       <c r="D57">
         <v>2024</v>
       </c>
       <c r="E57" t="s">
         <v>128</v>
       </c>
       <c r="F57" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="G57">
-        <v>43.0</v>
+        <v>134.0</v>
       </c>
       <c r="H57">
-        <v>43.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>129</v>
       </c>
       <c r="D58">
-        <v>23</v>
+        <v>2024</v>
       </c>
       <c r="E58" t="s">
         <v>130</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>20.0</v>
+        <v>134.0</v>
       </c>
       <c r="H58">
-        <v>20.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="B59" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="C59" t="s">
         <v>131</v>
       </c>
       <c r="D59">
-        <v>11</v>
+        <v>2024</v>
       </c>
       <c r="E59" t="s">
         <v>132</v>
       </c>
       <c r="F59" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="G59">
-        <v>20.0</v>
+        <v>43.0</v>
       </c>
       <c r="H59">
-        <v>20.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>133</v>
       </c>
       <c r="D60">
-        <v>2024</v>
+        <v>23</v>
       </c>
       <c r="E60" t="s">
         <v>134</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>188.0</v>
+        <v>20.0</v>
       </c>
       <c r="H60">
-        <v>188.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>135</v>
       </c>
       <c r="D61">
         <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>136</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
+      <c r="G61">
+        <v>20.0</v>
+      </c>
+      <c r="H61">
+        <v>20.0</v>
+      </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>137</v>
       </c>
       <c r="D62">
         <v>2024</v>
       </c>
       <c r="E62" t="s">
         <v>138</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>134.0</v>
+        <v>188.0</v>
       </c>
       <c r="H62">
-        <v>134.0</v>
+        <v>188.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>139</v>
       </c>
       <c r="D63">
-        <v>2024</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>140</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
-      <c r="G63">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B64" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>141</v>
       </c>
       <c r="D64">
         <v>2024</v>
       </c>
       <c r="E64" t="s">
         <v>142</v>
       </c>
       <c r="F64" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G64">
-        <v>61.4</v>
+        <v>134.0</v>
       </c>
       <c r="H64">
-        <v>61.4</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>143</v>
       </c>
       <c r="D65">
-        <v>18</v>
+        <v>2024</v>
       </c>
       <c r="E65" t="s">
         <v>144</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
       <c r="H65">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B66" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C66" t="s">
         <v>145</v>
       </c>
       <c r="D66">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E66" t="s">
         <v>146</v>
       </c>
       <c r="F66" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G66">
-        <v>158.0</v>
+        <v>61.4</v>
       </c>
       <c r="H66">
-        <v>158.0</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>147</v>
       </c>
       <c r="D67">
-        <v>2023</v>
+        <v>18</v>
       </c>
       <c r="E67" t="s">
         <v>148</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>222.0</v>
+        <v>20.0</v>
       </c>
       <c r="H67">
-        <v>222.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>149</v>
       </c>
       <c r="D68">
-        <v>7</v>
+        <v>2023</v>
       </c>
       <c r="E68" t="s">
         <v>150</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
       <c r="H68">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>151</v>
       </c>
       <c r="D69">
         <v>2023</v>
       </c>
       <c r="E69" t="s">
         <v>152</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>188.0</v>
+        <v>222.0</v>
       </c>
       <c r="H69">
-        <v>188.0</v>
+        <v>222.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>153</v>
       </c>
       <c r="D70">
-        <v>2023</v>
+        <v>7</v>
       </c>
       <c r="E70" t="s">
         <v>154</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H70">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B71" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>155</v>
       </c>
       <c r="D71">
         <v>2023</v>
       </c>
       <c r="E71" t="s">
         <v>156</v>
       </c>
       <c r="F71" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="G71">
-        <v>43.0</v>
+        <v>188.0</v>
       </c>
       <c r="H71">
-        <v>43.0</v>
+        <v>188.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>157</v>
       </c>
       <c r="D72">
         <v>2023</v>
       </c>
       <c r="E72" t="s">
         <v>158</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
       <c r="H72">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="B73" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="C73" t="s">
         <v>159</v>
       </c>
       <c r="D73">
-        <v>31</v>
+        <v>2023</v>
       </c>
       <c r="E73" t="s">
         <v>160</v>
       </c>
       <c r="F73" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="G73">
-        <v>20.0</v>
+        <v>43.0</v>
       </c>
       <c r="H73">
-        <v>20.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>161</v>
       </c>
       <c r="D74">
-        <v>29</v>
+        <v>2023</v>
       </c>
       <c r="E74" t="s">
         <v>162</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
       <c r="H74">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>163</v>
       </c>
       <c r="D75">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E75" t="s">
         <v>164</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
         <v>20.0</v>
       </c>
       <c r="H75">
         <v>20.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>165</v>
       </c>
       <c r="D76">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="E76" t="s">
         <v>166</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
         <v>20.0</v>
       </c>
       <c r="H76">
         <v>20.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B77" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>167</v>
       </c>
       <c r="D77">
-        <v>2023</v>
+        <v>29</v>
       </c>
       <c r="E77" t="s">
         <v>168</v>
       </c>
       <c r="F77" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G77">
-        <v>67.85</v>
+        <v>20.0</v>
       </c>
       <c r="H77">
-        <v>67.85</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B78" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>169</v>
       </c>
       <c r="D78">
-        <v>2023</v>
+        <v>22</v>
       </c>
       <c r="E78" t="s">
         <v>170</v>
       </c>
       <c r="F78" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G78">
-        <v>67.85</v>
+        <v>20.0</v>
       </c>
       <c r="H78">
-        <v>67.85</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="B79" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="C79" t="s">
         <v>171</v>
       </c>
       <c r="D79">
-        <v>1994</v>
+        <v>2023</v>
       </c>
       <c r="E79" t="s">
         <v>172</v>
       </c>
       <c r="F79" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="G79">
-        <v>65.0</v>
+        <v>67.85</v>
       </c>
       <c r="H79">
-        <v>65.0</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="B80" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="C80" t="s">
         <v>173</v>
       </c>
       <c r="D80">
-        <v>1998</v>
+        <v>2023</v>
       </c>
       <c r="E80" t="s">
         <v>174</v>
       </c>
       <c r="F80" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="G80">
-        <v>132.0</v>
+        <v>67.85</v>
       </c>
       <c r="H80">
-        <v>132.0</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B81" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C81" t="s">
         <v>175</v>
       </c>
       <c r="D81">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="E81" t="s">
         <v>176</v>
       </c>
       <c r="F81" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G81">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
       <c r="H81">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B82" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C82" t="s">
         <v>177</v>
       </c>
       <c r="D82">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="E82" t="s">
         <v>178</v>
       </c>
       <c r="F82" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G82">
-        <v>43.0</v>
+        <v>132.0</v>
       </c>
       <c r="H82">
-        <v>43.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B83" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C83" t="s">
         <v>179</v>
       </c>
       <c r="D83">
-        <v>1997</v>
+        <v>1993</v>
       </c>
       <c r="E83" t="s">
         <v>180</v>
       </c>
       <c r="F83" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G83">
         <v>43.0</v>
       </c>
       <c r="H83">
         <v>43.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B84" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C84" t="s">
         <v>181</v>
       </c>
       <c r="D84">
-        <v>1998</v>
+        <v>1993</v>
       </c>
       <c r="E84" t="s">
         <v>182</v>
       </c>
       <c r="F84" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G84">
         <v>43.0</v>
       </c>
       <c r="H84">
         <v>43.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B85" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C85" t="s">
         <v>183</v>
       </c>
       <c r="D85">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="E85" t="s">
         <v>184</v>
       </c>
       <c r="F85" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G85">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
       <c r="H85">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B86" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C86" t="s">
         <v>185</v>
       </c>
       <c r="D86">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="E86" t="s">
         <v>186</v>
       </c>
       <c r="F86" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G86">
         <v>43.0</v>
       </c>
       <c r="H86">
         <v>43.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B87" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C87" t="s">
         <v>187</v>
       </c>
       <c r="D87">
         <v>2002</v>
       </c>
       <c r="E87" t="s">
         <v>188</v>
       </c>
       <c r="F87" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G87">
         <v>65.0</v>
       </c>
       <c r="H87">
         <v>65.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B88" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C88" t="s">
         <v>189</v>
       </c>
       <c r="D88">
         <v>2002</v>
       </c>
       <c r="E88" t="s">
         <v>190</v>
       </c>
       <c r="F88" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G88">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
       <c r="H88">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B89" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C89" t="s">
         <v>191</v>
       </c>
       <c r="D89">
         <v>2002</v>
       </c>
       <c r="E89" t="s">
         <v>192</v>
       </c>
       <c r="F89" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G89">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
       <c r="H89">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B90" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C90" t="s">
         <v>193</v>
       </c>
       <c r="D90">
         <v>2002</v>
       </c>
       <c r="E90" t="s">
         <v>194</v>
       </c>
       <c r="F90" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G90">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
       <c r="H90">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B91" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C91" t="s">
         <v>195</v>
       </c>
       <c r="D91">
         <v>2002</v>
       </c>
       <c r="E91" t="s">
         <v>196</v>
       </c>
       <c r="F91" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G91">
         <v>43.0</v>
       </c>
       <c r="H91">
         <v>43.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B92" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C92" t="s">
         <v>197</v>
       </c>
       <c r="D92">
         <v>2002</v>
       </c>
       <c r="E92" t="s">
         <v>198</v>
       </c>
       <c r="F92" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G92">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
       <c r="H92">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B93" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C93" t="s">
         <v>199</v>
       </c>
       <c r="D93">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="E93" t="s">
         <v>200</v>
       </c>
       <c r="F93" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G93">
         <v>43.0</v>
       </c>
       <c r="H93">
         <v>43.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B94" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C94" t="s">
         <v>201</v>
       </c>
       <c r="D94">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="E94" t="s">
         <v>202</v>
       </c>
       <c r="F94" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G94">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
       <c r="H94">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B95" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C95" t="s">
         <v>203</v>
       </c>
       <c r="D95">
         <v>2008</v>
       </c>
       <c r="E95" t="s">
         <v>204</v>
       </c>
       <c r="F95" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G95">
         <v>43.0</v>
       </c>
       <c r="H95">
         <v>43.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B96" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C96" t="s">
         <v>205</v>
       </c>
       <c r="D96">
         <v>2008</v>
       </c>
       <c r="E96" t="s">
         <v>206</v>
       </c>
       <c r="F96" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G96">
-        <v>43.0</v>
+        <v>132.0</v>
       </c>
       <c r="H96">
-        <v>43.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B97" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C97" t="s">
         <v>207</v>
       </c>
       <c r="D97">
         <v>2008</v>
       </c>
       <c r="E97" t="s">
         <v>208</v>
       </c>
       <c r="F97" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G97">
         <v>43.0</v>
       </c>
       <c r="H97">
         <v>43.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B98" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C98" t="s">
         <v>209</v>
       </c>
       <c r="D98">
         <v>2008</v>
       </c>
       <c r="E98" t="s">
         <v>210</v>
       </c>
       <c r="F98" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G98">
         <v>43.0</v>
       </c>
       <c r="H98">
         <v>43.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B99" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C99" t="s">
         <v>211</v>
       </c>
       <c r="D99">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E99" t="s">
         <v>212</v>
       </c>
       <c r="F99" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G99">
-        <v>0.0</v>
+        <v>43.0</v>
       </c>
       <c r="H99">
-        <v>0.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B100" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C100" t="s">
         <v>213</v>
       </c>
       <c r="D100">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E100" t="s">
         <v>214</v>
       </c>
       <c r="F100" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G100">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
       <c r="H100">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B101" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C101" t="s">
         <v>215</v>
       </c>
       <c r="D101">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="E101" t="s">
         <v>216</v>
       </c>
       <c r="F101" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G101">
-        <v>43.0</v>
+        <v>0.0</v>
       </c>
       <c r="H101">
-        <v>43.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B102" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C102" t="s">
         <v>217</v>
       </c>
       <c r="D102">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E102" t="s">
         <v>218</v>
       </c>
       <c r="F102" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G102">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
       <c r="H102">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B103" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C103" t="s">
         <v>219</v>
       </c>
       <c r="D103">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="E103" t="s">
         <v>220</v>
       </c>
       <c r="F103" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G103">
-        <v>98.0</v>
+        <v>43.0</v>
       </c>
       <c r="H103">
-        <v>98.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B104" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C104" t="s">
         <v>221</v>
       </c>
       <c r="D104">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="E104" t="s">
         <v>222</v>
       </c>
       <c r="F104" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G104">
-        <v>43.0</v>
+        <v>132.0</v>
       </c>
       <c r="H104">
-        <v>43.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B105" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C105" t="s">
         <v>223</v>
       </c>
       <c r="D105">
-        <v>1993</v>
+        <v>2021</v>
       </c>
       <c r="E105" t="s">
         <v>224</v>
       </c>
       <c r="F105" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G105">
-        <v>43.0</v>
+        <v>98.0</v>
       </c>
       <c r="H105">
-        <v>43.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B106" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C106" t="s">
         <v>225</v>
       </c>
       <c r="D106">
-        <v>1998</v>
+        <v>2021</v>
       </c>
       <c r="E106" t="s">
         <v>226</v>
       </c>
       <c r="F106" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G106">
         <v>43.0</v>
       </c>
       <c r="H106">
         <v>43.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B107" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C107" t="s">
         <v>227</v>
       </c>
       <c r="D107">
-        <v>1997</v>
+        <v>1993</v>
       </c>
       <c r="E107" t="s">
         <v>228</v>
       </c>
       <c r="F107" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G107">
-        <v>155.0</v>
+        <v>43.0</v>
       </c>
       <c r="H107">
-        <v>155.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="B108" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="C108" t="s">
         <v>229</v>
       </c>
       <c r="D108">
-        <v>2011</v>
+        <v>1998</v>
       </c>
       <c r="E108" t="s">
         <v>230</v>
       </c>
       <c r="F108" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="G108">
-        <v>99.91</v>
+        <v>43.0</v>
       </c>
       <c r="H108">
-        <v>99.91</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="B109" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="C109" t="s">
         <v>231</v>
       </c>
       <c r="D109">
-        <v>1968</v>
+        <v>1997</v>
       </c>
       <c r="E109" t="s">
         <v>232</v>
       </c>
       <c r="F109" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="G109">
-        <v>29.44</v>
+        <v>155.0</v>
       </c>
       <c r="H109">
-        <v>29.44</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B110" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C110" t="s">
         <v>233</v>
       </c>
       <c r="D110">
-        <v>1968</v>
+        <v>2011</v>
       </c>
       <c r="E110" t="s">
         <v>234</v>
       </c>
       <c r="F110" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G110">
-        <v>102.43</v>
+        <v>99.91</v>
       </c>
       <c r="H110">
-        <v>102.43</v>
+        <v>99.91</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B111" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C111" t="s">
         <v>235</v>
       </c>
       <c r="D111">
-        <v>2015</v>
+        <v>1968</v>
       </c>
       <c r="E111" t="s">
         <v>236</v>
       </c>
       <c r="F111" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G111">
-        <v>115.98</v>
+        <v>29.44</v>
       </c>
       <c r="H111">
-        <v>115.98</v>
+        <v>29.44</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B112" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C112" t="s">
         <v>237</v>
       </c>
       <c r="D112">
-        <v>1983</v>
+        <v>1968</v>
       </c>
       <c r="E112" t="s">
         <v>238</v>
       </c>
       <c r="F112" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G112">
-        <v>59.35</v>
+        <v>102.43</v>
       </c>
       <c r="H112">
-        <v>59.35</v>
+        <v>102.43</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B113" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C113" t="s">
         <v>239</v>
       </c>
       <c r="D113">
-        <v>1984</v>
+        <v>2015</v>
       </c>
       <c r="E113" t="s">
         <v>240</v>
       </c>
       <c r="F113" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G113">
-        <v>50.65</v>
+        <v>115.98</v>
       </c>
       <c r="H113">
-        <v>50.65</v>
+        <v>115.98</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B114" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C114" t="s">
         <v>241</v>
       </c>
       <c r="D114">
-        <v>1980</v>
+        <v>1983</v>
       </c>
       <c r="E114" t="s">
         <v>242</v>
       </c>
       <c r="F114" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G114">
-        <v>29.44</v>
+        <v>59.35</v>
       </c>
       <c r="H114">
-        <v>29.44</v>
+        <v>59.35</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B115" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C115" t="s">
         <v>243</v>
       </c>
       <c r="D115">
-        <v>1980</v>
+        <v>1984</v>
       </c>
       <c r="E115" t="s">
         <v>244</v>
       </c>
       <c r="F115" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G115">
-        <v>29.44</v>
+        <v>50.65</v>
       </c>
       <c r="H115">
-        <v>29.44</v>
+        <v>50.65</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B116" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C116" t="s">
         <v>245</v>
       </c>
       <c r="D116">
         <v>1980</v>
       </c>
       <c r="E116" t="s">
         <v>246</v>
       </c>
       <c r="F116" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G116">
         <v>29.44</v>
       </c>
       <c r="H116">
         <v>29.44</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B117" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C117" t="s">
         <v>247</v>
       </c>
       <c r="D117">
-        <v>1974</v>
+        <v>1980</v>
       </c>
       <c r="E117" t="s">
         <v>248</v>
       </c>
       <c r="F117" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G117">
         <v>29.44</v>
       </c>
       <c r="H117">
         <v>29.44</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B118" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C118" t="s">
         <v>249</v>
       </c>
       <c r="D118">
-        <v>1981</v>
+        <v>1980</v>
       </c>
       <c r="E118" t="s">
         <v>250</v>
       </c>
       <c r="F118" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G118">
-        <v>50.65</v>
+        <v>29.44</v>
       </c>
       <c r="H118">
-        <v>50.65</v>
+        <v>29.44</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B119" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C119" t="s">
         <v>251</v>
       </c>
       <c r="D119">
-        <v>1980</v>
+        <v>1974</v>
       </c>
       <c r="E119" t="s">
         <v>252</v>
       </c>
       <c r="F119" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G119">
         <v>29.44</v>
       </c>
       <c r="H119">
         <v>29.44</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B120" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C120" t="s">
         <v>253</v>
       </c>
       <c r="D120">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="E120" t="s">
         <v>254</v>
       </c>
       <c r="F120" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G120">
-        <v>41.78</v>
+        <v>50.65</v>
       </c>
       <c r="H120">
-        <v>41.78</v>
+        <v>50.65</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B121" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C121" t="s">
         <v>255</v>
       </c>
       <c r="D121">
-        <v>1981</v>
+        <v>1980</v>
       </c>
       <c r="E121" t="s">
         <v>256</v>
       </c>
       <c r="F121" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G121">
-        <v>50.65</v>
+        <v>29.44</v>
       </c>
       <c r="H121">
-        <v>50.65</v>
+        <v>29.44</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B122" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C122" t="s">
         <v>257</v>
       </c>
       <c r="D122">
-        <v>1993</v>
+        <v>1980</v>
       </c>
       <c r="E122" t="s">
         <v>258</v>
       </c>
       <c r="F122" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G122">
-        <v>133.64</v>
+        <v>41.78</v>
       </c>
       <c r="H122">
-        <v>133.64</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B123" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C123" t="s">
         <v>259</v>
       </c>
       <c r="D123">
-        <v>2018</v>
+        <v>1981</v>
       </c>
       <c r="E123" t="s">
         <v>260</v>
       </c>
       <c r="F123" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G123">
-        <v>166.82</v>
+        <v>50.65</v>
       </c>
       <c r="H123">
-        <v>166.82</v>
+        <v>50.65</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B124" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C124" t="s">
         <v>261</v>
       </c>
       <c r="D124">
-        <v>2023</v>
+        <v>1993</v>
       </c>
       <c r="E124" t="s">
         <v>262</v>
       </c>
       <c r="F124" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G124">
-        <v>108.13</v>
+        <v>133.64</v>
       </c>
       <c r="H124">
-        <v>108.13</v>
+        <v>133.64</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B125" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C125" t="s">
         <v>263</v>
       </c>
       <c r="D125">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="E125" t="s">
         <v>264</v>
       </c>
       <c r="F125" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G125">
-        <v>124.49</v>
+        <v>166.82</v>
       </c>
       <c r="H125">
-        <v>124.49</v>
+        <v>166.82</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B126" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C126" t="s">
         <v>265</v>
       </c>
       <c r="D126">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="E126" t="s">
         <v>266</v>
       </c>
       <c r="F126" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G126">
-        <v>61.4</v>
+        <v>108.13</v>
       </c>
       <c r="H126">
-        <v>61.4</v>
+        <v>108.13</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B127" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C127" t="s">
         <v>267</v>
       </c>
       <c r="D127">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="E127" t="s">
         <v>268</v>
       </c>
       <c r="F127" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G127">
-        <v>61.4</v>
+        <v>124.49</v>
       </c>
       <c r="H127">
-        <v>61.4</v>
+        <v>124.49</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B128" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C128" t="s">
         <v>269</v>
       </c>
       <c r="D128">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="E128" t="s">
         <v>270</v>
       </c>
       <c r="F128" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G128">
-        <v>82.15</v>
+        <v>61.4</v>
       </c>
       <c r="H128">
-        <v>82.15</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B129" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C129" t="s">
         <v>271</v>
       </c>
       <c r="D129">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="E129" t="s">
         <v>272</v>
       </c>
       <c r="F129" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G129">
-        <v>88.41</v>
+        <v>61.4</v>
       </c>
       <c r="H129">
-        <v>88.41</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B130" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C130" t="s">
         <v>273</v>
       </c>
       <c r="D130">
         <v>2019</v>
       </c>
       <c r="E130" t="s">
         <v>274</v>
       </c>
       <c r="F130" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G130">
-        <v>74.95</v>
+        <v>88.41</v>
       </c>
       <c r="H130">
-        <v>74.95</v>
+        <v>88.41</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B131" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C131" t="s">
         <v>275</v>
       </c>
       <c r="D131">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E131" t="s">
         <v>276</v>
       </c>
       <c r="F131" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G131">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
       <c r="H131">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B132" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C132" t="s">
         <v>277</v>
       </c>
       <c r="D132">
         <v>2022</v>
       </c>
       <c r="E132" t="s">
         <v>278</v>
       </c>
       <c r="F132" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G132">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
       <c r="H132">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B133" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C133" t="s">
         <v>279</v>
       </c>
       <c r="D133">
         <v>2022</v>
       </c>
       <c r="E133" t="s">
         <v>280</v>
       </c>
       <c r="F133" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G133">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
       <c r="H133">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B134" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C134" t="s">
         <v>281</v>
       </c>
       <c r="D134">
         <v>2022</v>
       </c>
       <c r="E134" t="s">
         <v>282</v>
       </c>
       <c r="F134" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G134">
         <v>67.85</v>
       </c>
       <c r="H134">
         <v>67.85</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B135" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C135" t="s">
         <v>283</v>
       </c>
       <c r="D135">
         <v>2022</v>
       </c>
       <c r="E135" t="s">
         <v>284</v>
       </c>
       <c r="F135" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G135">
         <v>67.85</v>
       </c>
       <c r="H135">
         <v>67.85</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B136" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C136" t="s">
         <v>285</v>
       </c>
       <c r="D136">
         <v>2022</v>
       </c>
       <c r="E136" t="s">
         <v>286</v>
       </c>
       <c r="F136" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G136">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
       <c r="H136">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B137" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C137" t="s">
         <v>287</v>
       </c>
       <c r="D137">
         <v>2022</v>
       </c>
       <c r="E137" t="s">
         <v>288</v>
       </c>
       <c r="F137" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G137">
         <v>61.4</v>
       </c>
       <c r="H137">
         <v>61.4</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B138" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C138" t="s">
         <v>289</v>
       </c>
       <c r="D138">
         <v>2022</v>
       </c>
       <c r="E138" t="s">
         <v>290</v>
       </c>
       <c r="F138" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G138">
         <v>61.4</v>
       </c>
       <c r="H138">
         <v>61.4</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B139" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C139" t="s">
         <v>291</v>
       </c>
       <c r="D139">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="E139" t="s">
         <v>292</v>
       </c>
       <c r="F139" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G139">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
       <c r="H139">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B140" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C140" t="s">
         <v>293</v>
       </c>
       <c r="D140">
         <v>2010</v>
       </c>
       <c r="E140" t="s">
         <v>294</v>
       </c>
       <c r="F140" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G140">
         <v>54.49</v>
       </c>
       <c r="H140">
         <v>54.49</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B141" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C141" t="s">
         <v>295</v>
       </c>
       <c r="D141">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E141" t="s">
         <v>296</v>
       </c>
       <c r="F141" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G141">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
       <c r="H141">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B142" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C142" t="s">
         <v>297</v>
       </c>
       <c r="D142">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="E142" t="s">
         <v>298</v>
       </c>
       <c r="F142" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G142">
-        <v>82.15</v>
+        <v>61.4</v>
       </c>
       <c r="H142">
-        <v>82.15</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B143" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C143" t="s">
         <v>299</v>
       </c>
       <c r="D143">
-        <v>2007</v>
+        <v>2020</v>
       </c>
       <c r="E143" t="s">
         <v>300</v>
       </c>
       <c r="F143" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G143">
-        <v>95.42</v>
+        <v>82.15</v>
       </c>
       <c r="H143">
-        <v>95.42</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B144" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C144" t="s">
         <v>301</v>
       </c>
       <c r="D144">
         <v>2007</v>
       </c>
       <c r="E144" t="s">
         <v>302</v>
       </c>
       <c r="F144" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G144">
         <v>95.42</v>
       </c>
       <c r="H144">
         <v>95.42</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B145" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C145" t="s">
         <v>303</v>
       </c>
       <c r="D145">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E145" t="s">
         <v>304</v>
       </c>
       <c r="F145" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G145">
-        <v>61.4</v>
+        <v>95.42</v>
       </c>
       <c r="H145">
-        <v>61.4</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B146" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C146" t="s">
         <v>305</v>
       </c>
       <c r="D146">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E146" t="s">
         <v>306</v>
       </c>
       <c r="F146" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G146">
-        <v>102.34</v>
+        <v>61.4</v>
       </c>
       <c r="H146">
-        <v>102.34</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B147" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C147" t="s">
         <v>307</v>
       </c>
       <c r="D147">
         <v>2007</v>
       </c>
       <c r="E147" t="s">
         <v>308</v>
       </c>
       <c r="F147" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G147">
         <v>102.34</v>
       </c>
       <c r="H147">
         <v>102.34</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B148" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C148" t="s">
         <v>309</v>
       </c>
       <c r="D148">
         <v>2007</v>
       </c>
       <c r="E148" t="s">
         <v>310</v>
       </c>
       <c r="F148" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G148">
-        <v>0.0</v>
+        <v>102.34</v>
       </c>
       <c r="H148">
-        <v>0.0</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B149" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C149" t="s">
         <v>311</v>
       </c>
       <c r="D149">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E149" t="s">
         <v>312</v>
       </c>
       <c r="F149" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G149">
-        <v>102.34</v>
+        <v>0.0</v>
       </c>
       <c r="H149">
-        <v>102.34</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B150" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C150" t="s">
         <v>313</v>
       </c>
       <c r="D150">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E150" t="s">
         <v>314</v>
       </c>
       <c r="F150" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G150">
-        <v>108.13</v>
+        <v>102.34</v>
       </c>
       <c r="H150">
-        <v>108.13</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B151" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C151" t="s">
         <v>315</v>
       </c>
       <c r="D151">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E151" t="s">
         <v>316</v>
       </c>
       <c r="F151" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G151">
-        <v>102.34</v>
+        <v>108.13</v>
       </c>
       <c r="H151">
-        <v>102.34</v>
+        <v>108.13</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B152" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C152" t="s">
         <v>317</v>
       </c>
       <c r="D152">
         <v>2006</v>
       </c>
       <c r="E152" t="s">
         <v>318</v>
       </c>
       <c r="F152" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G152">
-        <v>118.79</v>
+        <v>102.34</v>
       </c>
       <c r="H152">
-        <v>118.79</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B153" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C153" t="s">
         <v>319</v>
       </c>
       <c r="D153">
         <v>2006</v>
       </c>
       <c r="E153" t="s">
         <v>320</v>
       </c>
       <c r="F153" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G153">
-        <v>152.52</v>
+        <v>118.79</v>
       </c>
       <c r="H153">
-        <v>152.52</v>
+        <v>118.79</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B154" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C154" t="s">
         <v>321</v>
       </c>
       <c r="D154">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E154" t="s">
         <v>322</v>
       </c>
       <c r="F154" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G154">
-        <v>61.4</v>
+        <v>152.52</v>
       </c>
       <c r="H154">
-        <v>61.4</v>
+        <v>152.52</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B155" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C155" t="s">
         <v>323</v>
       </c>
       <c r="D155">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="E155" t="s">
         <v>324</v>
       </c>
       <c r="F155" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G155">
-        <v>102.34</v>
+        <v>61.4</v>
       </c>
       <c r="H155">
-        <v>102.34</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B156" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C156" t="s">
         <v>325</v>
       </c>
       <c r="D156">
         <v>2006</v>
       </c>
       <c r="E156" t="s">
         <v>326</v>
       </c>
       <c r="F156" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G156">
-        <v>95.42</v>
+        <v>102.34</v>
       </c>
       <c r="H156">
-        <v>95.42</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B157" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C157" t="s">
         <v>327</v>
       </c>
       <c r="D157">
         <v>2006</v>
       </c>
       <c r="E157" t="s">
         <v>328</v>
       </c>
       <c r="F157" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G157">
-        <v>102.34</v>
+        <v>95.42</v>
       </c>
       <c r="H157">
-        <v>102.34</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B158" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C158" t="s">
         <v>329</v>
       </c>
       <c r="D158">
         <v>2006</v>
       </c>
       <c r="E158" t="s">
         <v>330</v>
       </c>
       <c r="F158" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G158">
-        <v>108.13</v>
+        <v>102.34</v>
       </c>
       <c r="H158">
-        <v>108.13</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B159" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C159" t="s">
         <v>331</v>
       </c>
       <c r="D159">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E159" t="s">
         <v>332</v>
       </c>
       <c r="F159" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G159">
-        <v>88.41</v>
+        <v>108.13</v>
       </c>
       <c r="H159">
-        <v>88.41</v>
+        <v>108.13</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B160" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C160" t="s">
         <v>333</v>
       </c>
       <c r="D160">
         <v>2007</v>
       </c>
       <c r="E160" t="s">
         <v>334</v>
       </c>
       <c r="F160" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G160">
-        <v>95.42</v>
+        <v>88.41</v>
       </c>
       <c r="H160">
-        <v>95.42</v>
+        <v>88.41</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B161" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C161" t="s">
         <v>335</v>
       </c>
       <c r="D161">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="E161" t="s">
         <v>336</v>
       </c>
       <c r="F161" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G161">
-        <v>61.4</v>
+        <v>95.42</v>
       </c>
       <c r="H161">
-        <v>61.4</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B162" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C162" t="s">
         <v>337</v>
       </c>
       <c r="D162">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E162" t="s">
         <v>338</v>
       </c>
       <c r="F162" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G162">
         <v>61.4</v>
       </c>
       <c r="H162">
         <v>61.4</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B163" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C163" t="s">
         <v>339</v>
       </c>
       <c r="D163">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E163" t="s">
         <v>340</v>
       </c>
       <c r="F163" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G163">
         <v>61.4</v>
       </c>
       <c r="H163">
         <v>61.4</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B164" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C164" t="s">
         <v>341</v>
       </c>
       <c r="D164">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="E164" t="s">
         <v>342</v>
       </c>
       <c r="F164" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G164">
         <v>61.4</v>
       </c>
       <c r="H164">
         <v>61.4</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B165" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C165" t="s">
         <v>343</v>
       </c>
       <c r="D165">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="E165" t="s">
         <v>344</v>
       </c>
       <c r="F165" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G165">
-        <v>67.85</v>
+        <v>61.4</v>
       </c>
       <c r="H165">
-        <v>67.85</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B166" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C166" t="s">
         <v>345</v>
       </c>
       <c r="D166">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E166" t="s">
         <v>346</v>
       </c>
       <c r="F166" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G166">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
       <c r="H166">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B167" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C167" t="s">
         <v>347</v>
       </c>
       <c r="D167">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E167" t="s">
         <v>348</v>
       </c>
       <c r="F167" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G167">
         <v>54.49</v>
       </c>
       <c r="H167">
         <v>54.49</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B168" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C168" t="s">
         <v>349</v>
       </c>
       <c r="D168">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E168" t="s">
         <v>350</v>
       </c>
       <c r="F168" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G168">
         <v>54.49</v>
       </c>
       <c r="H168">
         <v>54.49</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B169" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C169" t="s">
         <v>351</v>
       </c>
       <c r="D169">
         <v>2009</v>
       </c>
       <c r="E169" t="s">
         <v>352</v>
       </c>
       <c r="F169" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G169">
         <v>54.49</v>
       </c>
       <c r="H169">
         <v>54.49</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B170" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C170" t="s">
         <v>353</v>
       </c>
       <c r="D170">
         <v>2009</v>
       </c>
       <c r="E170" t="s">
         <v>354</v>
       </c>
       <c r="F170" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G170">
         <v>54.49</v>
       </c>
       <c r="H170">
         <v>54.49</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B171" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C171" t="s">
         <v>355</v>
       </c>
       <c r="D171">
         <v>2009</v>
       </c>
       <c r="E171" t="s">
         <v>356</v>
       </c>
       <c r="F171" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G171">
         <v>54.49</v>
       </c>
       <c r="H171">
         <v>54.49</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B172" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C172" t="s">
         <v>357</v>
       </c>
       <c r="D172">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E172" t="s">
         <v>358</v>
       </c>
       <c r="F172" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G172">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
       <c r="H172">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B173" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C173" t="s">
         <v>359</v>
       </c>
       <c r="D173">
         <v>2010</v>
       </c>
       <c r="E173" t="s">
         <v>360</v>
       </c>
       <c r="F173" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G173">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
       <c r="H173">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B174" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C174" t="s">
         <v>361</v>
       </c>
       <c r="D174">
         <v>2010</v>
       </c>
       <c r="E174" t="s">
         <v>362</v>
       </c>
       <c r="F174" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G174">
         <v>54.49</v>
       </c>
       <c r="H174">
         <v>54.49</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B175" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C175" t="s">
         <v>363</v>
       </c>
       <c r="D175">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E175" t="s">
         <v>364</v>
       </c>
       <c r="F175" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G175">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
       <c r="H175">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B176" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C176" t="s">
         <v>365</v>
       </c>
       <c r="D176">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E176" t="s">
         <v>366</v>
       </c>
       <c r="F176" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G176">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
       <c r="H176">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B177" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C177" t="s">
         <v>367</v>
       </c>
       <c r="D177">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E177" t="s">
         <v>368</v>
       </c>
       <c r="F177" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G177">
         <v>54.49</v>
       </c>
       <c r="H177">
         <v>54.49</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B178" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C178" t="s">
         <v>369</v>
       </c>
       <c r="D178">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E178" t="s">
         <v>370</v>
       </c>
       <c r="F178" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G178">
         <v>54.49</v>
       </c>
       <c r="H178">
         <v>54.49</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B179" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C179" t="s">
         <v>371</v>
       </c>
       <c r="D179">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="E179" t="s">
         <v>372</v>
       </c>
       <c r="F179" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G179">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
       <c r="H179">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B180" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C180" t="s">
         <v>373</v>
       </c>
       <c r="D180">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E180" t="s">
         <v>374</v>
       </c>
       <c r="F180" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G180">
         <v>61.4</v>
       </c>
       <c r="H180">
         <v>61.4</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B181" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C181" t="s">
         <v>375</v>
       </c>
       <c r="D181">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="E181" t="s">
         <v>376</v>
       </c>
       <c r="F181" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G181">
-        <v>102.34</v>
+        <v>61.4</v>
       </c>
       <c r="H181">
-        <v>102.34</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B182" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C182" t="s">
         <v>377</v>
       </c>
       <c r="D182">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E182" t="s">
         <v>378</v>
       </c>
       <c r="F182" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G182">
-        <v>95.42</v>
+        <v>102.34</v>
       </c>
       <c r="H182">
-        <v>95.42</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B183" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C183" t="s">
         <v>379</v>
       </c>
       <c r="D183">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E183" t="s">
         <v>380</v>
       </c>
       <c r="F183" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G183">
-        <v>47.38</v>
+        <v>95.42</v>
       </c>
       <c r="H183">
-        <v>47.38</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B184" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C184" t="s">
         <v>381</v>
       </c>
       <c r="D184">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="E184" t="s">
         <v>382</v>
       </c>
       <c r="F184" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G184">
-        <v>102.34</v>
+        <v>47.38</v>
       </c>
       <c r="H184">
-        <v>102.34</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B185" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C185" t="s">
         <v>383</v>
       </c>
       <c r="D185">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E185" t="s">
         <v>384</v>
       </c>
       <c r="F185" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G185">
-        <v>61.4</v>
+        <v>102.34</v>
       </c>
       <c r="H185">
-        <v>61.4</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B186" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C186" t="s">
         <v>385</v>
       </c>
       <c r="D186">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="E186" t="s">
         <v>386</v>
       </c>
       <c r="F186" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G186">
-        <v>108.13</v>
+        <v>61.4</v>
       </c>
       <c r="H186">
-        <v>108.13</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B187" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C187" t="s">
         <v>387</v>
       </c>
       <c r="D187">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="E187" t="s">
         <v>388</v>
       </c>
       <c r="F187" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G187">
-        <v>95.42</v>
+        <v>108.13</v>
       </c>
       <c r="H187">
-        <v>95.42</v>
+        <v>108.13</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B188" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C188" t="s">
         <v>389</v>
       </c>
       <c r="D188">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="E188" t="s">
         <v>390</v>
       </c>
       <c r="F188" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G188">
-        <v>67.85</v>
+        <v>95.42</v>
       </c>
       <c r="H188">
-        <v>67.85</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B189" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C189" t="s">
         <v>391</v>
       </c>
       <c r="D189">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E189" t="s">
         <v>392</v>
       </c>
       <c r="F189" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G189">
-        <v>102.34</v>
+        <v>67.85</v>
       </c>
       <c r="H189">
-        <v>102.34</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B190" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C190" t="s">
         <v>393</v>
       </c>
       <c r="D190">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="E190" t="s">
         <v>394</v>
       </c>
       <c r="F190" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G190">
-        <v>82.15</v>
+        <v>102.34</v>
       </c>
       <c r="H190">
-        <v>82.15</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B191" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C191" t="s">
         <v>395</v>
       </c>
       <c r="D191">
-        <v>1996</v>
+        <v>2011</v>
       </c>
       <c r="E191" t="s">
         <v>396</v>
       </c>
       <c r="F191" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G191">
-        <v>67.85</v>
+        <v>82.15</v>
       </c>
       <c r="H191">
-        <v>67.85</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B192" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C192" t="s">
         <v>397</v>
       </c>
       <c r="D192">
         <v>1996</v>
       </c>
       <c r="E192" t="s">
         <v>398</v>
       </c>
       <c r="F192" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G192">
         <v>67.85</v>
       </c>
       <c r="H192">
         <v>67.85</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B193" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C193" t="s">
         <v>399</v>
       </c>
       <c r="D193">
-        <v>2019</v>
+        <v>1996</v>
       </c>
       <c r="E193" t="s">
         <v>400</v>
       </c>
       <c r="F193" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G193">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
       <c r="H193">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B194" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C194" t="s">
         <v>401</v>
       </c>
       <c r="D194">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="E194" t="s">
         <v>402</v>
       </c>
       <c r="F194" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G194">
-        <v>95.42</v>
+        <v>61.4</v>
       </c>
       <c r="H194">
-        <v>95.42</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B195" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C195" t="s">
         <v>403</v>
       </c>
       <c r="D195">
         <v>2005</v>
       </c>
       <c r="E195" t="s">
         <v>404</v>
       </c>
       <c r="F195" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G195">
         <v>95.42</v>
       </c>
       <c r="H195">
         <v>95.42</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B196" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C196" t="s">
         <v>405</v>
       </c>
       <c r="D196">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="E196" t="s">
         <v>406</v>
       </c>
       <c r="F196" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G196">
-        <v>47.38</v>
+        <v>95.42</v>
       </c>
       <c r="H196">
-        <v>47.38</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B197" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C197" t="s">
         <v>407</v>
       </c>
       <c r="D197">
         <v>2012</v>
       </c>
       <c r="E197" t="s">
         <v>408</v>
       </c>
       <c r="F197" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G197">
         <v>47.38</v>
       </c>
       <c r="H197">
         <v>47.38</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B198" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C198" t="s">
         <v>409</v>
       </c>
       <c r="D198">
         <v>2012</v>
       </c>
       <c r="E198" t="s">
         <v>410</v>
       </c>
       <c r="F198" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G198">
-        <v>67.85</v>
+        <v>47.38</v>
       </c>
       <c r="H198">
-        <v>67.85</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B199" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C199" t="s">
         <v>411</v>
       </c>
       <c r="D199">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="E199" t="s">
         <v>412</v>
       </c>
       <c r="F199" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G199">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
       <c r="H199">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B200" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C200" t="s">
         <v>413</v>
       </c>
       <c r="D200">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="E200" t="s">
         <v>414</v>
       </c>
       <c r="F200" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G200">
-        <v>102.34</v>
+        <v>54.49</v>
       </c>
       <c r="H200">
-        <v>102.34</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B201" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C201" t="s">
         <v>415</v>
       </c>
       <c r="D201">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="E201" t="s">
         <v>416</v>
       </c>
       <c r="F201" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G201">
-        <v>74.95</v>
+        <v>102.34</v>
       </c>
       <c r="H201">
-        <v>74.95</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B202" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C202" t="s">
         <v>417</v>
       </c>
       <c r="D202">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E202" t="s">
         <v>418</v>
       </c>
       <c r="F202" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G202">
-        <v>54.49</v>
+        <v>74.95</v>
       </c>
       <c r="H202">
-        <v>54.49</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B203" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C203" t="s">
         <v>419</v>
       </c>
       <c r="D203">
         <v>2009</v>
       </c>
       <c r="E203" t="s">
         <v>420</v>
       </c>
       <c r="F203" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G203">
-        <v>47.38</v>
+        <v>54.49</v>
       </c>
       <c r="H203">
-        <v>47.38</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B204" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C204" t="s">
         <v>421</v>
       </c>
       <c r="D204">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E204" t="s">
         <v>422</v>
       </c>
       <c r="F204" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G204">
-        <v>74.95</v>
+        <v>47.38</v>
       </c>
       <c r="H204">
-        <v>74.95</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B205" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C205" t="s">
         <v>423</v>
       </c>
       <c r="D205">
-        <v>2007</v>
+        <v>1997</v>
       </c>
       <c r="E205" t="s">
         <v>424</v>
       </c>
       <c r="F205" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G205">
-        <v>95.42</v>
+        <v>74.95</v>
       </c>
       <c r="H205">
-        <v>95.42</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B206" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C206" t="s">
         <v>425</v>
       </c>
       <c r="D206">
-        <v>1996</v>
+        <v>2007</v>
       </c>
       <c r="E206" t="s">
         <v>426</v>
       </c>
       <c r="F206" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G206">
-        <v>74.95</v>
+        <v>95.42</v>
       </c>
       <c r="H206">
-        <v>74.95</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B207" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C207" t="s">
         <v>427</v>
       </c>
       <c r="D207">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E207" t="s">
         <v>428</v>
       </c>
       <c r="F207" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G207">
         <v>74.95</v>
       </c>
       <c r="H207">
         <v>74.95</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B208" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C208" t="s">
         <v>429</v>
       </c>
       <c r="D208">
         <v>2008</v>
       </c>
       <c r="E208" t="s">
         <v>430</v>
       </c>
       <c r="F208" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G208">
-        <v>82.15</v>
+        <v>74.95</v>
       </c>
       <c r="H208">
-        <v>82.15</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B209" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C209" t="s">
         <v>431</v>
       </c>
       <c r="D209">
         <v>2008</v>
       </c>
       <c r="E209" t="s">
         <v>432</v>
       </c>
       <c r="F209" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G209">
-        <v>74.95</v>
+        <v>82.15</v>
       </c>
       <c r="H209">
-        <v>74.95</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B210" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C210" t="s">
         <v>433</v>
       </c>
       <c r="D210">
         <v>2008</v>
       </c>
       <c r="E210" t="s">
         <v>434</v>
       </c>
       <c r="F210" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G210">
         <v>74.95</v>
       </c>
       <c r="H210">
         <v>74.95</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B211" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C211" t="s">
         <v>435</v>
       </c>
       <c r="D211">
         <v>2008</v>
       </c>
       <c r="E211" t="s">
         <v>436</v>
       </c>
       <c r="F211" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G211">
         <v>74.95</v>
       </c>
       <c r="H211">
         <v>74.95</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B212" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C212" t="s">
         <v>437</v>
       </c>
       <c r="D212">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E212" t="s">
         <v>438</v>
       </c>
       <c r="F212" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G212">
-        <v>61.4</v>
+        <v>74.95</v>
       </c>
       <c r="H212">
-        <v>61.4</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B213" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C213" t="s">
         <v>439</v>
       </c>
       <c r="D213">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E213" t="s">
         <v>440</v>
       </c>
       <c r="F213" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G213">
-        <v>74.95</v>
+        <v>61.4</v>
       </c>
       <c r="H213">
-        <v>74.95</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B214" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C214" t="s">
         <v>441</v>
       </c>
       <c r="D214">
         <v>1996</v>
       </c>
       <c r="E214" t="s">
         <v>442</v>
       </c>
       <c r="F214" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G214">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
       <c r="H214">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B215" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C215" t="s">
         <v>443</v>
       </c>
       <c r="D215">
         <v>1996</v>
       </c>
       <c r="E215" t="s">
         <v>444</v>
       </c>
       <c r="F215" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G215">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
       <c r="H215">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B216" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C216" t="s">
         <v>445</v>
       </c>
       <c r="D216">
         <v>1996</v>
       </c>
       <c r="E216" t="s">
         <v>446</v>
       </c>
       <c r="F216" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G216">
         <v>74.95</v>
       </c>
       <c r="H216">
         <v>74.95</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B217" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C217" t="s">
         <v>447</v>
       </c>
       <c r="D217">
         <v>1996</v>
       </c>
       <c r="E217" t="s">
         <v>448</v>
       </c>
       <c r="F217" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G217">
         <v>74.95</v>
       </c>
       <c r="H217">
         <v>74.95</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B218" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C218" t="s">
         <v>449</v>
       </c>
       <c r="D218">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="E218" t="s">
         <v>450</v>
       </c>
       <c r="F218" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G218">
         <v>74.95</v>
       </c>
       <c r="H218">
         <v>74.95</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B219" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C219" t="s">
         <v>451</v>
       </c>
       <c r="D219">
-        <v>2017</v>
+        <v>1997</v>
       </c>
       <c r="E219" t="s">
         <v>452</v>
       </c>
       <c r="F219" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G219">
-        <v>102.34</v>
+        <v>74.95</v>
       </c>
       <c r="H219">
-        <v>102.34</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B220" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C220" t="s">
         <v>453</v>
       </c>
       <c r="D220">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E220" t="s">
         <v>454</v>
       </c>
       <c r="F220" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G220">
-        <v>74.95</v>
+        <v>102.34</v>
       </c>
       <c r="H220">
-        <v>74.95</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B221" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C221" t="s">
         <v>455</v>
       </c>
       <c r="D221">
         <v>2008</v>
       </c>
       <c r="E221" t="s">
         <v>456</v>
       </c>
       <c r="F221" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G221">
         <v>74.95</v>
       </c>
       <c r="H221">
         <v>74.95</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B222" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C222" t="s">
         <v>457</v>
       </c>
       <c r="D222">
         <v>2008</v>
       </c>
       <c r="E222" t="s">
         <v>458</v>
       </c>
       <c r="F222" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G222">
         <v>74.95</v>
       </c>
       <c r="H222">
         <v>74.95</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B223" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C223" t="s">
         <v>459</v>
       </c>
       <c r="D223">
-        <v>1995</v>
+        <v>2008</v>
       </c>
       <c r="E223" t="s">
         <v>460</v>
       </c>
       <c r="F223" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G223">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
       <c r="H223">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B224" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C224" t="s">
         <v>461</v>
       </c>
       <c r="D224">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="E224" t="s">
         <v>462</v>
       </c>
       <c r="F224" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G224">
         <v>67.85</v>
       </c>
       <c r="H224">
         <v>67.85</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B225" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C225" t="s">
         <v>463</v>
       </c>
       <c r="D225">
-        <v>2009</v>
+        <v>1994</v>
       </c>
       <c r="E225" t="s">
         <v>464</v>
       </c>
       <c r="F225" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G225">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
       <c r="H225">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B226" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C226" t="s">
         <v>465</v>
       </c>
       <c r="D226">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E226" t="s">
         <v>466</v>
       </c>
       <c r="F226" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G226">
-        <v>74.95</v>
+        <v>54.49</v>
       </c>
       <c r="H226">
-        <v>74.95</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B227" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C227" t="s">
         <v>467</v>
       </c>
       <c r="D227">
         <v>1996</v>
       </c>
       <c r="E227" t="s">
         <v>468</v>
       </c>
       <c r="F227" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G227">
         <v>74.95</v>
       </c>
       <c r="H227">
         <v>74.95</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B228" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C228" t="s">
         <v>469</v>
       </c>
       <c r="D228">
         <v>1996</v>
       </c>
       <c r="E228" t="s">
         <v>470</v>
       </c>
       <c r="F228" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G228">
         <v>74.95</v>
       </c>
       <c r="H228">
         <v>74.95</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B229" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C229" t="s">
         <v>471</v>
       </c>
       <c r="D229">
-        <v>1998</v>
+        <v>1996</v>
       </c>
       <c r="E229" t="s">
         <v>472</v>
       </c>
       <c r="F229" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G229">
         <v>74.95</v>
       </c>
       <c r="H229">
         <v>74.95</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B230" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C230" t="s">
         <v>473</v>
       </c>
       <c r="D230">
         <v>1998</v>
       </c>
       <c r="E230" t="s">
         <v>474</v>
       </c>
       <c r="F230" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G230">
         <v>74.95</v>
       </c>
       <c r="H230">
         <v>74.95</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B231" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C231" t="s">
         <v>475</v>
       </c>
       <c r="D231">
         <v>1998</v>
       </c>
       <c r="E231" t="s">
         <v>476</v>
       </c>
       <c r="F231" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G231">
         <v>74.95</v>
       </c>
       <c r="H231">
         <v>74.95</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B232" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C232" t="s">
         <v>477</v>
       </c>
       <c r="D232">
         <v>1998</v>
       </c>
       <c r="E232" t="s">
         <v>478</v>
       </c>
       <c r="F232" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G232">
         <v>74.95</v>
       </c>
       <c r="H232">
         <v>74.95</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B233" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C233" t="s">
         <v>479</v>
       </c>
       <c r="D233">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="E233" t="s">
         <v>480</v>
       </c>
       <c r="F233" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G233">
-        <v>82.15</v>
+        <v>74.95</v>
       </c>
       <c r="H233">
-        <v>82.15</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B234" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C234" t="s">
         <v>481</v>
       </c>
       <c r="D234">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="E234" t="s">
         <v>482</v>
       </c>
       <c r="F234" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G234">
-        <v>67.85</v>
+        <v>82.15</v>
       </c>
       <c r="H234">
-        <v>67.85</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B235" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C235" t="s">
         <v>483</v>
       </c>
       <c r="D235">
-        <v>1995</v>
+        <v>1994</v>
       </c>
       <c r="E235" t="s">
         <v>484</v>
       </c>
       <c r="F235" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G235">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
       <c r="H235">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B236" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C236" t="s">
         <v>485</v>
       </c>
       <c r="D236">
         <v>1995</v>
       </c>
       <c r="E236" t="s">
         <v>486</v>
       </c>
       <c r="F236" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G236">
         <v>61.4</v>
       </c>
       <c r="H236">
         <v>61.4</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B237" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C237" t="s">
         <v>487</v>
       </c>
       <c r="D237">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="E237" t="s">
         <v>488</v>
       </c>
       <c r="F237" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G237">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
       <c r="H237">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B238" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C238" t="s">
         <v>489</v>
       </c>
       <c r="D238">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="E238" t="s">
         <v>490</v>
       </c>
       <c r="F238" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G238">
-        <v>74.95</v>
+        <v>54.49</v>
       </c>
       <c r="H238">
-        <v>74.95</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B239" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C239" t="s">
         <v>491</v>
       </c>
       <c r="D239">
         <v>1996</v>
       </c>
       <c r="E239" t="s">
         <v>492</v>
       </c>
       <c r="F239" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G239">
         <v>74.95</v>
       </c>
       <c r="H239">
         <v>74.95</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B240" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C240" t="s">
         <v>493</v>
       </c>
       <c r="D240">
         <v>1996</v>
       </c>
       <c r="E240" t="s">
         <v>494</v>
       </c>
       <c r="F240" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G240">
         <v>74.95</v>
       </c>
       <c r="H240">
         <v>74.95</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B241" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C241" t="s">
         <v>495</v>
       </c>
       <c r="D241">
         <v>1996</v>
       </c>
       <c r="E241" t="s">
         <v>496</v>
       </c>
       <c r="F241" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G241">
         <v>74.95</v>
       </c>
       <c r="H241">
         <v>74.95</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B242" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C242" t="s">
         <v>497</v>
       </c>
       <c r="D242">
         <v>1996</v>
       </c>
       <c r="E242" t="s">
         <v>498</v>
       </c>
       <c r="F242" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G242">
         <v>74.95</v>
       </c>
       <c r="H242">
         <v>74.95</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B243" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C243" t="s">
         <v>499</v>
       </c>
       <c r="D243">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="E243" t="s">
         <v>500</v>
       </c>
       <c r="F243" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G243">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
       <c r="H243">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B244" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C244" t="s">
         <v>501</v>
       </c>
       <c r="D244">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="E244" t="s">
         <v>502</v>
       </c>
       <c r="F244" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G244">
-        <v>82.15</v>
+        <v>67.85</v>
       </c>
       <c r="H244">
-        <v>82.15</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B245" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C245" t="s">
         <v>503</v>
       </c>
       <c r="D245">
         <v>1996</v>
       </c>
       <c r="E245" t="s">
         <v>504</v>
       </c>
       <c r="F245" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G245">
         <v>82.15</v>
       </c>
       <c r="H245">
         <v>82.15</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B246" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C246" t="s">
         <v>505</v>
       </c>
       <c r="D246">
         <v>1996</v>
       </c>
       <c r="E246" t="s">
         <v>506</v>
       </c>
       <c r="F246" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G246">
         <v>82.15</v>
       </c>
       <c r="H246">
         <v>82.15</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B247" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C247" t="s">
         <v>507</v>
       </c>
       <c r="D247">
         <v>1996</v>
       </c>
       <c r="E247" t="s">
         <v>508</v>
       </c>
       <c r="F247" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G247">
         <v>82.15</v>
       </c>
       <c r="H247">
         <v>82.15</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B248" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C248" t="s">
         <v>509</v>
       </c>
       <c r="D248">
         <v>1996</v>
       </c>
       <c r="E248" t="s">
         <v>510</v>
       </c>
       <c r="F248" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G248">
         <v>82.15</v>
       </c>
       <c r="H248">
         <v>82.15</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B249" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C249" t="s">
         <v>511</v>
       </c>
       <c r="D249">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="E249" t="s">
         <v>512</v>
       </c>
       <c r="F249" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G249">
-        <v>67.85</v>
+        <v>82.15</v>
       </c>
       <c r="H249">
-        <v>67.85</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B250" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C250" t="s">
         <v>513</v>
       </c>
       <c r="D250">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="E250" t="s">
         <v>514</v>
       </c>
       <c r="F250" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G250">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
       <c r="H250">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B251" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C251" t="s">
         <v>515</v>
       </c>
       <c r="D251">
-        <v>2007</v>
+        <v>1996</v>
       </c>
       <c r="E251" t="s">
         <v>516</v>
       </c>
       <c r="F251" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G251">
-        <v>108.13</v>
+        <v>74.95</v>
       </c>
       <c r="H251">
-        <v>108.13</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B252" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C252" t="s">
         <v>517</v>
       </c>
       <c r="D252">
         <v>2007</v>
       </c>
       <c r="E252" t="s">
         <v>518</v>
       </c>
       <c r="F252" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G252">
         <v>108.13</v>
       </c>
       <c r="H252">
         <v>108.13</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B253" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C253" t="s">
         <v>519</v>
       </c>
       <c r="D253">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="E253" t="s">
         <v>520</v>
       </c>
       <c r="F253" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G253">
-        <v>67.85</v>
+        <v>108.13</v>
       </c>
       <c r="H253">
-        <v>67.85</v>
+        <v>108.13</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B254" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C254" t="s">
         <v>521</v>
       </c>
       <c r="D254">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="E254" t="s">
         <v>522</v>
       </c>
       <c r="F254" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G254">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
       <c r="H254">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B255" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C255" t="s">
         <v>523</v>
       </c>
       <c r="D255">
         <v>1996</v>
       </c>
       <c r="E255" t="s">
         <v>524</v>
       </c>
       <c r="F255" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G255">
         <v>74.95</v>
       </c>
       <c r="H255">
         <v>74.95</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B256" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C256" t="s">
         <v>525</v>
       </c>
       <c r="D256">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E256" t="s">
         <v>526</v>
       </c>
       <c r="F256" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G256">
-        <v>82.15</v>
+        <v>74.95</v>
       </c>
       <c r="H256">
-        <v>82.15</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B257" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C257" t="s">
         <v>527</v>
       </c>
       <c r="D257">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E257" t="s">
         <v>528</v>
       </c>
       <c r="F257" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G257">
-        <v>67.85</v>
+        <v>82.15</v>
       </c>
       <c r="H257">
-        <v>67.85</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B258" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C258" t="s">
         <v>529</v>
       </c>
       <c r="D258">
         <v>1996</v>
       </c>
       <c r="E258" t="s">
         <v>530</v>
       </c>
       <c r="F258" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G258">
         <v>67.85</v>
       </c>
       <c r="H258">
         <v>67.85</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B259" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C259" t="s">
         <v>531</v>
       </c>
       <c r="D259">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="E259" t="s">
         <v>532</v>
       </c>
       <c r="F259" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G259">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
       <c r="H259">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B260" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C260" t="s">
         <v>533</v>
       </c>
       <c r="D260">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="E260" t="s">
         <v>534</v>
       </c>
       <c r="F260" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G260">
-        <v>61.4</v>
+        <v>74.95</v>
       </c>
       <c r="H260">
-        <v>61.4</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B261" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C261" t="s">
         <v>535</v>
       </c>
       <c r="D261">
         <v>1996</v>
       </c>
       <c r="E261" t="s">
         <v>536</v>
       </c>
       <c r="F261" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G261">
         <v>61.4</v>
       </c>
       <c r="H261">
         <v>61.4</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B262" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C262" t="s">
         <v>537</v>
       </c>
       <c r="D262">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E262" t="s">
         <v>538</v>
       </c>
       <c r="F262" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G262">
-        <v>74.95</v>
+        <v>61.4</v>
       </c>
       <c r="H262">
-        <v>74.95</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B263" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C263" t="s">
         <v>539</v>
       </c>
       <c r="D263">
-        <v>2010</v>
+        <v>1995</v>
       </c>
       <c r="E263" t="s">
         <v>540</v>
       </c>
       <c r="F263" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G263">
-        <v>54.49</v>
+        <v>74.95</v>
       </c>
       <c r="H263">
-        <v>54.49</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B264" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C264" t="s">
         <v>541</v>
       </c>
       <c r="D264">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="E264" t="s">
         <v>542</v>
       </c>
       <c r="F264" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G264">
-        <v>108.13</v>
+        <v>54.49</v>
       </c>
       <c r="H264">
-        <v>108.13</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B265" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C265" t="s">
         <v>543</v>
       </c>
       <c r="D265">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E265" t="s">
         <v>544</v>
       </c>
       <c r="F265" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G265">
-        <v>102.34</v>
+        <v>108.13</v>
       </c>
       <c r="H265">
-        <v>102.34</v>
+        <v>108.13</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B266" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C266" t="s">
         <v>545</v>
       </c>
       <c r="D266">
-        <v>2007</v>
+        <v>2020</v>
       </c>
       <c r="E266" t="s">
         <v>546</v>
       </c>
       <c r="F266" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G266">
-        <v>135.89</v>
+        <v>102.34</v>
       </c>
       <c r="H266">
-        <v>135.89</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B267" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C267" t="s">
         <v>547</v>
       </c>
       <c r="D267">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="E267" t="s">
         <v>548</v>
       </c>
       <c r="F267" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G267">
-        <v>74.95</v>
+        <v>135.89</v>
       </c>
       <c r="H267">
-        <v>74.95</v>
+        <v>135.89</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B268" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C268" t="s">
         <v>549</v>
       </c>
       <c r="D268">
-        <v>1991</v>
+        <v>1995</v>
       </c>
       <c r="E268" t="s">
         <v>550</v>
       </c>
       <c r="F268" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G268">
-        <v>47.38</v>
+        <v>74.95</v>
       </c>
       <c r="H268">
-        <v>47.38</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B269" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C269" t="s">
         <v>551</v>
       </c>
       <c r="D269">
         <v>1991</v>
       </c>
       <c r="E269" t="s">
         <v>552</v>
       </c>
       <c r="F269" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G269">
-        <v>40.56</v>
+        <v>47.38</v>
       </c>
       <c r="H269">
-        <v>40.56</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B270" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C270" t="s">
         <v>553</v>
       </c>
       <c r="D270">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="E270" t="s">
         <v>554</v>
       </c>
       <c r="F270" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G270">
         <v>40.56</v>
       </c>
       <c r="H270">
         <v>40.56</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B271" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C271" t="s">
         <v>555</v>
       </c>
       <c r="D271">
         <v>1989</v>
       </c>
       <c r="E271" t="s">
         <v>556</v>
       </c>
       <c r="F271" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G271">
         <v>40.56</v>
       </c>
       <c r="H271">
         <v>40.56</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B272" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C272" t="s">
         <v>557</v>
       </c>
       <c r="D272">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="E272" t="s">
         <v>558</v>
       </c>
       <c r="F272" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G272">
-        <v>47.38</v>
+        <v>40.56</v>
       </c>
       <c r="H272">
-        <v>47.38</v>
+        <v>40.56</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B273" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C273" t="s">
         <v>559</v>
       </c>
       <c r="D273">
         <v>1987</v>
       </c>
       <c r="E273" t="s">
         <v>560</v>
       </c>
       <c r="F273" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G273">
-        <v>40.56</v>
+        <v>47.38</v>
       </c>
       <c r="H273">
-        <v>40.56</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B274" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C274" t="s">
         <v>561</v>
       </c>
       <c r="D274">
-        <v>2011</v>
+        <v>1987</v>
       </c>
       <c r="E274" t="s">
         <v>562</v>
       </c>
       <c r="F274" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G274">
-        <v>47.38</v>
+        <v>40.56</v>
       </c>
       <c r="H274">
-        <v>47.38</v>
+        <v>40.56</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B275" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C275" t="s">
         <v>563</v>
       </c>
       <c r="D275">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="E275" t="s">
         <v>564</v>
       </c>
       <c r="F275" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G275">
-        <v>67.85</v>
+        <v>47.38</v>
       </c>
       <c r="H275">
-        <v>67.85</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B276" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C276" t="s">
         <v>565</v>
       </c>
       <c r="D276">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E276" t="s">
         <v>566</v>
       </c>
       <c r="F276" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G276">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
       <c r="H276">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B277" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C277" t="s">
         <v>567</v>
       </c>
       <c r="D277">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E277" t="s">
         <v>568</v>
       </c>
       <c r="F277" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G277">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
       <c r="H277">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B278" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C278" t="s">
         <v>569</v>
       </c>
       <c r="D278">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E278" t="s">
         <v>570</v>
       </c>
       <c r="F278" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G278">
         <v>61.4</v>
       </c>
       <c r="H278">
         <v>61.4</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B279" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C279" t="s">
         <v>571</v>
       </c>
       <c r="D279">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E279" t="s">
         <v>572</v>
       </c>
       <c r="F279" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G279">
-        <v>67.85</v>
+        <v>61.4</v>
       </c>
       <c r="H279">
-        <v>67.85</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B280" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C280" t="s">
         <v>573</v>
       </c>
       <c r="D280">
         <v>2020</v>
       </c>
       <c r="E280" t="s">
         <v>574</v>
       </c>
       <c r="F280" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G280">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
       <c r="H280">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B281" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C281" t="s">
         <v>575</v>
       </c>
       <c r="D281">
         <v>2020</v>
       </c>
       <c r="E281" t="s">
         <v>576</v>
       </c>
       <c r="F281" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G281">
         <v>54.49</v>
       </c>
       <c r="H281">
         <v>54.49</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B282" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C282" t="s">
         <v>577</v>
       </c>
       <c r="D282">
-        <v>1987</v>
+        <v>2020</v>
       </c>
       <c r="E282" t="s">
         <v>578</v>
       </c>
       <c r="F282" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G282">
-        <v>47.38</v>
+        <v>54.49</v>
       </c>
       <c r="H282">
-        <v>47.38</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B283" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C283" t="s">
         <v>579</v>
       </c>
       <c r="D283">
         <v>1987</v>
       </c>
       <c r="E283" t="s">
         <v>580</v>
       </c>
       <c r="F283" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G283">
-        <v>40.56</v>
+        <v>47.38</v>
       </c>
       <c r="H283">
-        <v>40.56</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B284" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C284" t="s">
         <v>581</v>
       </c>
       <c r="D284">
-        <v>2020</v>
+        <v>1987</v>
       </c>
       <c r="E284" t="s">
         <v>582</v>
       </c>
       <c r="F284" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G284">
-        <v>54.49</v>
+        <v>40.56</v>
       </c>
       <c r="H284">
-        <v>54.49</v>
+        <v>40.56</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B285" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C285" t="s">
         <v>583</v>
       </c>
       <c r="D285">
-        <v>1987</v>
+        <v>2020</v>
       </c>
       <c r="E285" t="s">
         <v>584</v>
       </c>
       <c r="F285" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G285">
-        <v>40.56</v>
+        <v>54.49</v>
       </c>
       <c r="H285">
-        <v>40.56</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B286" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C286" t="s">
         <v>585</v>
       </c>
       <c r="D286">
         <v>1987</v>
       </c>
       <c r="E286" t="s">
         <v>586</v>
       </c>
       <c r="F286" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G286">
         <v>40.56</v>
       </c>
       <c r="H286">
         <v>40.56</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B287" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C287" t="s">
         <v>587</v>
       </c>
       <c r="D287">
-        <v>2020</v>
+        <v>1987</v>
       </c>
       <c r="E287" t="s">
         <v>588</v>
       </c>
       <c r="F287" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G287">
-        <v>54.49</v>
+        <v>40.56</v>
       </c>
       <c r="H287">
-        <v>54.49</v>
+        <v>40.56</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B288" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C288" t="s">
         <v>589</v>
       </c>
       <c r="D288">
         <v>2020</v>
       </c>
       <c r="E288" t="s">
         <v>590</v>
       </c>
       <c r="F288" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G288">
         <v>54.49</v>
       </c>
       <c r="H288">
         <v>54.49</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B289" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C289" t="s">
         <v>591</v>
       </c>
       <c r="D289">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="E289" t="s">
         <v>592</v>
       </c>
       <c r="F289" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G289">
-        <v>110.75</v>
+        <v>54.49</v>
       </c>
       <c r="H289">
-        <v>110.75</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B290" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C290" t="s">
         <v>593</v>
       </c>
       <c r="D290">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="E290" t="s">
         <v>594</v>
       </c>
       <c r="F290" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G290">
-        <v>54.49</v>
+        <v>110.75</v>
       </c>
       <c r="H290">
-        <v>54.49</v>
+        <v>110.75</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B291" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C291" t="s">
         <v>595</v>
       </c>
       <c r="D291">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="E291" t="s">
         <v>596</v>
       </c>
       <c r="F291" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G291">
-        <v>102.34</v>
+        <v>54.49</v>
       </c>
       <c r="H291">
-        <v>102.34</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B292" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C292" t="s">
         <v>597</v>
       </c>
       <c r="D292">
-        <v>31</v>
+        <v>2010</v>
       </c>
       <c r="E292" t="s">
         <v>598</v>
       </c>
       <c r="F292" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G292">
-        <v>20.0</v>
+        <v>102.34</v>
       </c>
       <c r="H292">
-        <v>20.0</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>8</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
         <v>599</v>
       </c>
+      <c r="D293">
+        <v>31</v>
+      </c>
       <c r="E293" t="s">
         <v>600</v>
       </c>
       <c r="F293" t="s">
         <v>12</v>
       </c>
       <c r="G293">
         <v>20.0</v>
       </c>
       <c r="H293">
         <v>20.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>8</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
         <v>601</v>
       </c>
-      <c r="D294">
-[...1 lines deleted...]
-      </c>
       <c r="E294" t="s">
         <v>602</v>
       </c>
       <c r="F294" t="s">
         <v>12</v>
       </c>
       <c r="G294">
         <v>20.0</v>
       </c>
       <c r="H294">
         <v>20.0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>8</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
         <v>603</v>
       </c>
       <c r="D295">
-        <v>2019</v>
+        <v>15</v>
       </c>
       <c r="E295" t="s">
         <v>604</v>
       </c>
       <c r="F295" t="s">
         <v>12</v>
       </c>
       <c r="G295">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H295">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
+        <v>8</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="D296">
         <v>2019</v>
       </c>
       <c r="E296" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="F296" t="s">
         <v>12</v>
       </c>
       <c r="G296">
-        <v>220.0</v>
+        <v>158.0</v>
       </c>
       <c r="H296">
-        <v>220.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>8</v>
+        <v>607</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
         <v>608</v>
       </c>
       <c r="D297">
-        <v>24</v>
+        <v>2019</v>
       </c>
       <c r="E297" t="s">
         <v>609</v>
       </c>
       <c r="F297" t="s">
         <v>12</v>
       </c>
       <c r="G297">
-        <v>20.0</v>
+        <v>220.0</v>
       </c>
       <c r="H297">
-        <v>20.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>8</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
         <v>610</v>
       </c>
       <c r="D298">
-        <v>2019</v>
+        <v>24</v>
       </c>
       <c r="E298" t="s">
         <v>611</v>
       </c>
       <c r="F298" t="s">
         <v>12</v>
       </c>
       <c r="G298">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
       <c r="H298">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>8</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
         <v>612</v>
       </c>
       <c r="D299">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E299" t="s">
         <v>613</v>
       </c>
       <c r="F299" t="s">
         <v>12</v>
       </c>
       <c r="G299">
         <v>220.0</v>
       </c>
       <c r="H299">
         <v>220.0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>8</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
         <v>614</v>
       </c>
       <c r="D300">
-        <v>25</v>
+        <v>2020</v>
       </c>
       <c r="E300" t="s">
         <v>615</v>
       </c>
       <c r="F300" t="s">
         <v>12</v>
       </c>
       <c r="G300">
-        <v>20.0</v>
+        <v>220.0</v>
       </c>
       <c r="H300">
-        <v>20.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>8</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
         <v>616</v>
       </c>
+      <c r="D301">
+        <v>25</v>
+      </c>
       <c r="E301" t="s">
         <v>617</v>
       </c>
       <c r="F301" t="s">
         <v>12</v>
       </c>
       <c r="G301">
         <v>20.0</v>
       </c>
       <c r="H301">
         <v>20.0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
+        <v>8</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
         <v>618</v>
       </c>
-      <c r="B302" t="s">
-[...2 lines deleted...]
-      <c r="C302" t="s">
+      <c r="E302" t="s">
         <v>619</v>
       </c>
-      <c r="D302">
-[...4 lines deleted...]
-      </c>
       <c r="F302" t="s">
         <v>12</v>
       </c>
       <c r="G302">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H302">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
         <v>621</v>
       </c>
       <c r="D303">
-        <v>2</v>
+        <v>1992</v>
       </c>
       <c r="E303" t="s">
         <v>622</v>
       </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
       <c r="G303">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
       <c r="H303">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
         <v>623</v>
       </c>
       <c r="D304">
-        <v>2019</v>
+        <v>2</v>
       </c>
       <c r="E304" t="s">
         <v>624</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H304">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>625</v>
       </c>
       <c r="D305">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E305" t="s">
         <v>626</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
       <c r="H305">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>8</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
         <v>627</v>
       </c>
       <c r="D306">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E306" t="s">
         <v>628</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306">
         <v>134.0</v>
       </c>
       <c r="H306">
         <v>134.0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>8</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
         <v>629</v>
       </c>
       <c r="D307">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="E307" t="s">
         <v>630</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307">
-        <v>220.0</v>
+        <v>134.0</v>
       </c>
       <c r="H307">
-        <v>220.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>618</v>
+        <v>607</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>631</v>
       </c>
       <c r="D308">
-        <v>1962</v>
+        <v>2019</v>
       </c>
       <c r="E308" t="s">
         <v>632</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308">
-        <v>158.0</v>
+        <v>220.0</v>
       </c>
       <c r="H308">
-        <v>158.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
         <v>633</v>
       </c>
       <c r="D309">
-        <v>10</v>
+        <v>1962</v>
       </c>
       <c r="E309" t="s">
         <v>634</v>
       </c>
       <c r="F309" t="s">
         <v>12</v>
       </c>
       <c r="G309">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
       <c r="H309">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>8</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
         <v>635</v>
       </c>
       <c r="D310">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E310" t="s">
         <v>636</v>
       </c>
       <c r="F310" t="s">
         <v>12</v>
       </c>
       <c r="G310">
         <v>20.0</v>
       </c>
       <c r="H310">
         <v>20.0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>8</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
         <v>637</v>
       </c>
       <c r="D311">
-        <v>2019</v>
+        <v>8</v>
       </c>
       <c r="E311" t="s">
         <v>638</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
       <c r="H311">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>605</v>
+        <v>8</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
         <v>639</v>
       </c>
       <c r="D312">
         <v>2019</v>
       </c>
       <c r="E312" t="s">
         <v>640</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312">
-        <v>134.0</v>
+        <v>220.0</v>
       </c>
       <c r="H312">
-        <v>134.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>8</v>
+        <v>607</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>641</v>
       </c>
       <c r="D313">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="E313" t="s">
         <v>642</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
       <c r="G313">
-        <v>188.0</v>
+        <v>134.0</v>
       </c>
       <c r="H313">
-        <v>188.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>8</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
         <v>643</v>
       </c>
       <c r="D314">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="E314" t="s">
         <v>644</v>
       </c>
       <c r="F314" t="s">
         <v>12</v>
       </c>
       <c r="G314">
-        <v>308.0</v>
+        <v>188.0</v>
       </c>
       <c r="H314">
-        <v>308.0</v>
+        <v>188.0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>8</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>645</v>
       </c>
       <c r="D315">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E315" t="s">
         <v>646</v>
       </c>
       <c r="F315" t="s">
         <v>12</v>
       </c>
       <c r="G315">
         <v>308.0</v>
       </c>
       <c r="H315">
         <v>308.0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>8</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
         <v>647</v>
       </c>
       <c r="D316">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E316" t="s">
         <v>648</v>
       </c>
       <c r="F316" t="s">
         <v>12</v>
       </c>
       <c r="G316">
-        <v>220.0</v>
+        <v>308.0</v>
       </c>
       <c r="H316">
-        <v>220.0</v>
+        <v>308.0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>8</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>649</v>
       </c>
       <c r="D317">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E317" t="s">
         <v>650</v>
       </c>
       <c r="F317" t="s">
         <v>12</v>
       </c>
       <c r="G317">
         <v>220.0</v>
       </c>
       <c r="H317">
         <v>220.0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>8</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
         <v>651</v>
       </c>
       <c r="D318">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E318" t="s">
         <v>652</v>
       </c>
       <c r="F318" t="s">
         <v>12</v>
       </c>
       <c r="G318">
-        <v>308.0</v>
+        <v>220.0</v>
       </c>
       <c r="H318">
-        <v>308.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>8</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
         <v>653</v>
       </c>
       <c r="D319">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="E319" t="s">
         <v>654</v>
       </c>
       <c r="F319" t="s">
         <v>12</v>
       </c>
       <c r="G319">
-        <v>134.0</v>
+        <v>308.0</v>
       </c>
       <c r="H319">
-        <v>134.0</v>
+        <v>308.0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>8</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
         <v>655</v>
       </c>
       <c r="D320">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="E320" t="s">
         <v>656</v>
       </c>
       <c r="F320" t="s">
         <v>12</v>
       </c>
       <c r="G320">
         <v>134.0</v>
       </c>
       <c r="H320">
         <v>134.0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
         <v>657</v>
       </c>
       <c r="D321">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="E321" t="s">
         <v>658</v>
       </c>
       <c r="F321" t="s">
         <v>12</v>
       </c>
       <c r="G321">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
       <c r="H321">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
         <v>659</v>
       </c>
       <c r="D322">
-        <v>23</v>
+        <v>2002</v>
       </c>
       <c r="E322" t="s">
         <v>660</v>
       </c>
       <c r="F322" t="s">
         <v>12</v>
       </c>
       <c r="G322">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
       <c r="H322">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>8</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>661</v>
       </c>
+      <c r="D323">
+        <v>23</v>
+      </c>
       <c r="E323" t="s">
         <v>662</v>
       </c>
       <c r="F323" t="s">
         <v>12</v>
       </c>
       <c r="G323">
         <v>20.0</v>
       </c>
       <c r="H323">
         <v>20.0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>8</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>663</v>
       </c>
       <c r="E324" t="s">
         <v>664</v>
       </c>
       <c r="F324" t="s">
         <v>12</v>
       </c>
       <c r="G324">
         <v>20.0</v>
       </c>
       <c r="H324">
         <v>20.0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>8</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
         <v>665</v>
       </c>
-      <c r="D325">
-[...1 lines deleted...]
-      </c>
       <c r="E325" t="s">
         <v>666</v>
       </c>
       <c r="F325" t="s">
         <v>12</v>
       </c>
       <c r="G325">
         <v>20.0</v>
       </c>
       <c r="H325">
         <v>20.0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>8</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
         <v>667</v>
       </c>
       <c r="D326">
-        <v>2022</v>
+        <v>13</v>
       </c>
       <c r="E326" t="s">
         <v>668</v>
       </c>
       <c r="F326" t="s">
         <v>12</v>
       </c>
       <c r="G326">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H326">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>8</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
         <v>669</v>
       </c>
       <c r="D327">
-        <v>15</v>
+        <v>2022</v>
       </c>
       <c r="E327" t="s">
         <v>670</v>
       </c>
       <c r="F327" t="s">
         <v>12</v>
       </c>
       <c r="G327">
-        <v>20.0</v>
+        <v>134.0</v>
       </c>
       <c r="H327">
-        <v>20.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>8</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
         <v>671</v>
       </c>
       <c r="D328">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="E328" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="F328" t="s">
         <v>12</v>
       </c>
       <c r="G328">
         <v>20.0</v>
       </c>
       <c r="H328">
         <v>20.0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D329">
-        <v>2019</v>
+        <v>7</v>
       </c>
       <c r="E329" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="F329" t="s">
         <v>12</v>
       </c>
       <c r="G329">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H329">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
         <v>674</v>
       </c>
       <c r="D330">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E330" t="s">
         <v>675</v>
       </c>
       <c r="F330" t="s">
         <v>12</v>
       </c>
       <c r="G330">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
       <c r="H330">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>8</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
         <v>676</v>
       </c>
       <c r="D331">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E331" t="s">
         <v>677</v>
       </c>
       <c r="F331" t="s">
         <v>12</v>
       </c>
       <c r="G331">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
       <c r="H331">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>8</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
         <v>678</v>
       </c>
       <c r="D332">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="E332" t="s">
         <v>679</v>
       </c>
       <c r="F332" t="s">
         <v>12</v>
       </c>
       <c r="G332">
-        <v>188.0</v>
+        <v>134.0</v>
       </c>
       <c r="H332">
-        <v>188.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>605</v>
+        <v>8</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
         <v>680</v>
       </c>
       <c r="D333">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="E333" t="s">
-        <v>658</v>
+        <v>681</v>
       </c>
       <c r="F333" t="s">
         <v>12</v>
       </c>
       <c r="G333">
-        <v>222.0</v>
+        <v>188.0</v>
       </c>
       <c r="H333">
-        <v>222.0</v>
+        <v>188.0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>8</v>
+        <v>607</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D334">
-        <v>2022</v>
+        <v>2002</v>
       </c>
       <c r="E334" t="s">
-        <v>682</v>
+        <v>660</v>
       </c>
       <c r="F334" t="s">
         <v>12</v>
       </c>
       <c r="G334">
-        <v>134.0</v>
+        <v>222.0</v>
       </c>
       <c r="H334">
-        <v>134.0</v>
+        <v>222.0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>8</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
         <v>683</v>
       </c>
       <c r="D335">
-        <v>29</v>
+        <v>2022</v>
       </c>
       <c r="E335" t="s">
         <v>684</v>
       </c>
       <c r="F335" t="s">
         <v>12</v>
       </c>
       <c r="G335">
-        <v>20.0</v>
+        <v>134.0</v>
       </c>
       <c r="H335">
-        <v>20.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>8</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
         <v>685</v>
       </c>
       <c r="D336">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="E336" t="s">
         <v>686</v>
       </c>
       <c r="F336" t="s">
         <v>12</v>
       </c>
       <c r="G336">
         <v>20.0</v>
       </c>
       <c r="H336">
         <v>20.0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>8</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
         <v>687</v>
       </c>
       <c r="D337">
-        <v>2023</v>
+        <v>8</v>
       </c>
       <c r="E337" t="s">
         <v>688</v>
       </c>
       <c r="F337" t="s">
         <v>12</v>
       </c>
       <c r="G337">
-        <v>188.0</v>
+        <v>20.0</v>
       </c>
       <c r="H337">
-        <v>188.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>8</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
         <v>689</v>
       </c>
       <c r="D338">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E338" t="s">
         <v>690</v>
       </c>
       <c r="F338" t="s">
         <v>12</v>
       </c>
       <c r="G338">
         <v>188.0</v>
       </c>
       <c r="H338">
         <v>188.0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>8</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>691</v>
       </c>
       <c r="D339">
-        <v>18</v>
+        <v>2021</v>
       </c>
       <c r="E339" t="s">
         <v>692</v>
       </c>
       <c r="F339" t="s">
         <v>12</v>
       </c>
       <c r="G339">
-        <v>20.0</v>
+        <v>188.0</v>
       </c>
       <c r="H339">
-        <v>20.0</v>
+        <v>188.0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>8</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
         <v>693</v>
       </c>
       <c r="D340">
-        <v>2022</v>
+        <v>18</v>
       </c>
       <c r="E340" t="s">
         <v>694</v>
       </c>
       <c r="F340" t="s">
         <v>12</v>
       </c>
       <c r="G340">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H340">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
         <v>695</v>
       </c>
       <c r="D341">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="E341" t="s">
         <v>696</v>
       </c>
       <c r="F341" t="s">
         <v>12</v>
       </c>
       <c r="G341">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
       <c r="H341">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
         <v>697</v>
       </c>
       <c r="D342">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="E342" t="s">
         <v>698</v>
       </c>
       <c r="F342" t="s">
         <v>12</v>
       </c>
       <c r="G342">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
       <c r="H342">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>605</v>
+        <v>8</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
         <v>699</v>
       </c>
       <c r="D343">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="E343" t="s">
         <v>700</v>
       </c>
       <c r="F343" t="s">
         <v>12</v>
       </c>
       <c r="G343">
         <v>134.0</v>
       </c>
       <c r="H343">
         <v>134.0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>8</v>
+        <v>607</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
         <v>701</v>
       </c>
       <c r="D344">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="E344" t="s">
         <v>702</v>
       </c>
       <c r="F344" t="s">
         <v>12</v>
       </c>
       <c r="G344">
         <v>134.0</v>
       </c>
       <c r="H344">
         <v>134.0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>605</v>
+        <v>8</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
         <v>703</v>
       </c>
       <c r="D345">
-        <v>1994</v>
+        <v>2022</v>
       </c>
       <c r="E345" t="s">
         <v>704</v>
       </c>
       <c r="F345" t="s">
         <v>12</v>
       </c>
       <c r="G345">
         <v>134.0</v>
       </c>
       <c r="H345">
         <v>134.0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
         <v>705</v>
       </c>
       <c r="D346">
-        <v>2002</v>
+        <v>1994</v>
       </c>
       <c r="E346" t="s">
         <v>706</v>
       </c>
       <c r="F346" t="s">
         <v>12</v>
       </c>
       <c r="G346">
         <v>134.0</v>
       </c>
       <c r="H346">
         <v>134.0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
         <v>707</v>
       </c>
       <c r="D347">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="E347" t="s">
         <v>708</v>
       </c>
       <c r="F347" t="s">
         <v>12</v>
       </c>
       <c r="G347">
         <v>134.0</v>
       </c>
       <c r="H347">
         <v>134.0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>618</v>
+        <v>607</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
         <v>709</v>
       </c>
       <c r="D348">
-        <v>1962</v>
+        <v>1998</v>
       </c>
       <c r="E348" t="s">
         <v>710</v>
       </c>
       <c r="F348" t="s">
         <v>12</v>
       </c>
       <c r="G348">
         <v>134.0</v>
       </c>
       <c r="H348">
         <v>134.0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
         <v>711</v>
       </c>
       <c r="D349">
-        <v>2004</v>
+        <v>1962</v>
       </c>
       <c r="E349" t="s">
         <v>712</v>
       </c>
       <c r="F349" t="s">
         <v>12</v>
       </c>
       <c r="G349">
-        <v>220.0</v>
+        <v>134.0</v>
       </c>
       <c r="H349">
-        <v>220.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
         <v>713</v>
       </c>
       <c r="D350">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="E350" t="s">
         <v>714</v>
       </c>
       <c r="F350" t="s">
         <v>12</v>
       </c>
       <c r="G350">
-        <v>134.0</v>
+        <v>220.0</v>
       </c>
       <c r="H350">
-        <v>134.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
         <v>715</v>
       </c>
       <c r="D351">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="E351" t="s">
         <v>716</v>
       </c>
       <c r="F351" t="s">
         <v>12</v>
       </c>
       <c r="G351">
         <v>134.0</v>
       </c>
       <c r="H351">
         <v>134.0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
         <v>717</v>
       </c>
       <c r="D352">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="E352" t="s">
         <v>718</v>
       </c>
       <c r="F352" t="s">
         <v>12</v>
       </c>
       <c r="G352">
         <v>134.0</v>
       </c>
       <c r="H352">
         <v>134.0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>605</v>
+        <v>8</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
         <v>719</v>
       </c>
       <c r="D353">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="E353" t="s">
         <v>720</v>
       </c>
       <c r="F353" t="s">
         <v>12</v>
       </c>
       <c r="G353">
         <v>134.0</v>
       </c>
       <c r="H353">
         <v>134.0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>618</v>
+        <v>607</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
         <v>721</v>
       </c>
       <c r="D354">
-        <v>1963</v>
+        <v>1994</v>
       </c>
       <c r="E354" t="s">
         <v>722</v>
       </c>
       <c r="F354" t="s">
         <v>12</v>
       </c>
       <c r="G354">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
       <c r="H354">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
         <v>723</v>
       </c>
       <c r="D355">
-        <v>3</v>
+        <v>1963</v>
       </c>
       <c r="E355" t="s">
         <v>724</v>
       </c>
       <c r="F355" t="s">
         <v>12</v>
       </c>
       <c r="G355">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
       <c r="H355">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
         <v>725</v>
       </c>
       <c r="D356">
-        <v>2006</v>
+        <v>3</v>
       </c>
       <c r="E356" t="s">
         <v>726</v>
       </c>
       <c r="F356" t="s">
         <v>12</v>
       </c>
       <c r="G356">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H356">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
         <v>727</v>
       </c>
       <c r="D357">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E357" t="s">
         <v>728</v>
       </c>
       <c r="F357" t="s">
         <v>12</v>
       </c>
       <c r="G357">
         <v>134.0</v>
       </c>
       <c r="H357">
         <v>134.0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
         <v>729</v>
       </c>
       <c r="D358">
-        <v>3</v>
+        <v>2009</v>
       </c>
       <c r="E358" t="s">
         <v>730</v>
       </c>
       <c r="F358" t="s">
         <v>12</v>
       </c>
       <c r="G358">
-        <v>20.0</v>
+        <v>134.0</v>
       </c>
       <c r="H358">
-        <v>20.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>8</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
         <v>731</v>
       </c>
       <c r="D359">
         <v>3</v>
       </c>
       <c r="E359" t="s">
         <v>732</v>
       </c>
       <c r="F359" t="s">
         <v>12</v>
       </c>
       <c r="G359">
         <v>20.0</v>
       </c>
       <c r="H359">
         <v>20.0</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>8</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
         <v>733</v>
       </c>
       <c r="D360">
-        <v>1996</v>
+        <v>3</v>
       </c>
       <c r="E360" t="s">
         <v>734</v>
       </c>
       <c r="F360" t="s">
         <v>12</v>
       </c>
       <c r="G360">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H360">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>8</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
         <v>735</v>
       </c>
       <c r="D361">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="E361" t="s">
         <v>736</v>
       </c>
       <c r="F361" t="s">
         <v>12</v>
       </c>
       <c r="G361">
         <v>134.0</v>
       </c>
       <c r="H361">
         <v>134.0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>8</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
         <v>737</v>
       </c>
       <c r="D362">
         <v>1997</v>
       </c>
       <c r="E362" t="s">
         <v>738</v>
       </c>
       <c r="F362" t="s">
         <v>12</v>
       </c>
       <c r="G362">
         <v>134.0</v>
       </c>
       <c r="H362">
         <v>134.0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
         <v>739</v>
       </c>
       <c r="D363">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="E363" t="s">
         <v>740</v>
       </c>
       <c r="F363" t="s">
         <v>12</v>
       </c>
       <c r="G363">
         <v>134.0</v>
       </c>
       <c r="H363">
         <v>134.0</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
         <v>741</v>
       </c>
       <c r="D364">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E364" t="s">
         <v>742</v>
       </c>
       <c r="F364" t="s">
         <v>12</v>
       </c>
       <c r="G364">
         <v>134.0</v>
       </c>
       <c r="H364">
         <v>134.0</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
         <v>743</v>
       </c>
       <c r="D365">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E365" t="s">
         <v>744</v>
       </c>
       <c r="F365" t="s">
         <v>12</v>
       </c>
       <c r="G365">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
       <c r="H365">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
         <v>745</v>
       </c>
       <c r="D366">
-        <v>1993</v>
+        <v>2010</v>
       </c>
       <c r="E366" t="s">
         <v>746</v>
       </c>
       <c r="F366" t="s">
         <v>12</v>
       </c>
       <c r="G366">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
       <c r="H366">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
         <v>747</v>
       </c>
       <c r="D367">
-        <v>1951</v>
+        <v>1993</v>
       </c>
       <c r="E367" t="s">
         <v>748</v>
       </c>
       <c r="F367" t="s">
         <v>12</v>
       </c>
       <c r="G367">
-        <v>66.0</v>
+        <v>134.0</v>
       </c>
       <c r="H367">
-        <v>66.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
         <v>749</v>
       </c>
       <c r="D368">
-        <v>2008</v>
+        <v>1951</v>
       </c>
       <c r="E368" t="s">
         <v>750</v>
       </c>
       <c r="F368" t="s">
         <v>12</v>
       </c>
       <c r="G368">
-        <v>134.0</v>
+        <v>66.0</v>
       </c>
       <c r="H368">
-        <v>134.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>605</v>
+        <v>8</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
         <v>751</v>
       </c>
       <c r="D369">
         <v>2008</v>
       </c>
       <c r="E369" t="s">
         <v>752</v>
       </c>
       <c r="F369" t="s">
         <v>12</v>
       </c>
       <c r="G369">
         <v>134.0</v>
       </c>
       <c r="H369">
         <v>134.0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>8</v>
+        <v>607</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
         <v>753</v>
       </c>
       <c r="D370">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E370" t="s">
         <v>754</v>
       </c>
       <c r="F370" t="s">
         <v>12</v>
       </c>
       <c r="G370">
         <v>134.0</v>
       </c>
       <c r="H370">
         <v>134.0</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>605</v>
+        <v>8</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
         <v>755</v>
       </c>
       <c r="D371">
-        <v>1994</v>
+        <v>2017</v>
       </c>
       <c r="E371" t="s">
         <v>756</v>
       </c>
       <c r="F371" t="s">
         <v>12</v>
       </c>
       <c r="G371">
         <v>134.0</v>
       </c>
       <c r="H371">
         <v>134.0</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
         <v>757</v>
       </c>
       <c r="D372">
-        <v>2002</v>
+        <v>1994</v>
       </c>
       <c r="E372" t="s">
         <v>758</v>
       </c>
       <c r="F372" t="s">
         <v>12</v>
       </c>
       <c r="G372">
         <v>134.0</v>
       </c>
       <c r="H372">
         <v>134.0</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>618</v>
+        <v>607</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
         <v>759</v>
       </c>
       <c r="D373">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="E373" t="s">
         <v>760</v>
       </c>
       <c r="F373" t="s">
         <v>12</v>
       </c>
       <c r="G373">
         <v>134.0</v>
       </c>
       <c r="H373">
         <v>134.0</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
         <v>761</v>
       </c>
       <c r="D374">
-        <v>2002</v>
+        <v>1993</v>
       </c>
       <c r="E374" t="s">
         <v>762</v>
       </c>
       <c r="F374" t="s">
         <v>12</v>
       </c>
       <c r="G374">
         <v>134.0</v>
       </c>
       <c r="H374">
         <v>134.0</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>618</v>
+        <v>607</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
         <v>763</v>
       </c>
       <c r="D375">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="E375" t="s">
         <v>764</v>
       </c>
       <c r="F375" t="s">
         <v>12</v>
       </c>
       <c r="G375">
         <v>134.0</v>
       </c>
       <c r="H375">
         <v>134.0</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
         <v>765</v>
       </c>
       <c r="D376">
-        <v>1962</v>
+        <v>2006</v>
       </c>
       <c r="E376" t="s">
         <v>766</v>
       </c>
       <c r="F376" t="s">
         <v>12</v>
       </c>
       <c r="G376">
         <v>134.0</v>
       </c>
       <c r="H376">
         <v>134.0</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
         <v>767</v>
       </c>
       <c r="D377">
-        <v>1997</v>
+        <v>1962</v>
       </c>
       <c r="E377" t="s">
         <v>768</v>
       </c>
       <c r="F377" t="s">
         <v>12</v>
       </c>
       <c r="G377">
         <v>134.0</v>
       </c>
       <c r="H377">
         <v>134.0</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
         <v>769</v>
       </c>
       <c r="D378">
-        <v>2009</v>
+        <v>1997</v>
       </c>
       <c r="E378" t="s">
         <v>770</v>
       </c>
       <c r="F378" t="s">
         <v>12</v>
       </c>
       <c r="G378">
         <v>134.0</v>
       </c>
       <c r="H378">
         <v>134.0</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
         <v>771</v>
       </c>
       <c r="D379">
         <v>2009</v>
       </c>
       <c r="E379" t="s">
         <v>772</v>
       </c>
       <c r="F379" t="s">
         <v>12</v>
       </c>
       <c r="G379">
         <v>134.0</v>
       </c>
       <c r="H379">
         <v>134.0</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
         <v>773</v>
       </c>
       <c r="D380">
-        <v>1998</v>
+        <v>2009</v>
       </c>
       <c r="E380" t="s">
         <v>774</v>
       </c>
       <c r="F380" t="s">
         <v>12</v>
       </c>
       <c r="G380">
         <v>134.0</v>
       </c>
       <c r="H380">
         <v>134.0</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>8</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
         <v>775</v>
       </c>
       <c r="D381">
-        <v>2010</v>
+        <v>1998</v>
       </c>
       <c r="E381" t="s">
         <v>776</v>
       </c>
       <c r="F381" t="s">
         <v>12</v>
       </c>
       <c r="G381">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
       <c r="H381">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
         <v>777</v>
       </c>
       <c r="D382">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="E382" t="s">
         <v>778</v>
       </c>
       <c r="F382" t="s">
         <v>12</v>
       </c>
       <c r="G382">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
       <c r="H382">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
         <v>779</v>
       </c>
       <c r="D383">
-        <v>3</v>
+        <v>1996</v>
       </c>
       <c r="E383" t="s">
         <v>780</v>
       </c>
       <c r="F383" t="s">
         <v>12</v>
       </c>
       <c r="G383">
-        <v>20.0</v>
+        <v>134.0</v>
       </c>
       <c r="H383">
-        <v>20.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
         <v>781</v>
       </c>
       <c r="D384">
-        <v>2007</v>
+        <v>3</v>
       </c>
       <c r="E384" t="s">
         <v>782</v>
       </c>
       <c r="F384" t="s">
         <v>12</v>
       </c>
       <c r="G384">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H384">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
         <v>783</v>
       </c>
       <c r="D385">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E385" t="s">
         <v>784</v>
       </c>
       <c r="F385" t="s">
         <v>12</v>
       </c>
       <c r="G385">
         <v>134.0</v>
       </c>
       <c r="H385">
         <v>134.0</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>8</v>
+        <v>607</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
         <v>785</v>
       </c>
       <c r="D386">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="E386" t="s">
         <v>786</v>
       </c>
       <c r="F386" t="s">
         <v>12</v>
       </c>
       <c r="G386">
         <v>134.0</v>
       </c>
       <c r="H386">
         <v>134.0</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>605</v>
+        <v>8</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
         <v>787</v>
       </c>
       <c r="D387">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="E387" t="s">
         <v>788</v>
       </c>
       <c r="F387" t="s">
         <v>12</v>
       </c>
       <c r="G387">
         <v>134.0</v>
       </c>
       <c r="H387">
         <v>134.0</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>8</v>
+        <v>607</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
         <v>789</v>
       </c>
       <c r="D388">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="E388" t="s">
         <v>790</v>
       </c>
       <c r="F388" t="s">
         <v>12</v>
       </c>
       <c r="G388">
         <v>134.0</v>
       </c>
       <c r="H388">
         <v>134.0</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>8</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
         <v>791</v>
       </c>
       <c r="D389">
-        <v>2022</v>
+        <v>1989</v>
       </c>
       <c r="E389" t="s">
         <v>792</v>
       </c>
       <c r="F389" t="s">
         <v>12</v>
       </c>
       <c r="G389">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
       <c r="H389">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>8</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
         <v>793</v>
       </c>
       <c r="D390">
-        <v>27</v>
+        <v>2022</v>
       </c>
       <c r="E390" t="s">
-        <v>660</v>
+        <v>794</v>
       </c>
       <c r="F390" t="s">
         <v>12</v>
       </c>
       <c r="G390">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
       <c r="H390">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>8</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>794</v>
+        <v>795</v>
+      </c>
+      <c r="D391">
+        <v>27</v>
       </c>
       <c r="E391" t="s">
-        <v>795</v>
+        <v>662</v>
       </c>
       <c r="F391" t="s">
         <v>12</v>
       </c>
       <c r="G391">
         <v>20.0</v>
       </c>
       <c r="H391">
         <v>20.0</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>8</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
         <v>796</v>
       </c>
-      <c r="D392">
-[...1 lines deleted...]
-      </c>
       <c r="E392" t="s">
         <v>797</v>
       </c>
       <c r="F392" t="s">
         <v>12</v>
       </c>
       <c r="G392">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H392">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
         <v>798</v>
       </c>
       <c r="D393">
-        <v>1961</v>
+        <v>2022</v>
       </c>
       <c r="E393" t="s">
         <v>799</v>
       </c>
       <c r="F393" t="s">
         <v>12</v>
       </c>
       <c r="G393">
         <v>158.0</v>
       </c>
       <c r="H393">
         <v>158.0</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
         <v>800</v>
       </c>
       <c r="D394">
-        <v>1</v>
+        <v>1961</v>
       </c>
       <c r="E394" t="s">
         <v>801</v>
       </c>
       <c r="F394" t="s">
         <v>12</v>
       </c>
       <c r="G394">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
       <c r="H394">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>8</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
         <v>802</v>
       </c>
       <c r="D395">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="E395" t="s">
         <v>803</v>
       </c>
       <c r="F395" t="s">
         <v>12</v>
       </c>
       <c r="G395">
         <v>20.0</v>
       </c>
       <c r="H395">
         <v>20.0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>8</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
         <v>804</v>
       </c>
+      <c r="D396">
+        <v>10</v>
+      </c>
       <c r="E396" t="s">
         <v>805</v>
       </c>
       <c r="F396" t="s">
         <v>12</v>
       </c>
       <c r="G396">
         <v>20.0</v>
       </c>
       <c r="H396">
         <v>20.0</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>8</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
         <v>806</v>
       </c>
-      <c r="D397">
-[...1 lines deleted...]
-      </c>
       <c r="E397" t="s">
         <v>807</v>
       </c>
       <c r="F397" t="s">
         <v>12</v>
       </c>
       <c r="G397">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H397">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>8</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
         <v>808</v>
       </c>
       <c r="D398">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="E398" t="s">
         <v>809</v>
       </c>
       <c r="F398" t="s">
         <v>12</v>
       </c>
       <c r="G398">
-        <v>188.0</v>
+        <v>134.0</v>
       </c>
       <c r="H398">
-        <v>188.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>8</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
         <v>810</v>
       </c>
       <c r="D399">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E399" t="s">
         <v>811</v>
       </c>
       <c r="F399" t="s">
         <v>12</v>
       </c>
       <c r="G399">
-        <v>158.0</v>
+        <v>188.0</v>
       </c>
       <c r="H399">
-        <v>158.0</v>
+        <v>188.0</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
         <v>812</v>
       </c>
       <c r="D400">
         <v>2019</v>
       </c>
       <c r="E400" t="s">
         <v>813</v>
       </c>
       <c r="F400" t="s">
         <v>12</v>
       </c>
       <c r="G400">
-        <v>220.0</v>
+        <v>158.0</v>
       </c>
       <c r="H400">
-        <v>220.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
         <v>814</v>
       </c>
       <c r="D401">
-        <v>1967</v>
+        <v>2019</v>
       </c>
       <c r="E401" t="s">
         <v>815</v>
       </c>
       <c r="F401" t="s">
         <v>12</v>
       </c>
       <c r="G401">
-        <v>134.0</v>
+        <v>220.0</v>
       </c>
       <c r="H401">
-        <v>134.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
         <v>816</v>
       </c>
       <c r="D402">
-        <v>1995</v>
+        <v>1967</v>
       </c>
       <c r="E402" t="s">
         <v>817</v>
       </c>
       <c r="F402" t="s">
         <v>12</v>
       </c>
       <c r="G402">
         <v>134.0</v>
       </c>
       <c r="H402">
         <v>134.0</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>8</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
         <v>818</v>
       </c>
       <c r="D403">
-        <v>3</v>
+        <v>1995</v>
       </c>
       <c r="E403" t="s">
         <v>819</v>
       </c>
       <c r="F403" t="s">
         <v>12</v>
       </c>
       <c r="G403">
-        <v>20.0</v>
+        <v>134.0</v>
       </c>
       <c r="H403">
-        <v>20.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
         <v>820</v>
       </c>
       <c r="D404">
-        <v>2007</v>
+        <v>3</v>
       </c>
       <c r="E404" t="s">
         <v>821</v>
       </c>
       <c r="F404" t="s">
         <v>12</v>
       </c>
       <c r="G404">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H404">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
         <v>822</v>
       </c>
       <c r="D405">
         <v>2007</v>
       </c>
       <c r="E405" t="s">
         <v>823</v>
       </c>
       <c r="F405" t="s">
         <v>12</v>
       </c>
       <c r="G405">
         <v>134.0</v>
       </c>
       <c r="H405">
         <v>134.0</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
         <v>824</v>
       </c>
       <c r="D406">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="E406" t="s">
         <v>825</v>
       </c>
       <c r="F406" t="s">
         <v>12</v>
       </c>
       <c r="G406">
-        <v>220.0</v>
+        <v>134.0</v>
       </c>
       <c r="H406">
-        <v>220.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
         <v>826</v>
       </c>
       <c r="D407">
-        <v>1951</v>
+        <v>2003</v>
       </c>
       <c r="E407" t="s">
         <v>827</v>
       </c>
       <c r="F407" t="s">
         <v>12</v>
       </c>
       <c r="G407">
-        <v>158.0</v>
+        <v>220.0</v>
       </c>
       <c r="H407">
-        <v>158.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
         <v>828</v>
       </c>
+      <c r="D408">
+        <v>1951</v>
+      </c>
       <c r="E408" t="s">
         <v>829</v>
       </c>
       <c r="F408" t="s">
         <v>12</v>
       </c>
       <c r="G408">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
       <c r="H408">
-        <v>20.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
         <v>830</v>
       </c>
-      <c r="D409">
-[...1 lines deleted...]
-      </c>
       <c r="E409" t="s">
         <v>831</v>
       </c>
       <c r="F409" t="s">
         <v>12</v>
       </c>
       <c r="G409">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H409">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
         <v>832</v>
       </c>
       <c r="D410">
-        <v>2005</v>
+        <v>1996</v>
       </c>
       <c r="E410" t="s">
         <v>833</v>
       </c>
       <c r="F410" t="s">
         <v>12</v>
       </c>
       <c r="G410">
         <v>134.0</v>
       </c>
       <c r="H410">
         <v>134.0</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>618</v>
+        <v>607</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
         <v>834</v>
       </c>
       <c r="D411">
-        <v>1981</v>
+        <v>2005</v>
       </c>
       <c r="E411" t="s">
         <v>835</v>
       </c>
       <c r="F411" t="s">
         <v>12</v>
       </c>
       <c r="G411">
-        <v>220.0</v>
+        <v>134.0</v>
       </c>
       <c r="H411">
-        <v>220.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
         <v>836</v>
       </c>
       <c r="D412">
-        <v>1962</v>
+        <v>1981</v>
       </c>
       <c r="E412" t="s">
         <v>837</v>
       </c>
       <c r="F412" t="s">
         <v>12</v>
       </c>
       <c r="G412">
-        <v>78.0</v>
+        <v>220.0</v>
       </c>
       <c r="H412">
-        <v>78.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
         <v>838</v>
       </c>
       <c r="D413">
-        <v>1997</v>
+        <v>1962</v>
       </c>
       <c r="E413" t="s">
         <v>839</v>
       </c>
       <c r="F413" t="s">
         <v>12</v>
       </c>
       <c r="G413">
-        <v>134.0</v>
+        <v>78.0</v>
       </c>
       <c r="H413">
-        <v>134.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>8</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
         <v>840</v>
       </c>
       <c r="D414">
         <v>1997</v>
       </c>
       <c r="E414" t="s">
         <v>841</v>
       </c>
       <c r="F414" t="s">
         <v>12</v>
       </c>
       <c r="G414">
         <v>134.0</v>
       </c>
       <c r="H414">
         <v>134.0</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>605</v>
+        <v>8</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
         <v>842</v>
       </c>
       <c r="D415">
-        <v>2010</v>
+        <v>1997</v>
       </c>
       <c r="E415" t="s">
         <v>843</v>
       </c>
       <c r="F415" t="s">
         <v>12</v>
       </c>
       <c r="G415">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
       <c r="H415">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>618</v>
+        <v>607</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
         <v>844</v>
       </c>
       <c r="D416">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="E416" t="s">
         <v>845</v>
       </c>
       <c r="F416" t="s">
         <v>12</v>
       </c>
       <c r="G416">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
       <c r="H416">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
         <v>846</v>
       </c>
       <c r="D417">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="E417" t="s">
         <v>847</v>
       </c>
       <c r="F417" t="s">
         <v>12</v>
       </c>
       <c r="G417">
         <v>134.0</v>
       </c>
       <c r="H417">
         <v>134.0</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
         <v>848</v>
       </c>
       <c r="D418">
-        <v>1962</v>
+        <v>1996</v>
       </c>
       <c r="E418" t="s">
         <v>849</v>
       </c>
       <c r="F418" t="s">
         <v>12</v>
       </c>
       <c r="G418">
-        <v>66.0</v>
+        <v>134.0</v>
       </c>
       <c r="H418">
-        <v>66.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
         <v>850</v>
       </c>
       <c r="D419">
-        <v>1996</v>
+        <v>1962</v>
       </c>
       <c r="E419" t="s">
         <v>851</v>
       </c>
       <c r="F419" t="s">
         <v>12</v>
       </c>
       <c r="G419">
-        <v>134.0</v>
+        <v>66.0</v>
       </c>
       <c r="H419">
-        <v>134.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
         <v>852</v>
       </c>
       <c r="D420">
-        <v>2009</v>
+        <v>1996</v>
       </c>
       <c r="E420" t="s">
         <v>853</v>
       </c>
       <c r="F420" t="s">
         <v>12</v>
       </c>
       <c r="G420">
         <v>134.0</v>
       </c>
       <c r="H420">
         <v>134.0</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
         <v>854</v>
       </c>
       <c r="D421">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E421" t="s">
         <v>855</v>
       </c>
       <c r="F421" t="s">
         <v>12</v>
       </c>
       <c r="G421">
         <v>134.0</v>
       </c>
       <c r="H421">
         <v>134.0</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
         <v>856</v>
       </c>
       <c r="D422">
-        <v>1974</v>
+        <v>2007</v>
       </c>
       <c r="E422" t="s">
         <v>857</v>
       </c>
       <c r="F422" t="s">
         <v>12</v>
       </c>
       <c r="G422">
-        <v>220.0</v>
+        <v>134.0</v>
       </c>
       <c r="H422">
-        <v>220.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
         <v>858</v>
       </c>
       <c r="D423">
-        <v>2009</v>
+        <v>1974</v>
       </c>
       <c r="E423" t="s">
         <v>859</v>
       </c>
       <c r="F423" t="s">
         <v>12</v>
       </c>
       <c r="G423">
-        <v>134.0</v>
+        <v>220.0</v>
       </c>
       <c r="H423">
-        <v>134.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
         <v>860</v>
       </c>
       <c r="D424">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="E424" t="s">
         <v>861</v>
       </c>
       <c r="F424" t="s">
         <v>12</v>
       </c>
       <c r="G424">
         <v>134.0</v>
       </c>
       <c r="H424">
         <v>134.0</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
         <v>862</v>
       </c>
       <c r="D425">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E425" t="s">
         <v>863</v>
       </c>
       <c r="F425" t="s">
         <v>12</v>
       </c>
       <c r="G425">
         <v>134.0</v>
       </c>
       <c r="H425">
         <v>134.0</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
         <v>864</v>
       </c>
       <c r="D426">
-        <v>1958</v>
+        <v>2009</v>
       </c>
       <c r="E426" t="s">
         <v>865</v>
       </c>
       <c r="F426" t="s">
         <v>12</v>
       </c>
       <c r="G426">
         <v>134.0</v>
       </c>
       <c r="H426">
         <v>134.0</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
         <v>866</v>
       </c>
       <c r="D427">
-        <v>1997</v>
+        <v>1958</v>
       </c>
       <c r="E427" t="s">
         <v>867</v>
       </c>
       <c r="F427" t="s">
         <v>12</v>
       </c>
       <c r="G427">
         <v>134.0</v>
       </c>
       <c r="H427">
         <v>134.0</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
         <v>868</v>
       </c>
       <c r="D428">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="E428" t="s">
         <v>869</v>
       </c>
       <c r="F428" t="s">
         <v>12</v>
       </c>
       <c r="G428">
         <v>134.0</v>
       </c>
       <c r="H428">
         <v>134.0</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
         <v>870</v>
       </c>
       <c r="D429">
-        <v>2009</v>
+        <v>1999</v>
       </c>
       <c r="E429" t="s">
         <v>871</v>
       </c>
       <c r="F429" t="s">
         <v>12</v>
       </c>
       <c r="G429">
         <v>134.0</v>
       </c>
       <c r="H429">
         <v>134.0</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>8</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
         <v>872</v>
       </c>
       <c r="D430">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E430" t="s">
         <v>873</v>
       </c>
       <c r="F430" t="s">
         <v>12</v>
       </c>
       <c r="G430">
         <v>134.0</v>
       </c>
       <c r="H430">
         <v>134.0</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
         <v>874</v>
       </c>
       <c r="D431">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="E431" t="s">
         <v>875</v>
       </c>
       <c r="F431" t="s">
         <v>12</v>
       </c>
       <c r="G431">
         <v>134.0</v>
       </c>
       <c r="H431">
         <v>134.0</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
         <v>876</v>
       </c>
       <c r="D432">
-        <v>1998</v>
+        <v>1996</v>
       </c>
       <c r="E432" t="s">
         <v>877</v>
       </c>
       <c r="F432" t="s">
         <v>12</v>
       </c>
       <c r="G432">
         <v>134.0</v>
       </c>
       <c r="H432">
         <v>134.0</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>8</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
         <v>878</v>
       </c>
       <c r="D433">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="E433" t="s">
         <v>879</v>
       </c>
       <c r="F433" t="s">
         <v>12</v>
       </c>
       <c r="G433">
         <v>134.0</v>
       </c>
       <c r="H433">
         <v>134.0</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>8</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
         <v>880</v>
       </c>
       <c r="D434">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E434" t="s">
         <v>881</v>
       </c>
       <c r="F434" t="s">
         <v>12</v>
       </c>
       <c r="G434">
         <v>134.0</v>
       </c>
       <c r="H434">
         <v>134.0</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>8</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
         <v>882</v>
       </c>
       <c r="D435">
-        <v>1998</v>
+        <v>1997</v>
       </c>
       <c r="E435" t="s">
         <v>883</v>
       </c>
       <c r="F435" t="s">
         <v>12</v>
       </c>
       <c r="G435">
         <v>134.0</v>
       </c>
       <c r="H435">
         <v>134.0</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>8</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
         <v>884</v>
       </c>
       <c r="D436">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="E436" t="s">
         <v>885</v>
       </c>
       <c r="F436" t="s">
         <v>12</v>
       </c>
       <c r="G436">
         <v>134.0</v>
       </c>
       <c r="H436">
         <v>134.0</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
         <v>886</v>
       </c>
       <c r="D437">
-        <v>2004</v>
+        <v>1994</v>
       </c>
       <c r="E437" t="s">
         <v>887</v>
       </c>
       <c r="F437" t="s">
         <v>12</v>
       </c>
       <c r="G437">
         <v>134.0</v>
       </c>
       <c r="H437">
         <v>134.0</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
         <v>888</v>
       </c>
       <c r="D438">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="E438" t="s">
         <v>889</v>
       </c>
       <c r="F438" t="s">
         <v>12</v>
       </c>
       <c r="G438">
         <v>134.0</v>
       </c>
       <c r="H438">
         <v>134.0</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>8</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
         <v>890</v>
       </c>
       <c r="D439">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="E439" t="s">
         <v>891</v>
       </c>
       <c r="F439" t="s">
         <v>12</v>
       </c>
       <c r="G439">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
       <c r="H439">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
         <v>892</v>
       </c>
       <c r="D440">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="E440" t="s">
         <v>893</v>
       </c>
       <c r="F440" t="s">
         <v>12</v>
       </c>
       <c r="G440">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
       <c r="H440">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
+        <v>620</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
         <v>894</v>
       </c>
-      <c r="B441" t="s">
-[...2 lines deleted...]
-      <c r="C441" t="s">
+      <c r="D441">
+        <v>1996</v>
+      </c>
+      <c r="E441" t="s">
         <v>895</v>
-      </c>
-[...4 lines deleted...]
-        <v>896</v>
       </c>
       <c r="F441" t="s">
         <v>12</v>
       </c>
       <c r="G441">
         <v>134.0</v>
       </c>
       <c r="H441">
         <v>134.0</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>8</v>
+        <v>896</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
         <v>897</v>
       </c>
       <c r="D442">
         <v>2008</v>
       </c>
       <c r="E442" t="s">
         <v>898</v>
       </c>
       <c r="F442" t="s">
         <v>12</v>
       </c>
       <c r="G442">
         <v>134.0</v>
       </c>
       <c r="H442">
         <v>134.0</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>8</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
         <v>899</v>
       </c>
       <c r="D443">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E443" t="s">
         <v>900</v>
       </c>
       <c r="F443" t="s">
         <v>12</v>
       </c>
       <c r="G443">
         <v>134.0</v>
       </c>
       <c r="H443">
         <v>134.0</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
         <v>901</v>
       </c>
       <c r="D444">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="E444" t="s">
         <v>902</v>
       </c>
       <c r="F444" t="s">
         <v>12</v>
       </c>
       <c r="G444">
         <v>134.0</v>
       </c>
       <c r="H444">
         <v>134.0</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
         <v>903</v>
       </c>
       <c r="D445">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="E445" t="s">
         <v>904</v>
       </c>
       <c r="F445" t="s">
         <v>12</v>
       </c>
       <c r="G445">
         <v>134.0</v>
       </c>
       <c r="H445">
         <v>134.0</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
         <v>905</v>
       </c>
       <c r="D446">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="E446" t="s">
         <v>906</v>
       </c>
       <c r="F446" t="s">
         <v>12</v>
       </c>
       <c r="G446">
         <v>134.0</v>
       </c>
       <c r="H446">
         <v>134.0</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
         <v>907</v>
       </c>
       <c r="D447">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="E447" t="s">
         <v>908</v>
       </c>
       <c r="F447" t="s">
         <v>12</v>
       </c>
       <c r="G447">
         <v>134.0</v>
       </c>
       <c r="H447">
         <v>134.0</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
         <v>909</v>
       </c>
       <c r="D448">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E448" t="s">
         <v>910</v>
       </c>
       <c r="F448" t="s">
         <v>12</v>
       </c>
       <c r="G448">
         <v>134.0</v>
       </c>
       <c r="H448">
         <v>134.0</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
         <v>911</v>
       </c>
       <c r="D449">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="E449" t="s">
         <v>912</v>
       </c>
       <c r="F449" t="s">
         <v>12</v>
       </c>
       <c r="G449">
         <v>134.0</v>
       </c>
       <c r="H449">
         <v>134.0</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
         <v>913</v>
       </c>
       <c r="D450">
-        <v>2004</v>
+        <v>1997</v>
       </c>
       <c r="E450" t="s">
         <v>914</v>
       </c>
       <c r="F450" t="s">
         <v>12</v>
       </c>
       <c r="G450">
         <v>134.0</v>
       </c>
       <c r="H450">
         <v>134.0</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
         <v>915</v>
       </c>
       <c r="D451">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="E451" t="s">
         <v>916</v>
       </c>
       <c r="F451" t="s">
         <v>12</v>
       </c>
       <c r="G451">
         <v>134.0</v>
       </c>
       <c r="H451">
         <v>134.0</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
         <v>917</v>
       </c>
       <c r="D452">
-        <v>1962</v>
+        <v>2009</v>
       </c>
       <c r="E452" t="s">
         <v>918</v>
       </c>
       <c r="F452" t="s">
         <v>12</v>
       </c>
       <c r="G452">
-        <v>78.0</v>
+        <v>134.0</v>
       </c>
       <c r="H452">
-        <v>78.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
         <v>919</v>
       </c>
       <c r="D453">
-        <v>1996</v>
+        <v>1962</v>
       </c>
       <c r="E453" t="s">
         <v>920</v>
       </c>
       <c r="F453" t="s">
         <v>12</v>
       </c>
       <c r="G453">
-        <v>134.0</v>
+        <v>78.0</v>
       </c>
       <c r="H453">
-        <v>134.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
         <v>921</v>
       </c>
       <c r="D454">
-        <v>2005</v>
+        <v>1996</v>
       </c>
       <c r="E454" t="s">
         <v>922</v>
       </c>
       <c r="F454" t="s">
         <v>12</v>
       </c>
       <c r="G454">
-        <v>258.0</v>
+        <v>134.0</v>
       </c>
       <c r="H454">
-        <v>258.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
         <v>923</v>
       </c>
       <c r="D455">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="E455" t="s">
         <v>924</v>
       </c>
       <c r="F455" t="s">
         <v>12</v>
       </c>
       <c r="G455">
-        <v>134.0</v>
+        <v>258.0</v>
       </c>
       <c r="H455">
-        <v>134.0</v>
+        <v>258.0</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>618</v>
+        <v>607</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
         <v>925</v>
       </c>
       <c r="D456">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E456" t="s">
         <v>926</v>
       </c>
       <c r="F456" t="s">
         <v>12</v>
       </c>
       <c r="G456">
         <v>134.0</v>
       </c>
       <c r="H456">
         <v>134.0</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
         <v>927</v>
       </c>
       <c r="D457">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="E457" t="s">
         <v>928</v>
       </c>
       <c r="F457" t="s">
         <v>12</v>
       </c>
       <c r="G457">
-        <v>258.0</v>
+        <v>134.0</v>
       </c>
       <c r="H457">
-        <v>258.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
         <v>929</v>
       </c>
       <c r="D458">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="E458" t="s">
         <v>930</v>
       </c>
       <c r="F458" t="s">
         <v>12</v>
       </c>
       <c r="G458">
-        <v>134.0</v>
+        <v>258.0</v>
       </c>
       <c r="H458">
-        <v>134.0</v>
+        <v>258.0</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
         <v>931</v>
       </c>
       <c r="D459">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="E459" t="s">
         <v>932</v>
       </c>
       <c r="F459" t="s">
         <v>12</v>
       </c>
       <c r="G459">
         <v>134.0</v>
       </c>
       <c r="H459">
         <v>134.0</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
         <v>933</v>
       </c>
       <c r="D460">
         <v>2006</v>
       </c>
       <c r="E460" t="s">
         <v>934</v>
       </c>
       <c r="F460" t="s">
         <v>12</v>
       </c>
       <c r="G460">
         <v>134.0</v>
       </c>
       <c r="H460">
         <v>134.0</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
         <v>935</v>
       </c>
       <c r="D461">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E461" t="s">
         <v>936</v>
       </c>
       <c r="F461" t="s">
         <v>12</v>
       </c>
       <c r="G461">
         <v>134.0</v>
       </c>
       <c r="H461">
         <v>134.0</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>8</v>
+        <v>607</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
         <v>937</v>
       </c>
       <c r="D462">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E462" t="s">
         <v>938</v>
       </c>
       <c r="F462" t="s">
         <v>12</v>
       </c>
       <c r="G462">
         <v>134.0</v>
       </c>
       <c r="H462">
         <v>134.0</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>8</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
         <v>939</v>
       </c>
       <c r="D463">
-        <v>1995</v>
+        <v>2009</v>
       </c>
       <c r="E463" t="s">
         <v>940</v>
       </c>
       <c r="F463" t="s">
         <v>12</v>
       </c>
       <c r="G463">
         <v>134.0</v>
       </c>
       <c r="H463">
         <v>134.0</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
         <v>941</v>
       </c>
       <c r="D464">
-        <v>1955</v>
+        <v>1995</v>
       </c>
       <c r="E464" t="s">
         <v>942</v>
       </c>
       <c r="F464" t="s">
         <v>12</v>
       </c>
       <c r="G464">
         <v>134.0</v>
       </c>
       <c r="H464">
         <v>134.0</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
         <v>943</v>
       </c>
       <c r="D465">
-        <v>2012</v>
+        <v>1955</v>
       </c>
       <c r="E465" t="s">
         <v>944</v>
       </c>
       <c r="F465" t="s">
         <v>12</v>
       </c>
       <c r="G465">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
       <c r="H465">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
         <v>945</v>
       </c>
       <c r="D466">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="E466" t="s">
         <v>946</v>
       </c>
       <c r="F466" t="s">
         <v>12</v>
       </c>
       <c r="G466">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
       <c r="H466">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
         <v>947</v>
       </c>
       <c r="D467">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="E467" t="s">
         <v>948</v>
       </c>
       <c r="F467" t="s">
         <v>12</v>
       </c>
       <c r="G467">
         <v>134.0</v>
       </c>
       <c r="H467">
         <v>134.0</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
         <v>949</v>
       </c>
       <c r="D468">
-        <v>1978</v>
+        <v>2006</v>
       </c>
       <c r="E468" t="s">
         <v>950</v>
       </c>
       <c r="F468" t="s">
         <v>12</v>
       </c>
       <c r="G468">
-        <v>220.0</v>
+        <v>134.0</v>
       </c>
       <c r="H468">
-        <v>220.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>8</v>
+        <v>620</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
         <v>951</v>
       </c>
       <c r="D469">
-        <v>2008</v>
+        <v>1978</v>
       </c>
       <c r="E469" t="s">
         <v>952</v>
       </c>
       <c r="F469" t="s">
         <v>12</v>
       </c>
       <c r="G469">
-        <v>134.0</v>
+        <v>220.0</v>
       </c>
       <c r="H469">
-        <v>134.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>8</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
         <v>953</v>
       </c>
       <c r="D470">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E470" t="s">
         <v>954</v>
       </c>
       <c r="F470" t="s">
         <v>12</v>
       </c>
       <c r="G470">
         <v>134.0</v>
       </c>
       <c r="H470">
         <v>134.0</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
         <v>955</v>
       </c>
       <c r="D471">
-        <v>1969</v>
+        <v>2005</v>
       </c>
       <c r="E471" t="s">
         <v>956</v>
       </c>
       <c r="F471" t="s">
         <v>12</v>
       </c>
       <c r="G471">
-        <v>220.0</v>
+        <v>134.0</v>
       </c>
       <c r="H471">
-        <v>220.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
         <v>957</v>
       </c>
       <c r="D472">
-        <v>2006</v>
+        <v>1969</v>
       </c>
       <c r="E472" t="s">
         <v>958</v>
       </c>
       <c r="F472" t="s">
         <v>12</v>
       </c>
       <c r="G472">
-        <v>134.0</v>
+        <v>220.0</v>
       </c>
       <c r="H472">
-        <v>134.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>894</v>
+        <v>607</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
         <v>959</v>
       </c>
       <c r="D473">
-        <v>1996</v>
+        <v>2006</v>
       </c>
       <c r="E473" t="s">
         <v>960</v>
       </c>
       <c r="F473" t="s">
         <v>12</v>
       </c>
       <c r="G473">
         <v>134.0</v>
       </c>
       <c r="H473">
         <v>134.0</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>8</v>
+        <v>896</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
         <v>961</v>
       </c>
       <c r="D474">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E474" t="s">
         <v>962</v>
       </c>
       <c r="F474" t="s">
         <v>12</v>
       </c>
       <c r="G474">
         <v>134.0</v>
       </c>
       <c r="H474">
         <v>134.0</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>8</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
         <v>963</v>
       </c>
       <c r="D475">
-        <v>2009</v>
+        <v>1995</v>
       </c>
       <c r="E475" t="s">
         <v>964</v>
       </c>
       <c r="F475" t="s">
         <v>12</v>
       </c>
       <c r="G475">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
       <c r="H475">
-        <v>158.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>8</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
         <v>965</v>
       </c>
       <c r="D476">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="E476" t="s">
         <v>966</v>
       </c>
       <c r="F476" t="s">
         <v>12</v>
       </c>
       <c r="G476">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
       <c r="H476">
-        <v>134.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>618</v>
+        <v>8</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
         <v>967</v>
       </c>
       <c r="D477">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="E477" t="s">
         <v>968</v>
       </c>
       <c r="F477" t="s">
         <v>12</v>
       </c>
       <c r="G477">
         <v>134.0</v>
       </c>
       <c r="H477">
         <v>134.0</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
         <v>969</v>
       </c>
       <c r="D478">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="E478" t="s">
-        <v>861</v>
+        <v>970</v>
       </c>
       <c r="F478" t="s">
         <v>12</v>
       </c>
       <c r="G478">
         <v>134.0</v>
       </c>
       <c r="H478">
         <v>134.0</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="D479">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="E479" t="s">
-        <v>971</v>
+        <v>863</v>
       </c>
       <c r="F479" t="s">
         <v>12</v>
       </c>
       <c r="G479">
         <v>134.0</v>
       </c>
       <c r="H479">
         <v>134.0</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>894</v>
+        <v>620</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
         <v>972</v>
       </c>
       <c r="D480">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="E480" t="s">
         <v>973</v>
       </c>
       <c r="F480" t="s">
         <v>12</v>
       </c>
       <c r="G480">
         <v>134.0</v>
       </c>
       <c r="H480">
         <v>134.0</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
         <v>974</v>
       </c>
       <c r="D481">
         <v>2002</v>
       </c>
       <c r="E481" t="s">
         <v>975</v>
       </c>
       <c r="F481" t="s">
         <v>12</v>
       </c>
       <c r="G481">
         <v>158.0</v>
       </c>
       <c r="H481">
         <v>158.0</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
         <v>976</v>
       </c>
       <c r="D482">
         <v>1962</v>
       </c>
       <c r="E482" t="s">
         <v>977</v>
       </c>
       <c r="F482" t="s">
         <v>12</v>
       </c>
       <c r="G482">
         <v>62.0</v>
       </c>
       <c r="H482">
         <v>62.0</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
         <v>978</v>
       </c>
       <c r="D483">
         <v>2004</v>
       </c>
       <c r="E483" t="s">
         <v>979</v>
       </c>
       <c r="F483" t="s">
         <v>12</v>
       </c>
       <c r="G483">
         <v>134.0</v>
       </c>
       <c r="H483">
         <v>134.0</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
         <v>980</v>
       </c>
       <c r="D484">
         <v>1996</v>
       </c>
       <c r="E484" t="s">
         <v>981</v>
       </c>
       <c r="F484" t="s">
         <v>12</v>
       </c>
       <c r="G484">
         <v>134.0</v>
       </c>
       <c r="H484">
         <v>134.0</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
@@ -16294,103 +16294,103 @@
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
         <v>982</v>
       </c>
       <c r="D485">
         <v>3</v>
       </c>
       <c r="E485" t="s">
         <v>983</v>
       </c>
       <c r="F485" t="s">
         <v>12</v>
       </c>
       <c r="G485">
         <v>20.0</v>
       </c>
       <c r="H485">
         <v>20.0</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
         <v>984</v>
       </c>
       <c r="D486">
         <v>1968</v>
       </c>
       <c r="E486" t="s">
         <v>985</v>
       </c>
       <c r="F486" t="s">
         <v>12</v>
       </c>
       <c r="G486">
         <v>220.0</v>
       </c>
       <c r="H486">
         <v>220.0</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
         <v>986</v>
       </c>
       <c r="D487">
         <v>2009</v>
       </c>
       <c r="E487" t="s">
         <v>987</v>
       </c>
       <c r="F487" t="s">
         <v>12</v>
       </c>
       <c r="G487">
         <v>134.0</v>
       </c>
       <c r="H487">
         <v>134.0</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
         <v>988</v>
       </c>
       <c r="D488">
         <v>2002</v>
       </c>
       <c r="E488" t="s">
         <v>989</v>
       </c>
       <c r="F488" t="s">
         <v>12</v>
       </c>
       <c r="G488">
         <v>134.0</v>
       </c>
       <c r="H488">
         <v>134.0</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
@@ -16398,155 +16398,155 @@
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
         <v>990</v>
       </c>
       <c r="D489">
         <v>2017</v>
       </c>
       <c r="E489" t="s">
         <v>991</v>
       </c>
       <c r="F489" t="s">
         <v>12</v>
       </c>
       <c r="G489">
         <v>220.0</v>
       </c>
       <c r="H489">
         <v>220.0</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
         <v>992</v>
       </c>
       <c r="D490">
         <v>2009</v>
       </c>
       <c r="E490" t="s">
         <v>993</v>
       </c>
       <c r="F490" t="s">
         <v>12</v>
       </c>
       <c r="G490">
         <v>134.0</v>
       </c>
       <c r="H490">
         <v>134.0</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
         <v>994</v>
       </c>
       <c r="D491">
         <v>1996</v>
       </c>
       <c r="E491" t="s">
         <v>995</v>
       </c>
       <c r="F491" t="s">
         <v>12</v>
       </c>
       <c r="G491">
         <v>134.0</v>
       </c>
       <c r="H491">
         <v>134.0</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
         <v>996</v>
       </c>
       <c r="D492">
         <v>2012</v>
       </c>
       <c r="E492" t="s">
         <v>997</v>
       </c>
       <c r="F492" t="s">
         <v>12</v>
       </c>
       <c r="G492">
         <v>158.0</v>
       </c>
       <c r="H492">
         <v>158.0</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
         <v>998</v>
       </c>
       <c r="D493">
         <v>1996</v>
       </c>
       <c r="E493" t="s">
         <v>999</v>
       </c>
       <c r="F493" t="s">
         <v>12</v>
       </c>
       <c r="G493">
         <v>134.0</v>
       </c>
       <c r="H493">
         <v>134.0</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
         <v>1000</v>
       </c>
       <c r="D494">
         <v>2002</v>
       </c>
       <c r="E494" t="s">
         <v>1001</v>
       </c>
       <c r="F494" t="s">
         <v>12</v>
       </c>
       <c r="G494">
         <v>158.0</v>
       </c>
       <c r="H494">
         <v>158.0</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
@@ -16554,308 +16554,308 @@
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
         <v>1002</v>
       </c>
       <c r="D495">
         <v>2009</v>
       </c>
       <c r="E495" t="s">
         <v>1003</v>
       </c>
       <c r="F495" t="s">
         <v>12</v>
       </c>
       <c r="G495">
         <v>158.0</v>
       </c>
       <c r="H495">
         <v>158.0</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
         <v>1004</v>
       </c>
       <c r="D496">
         <v>1996</v>
       </c>
       <c r="E496" t="s">
         <v>1005</v>
       </c>
       <c r="F496" t="s">
         <v>12</v>
       </c>
       <c r="G496">
         <v>134.0</v>
       </c>
       <c r="H496">
         <v>134.0</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
         <v>1006</v>
       </c>
       <c r="D497">
         <v>1996</v>
       </c>
       <c r="E497" t="s">
         <v>1007</v>
       </c>
       <c r="F497" t="s">
         <v>12</v>
       </c>
       <c r="G497">
         <v>134.0</v>
       </c>
       <c r="H497">
         <v>134.0</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
         <v>1008</v>
       </c>
       <c r="D498">
         <v>1972</v>
       </c>
       <c r="E498" t="s">
         <v>1009</v>
       </c>
       <c r="F498" t="s">
         <v>12</v>
       </c>
       <c r="G498">
         <v>158.0</v>
       </c>
       <c r="H498">
         <v>158.0</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
         <v>1010</v>
       </c>
       <c r="D499">
         <v>2008</v>
       </c>
       <c r="E499" t="s">
         <v>1011</v>
       </c>
       <c r="F499" t="s">
         <v>12</v>
       </c>
       <c r="G499">
         <v>220.0</v>
       </c>
       <c r="H499">
         <v>220.0</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
         <v>8</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
         <v>1012</v>
       </c>
       <c r="E500" t="s">
         <v>1013</v>
       </c>
       <c r="F500" t="s">
         <v>12</v>
       </c>
       <c r="G500">
         <v>20.0</v>
       </c>
       <c r="H500">
         <v>20.0</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
         <v>1014</v>
       </c>
       <c r="D501">
         <v>2009</v>
       </c>
       <c r="E501" t="s">
         <v>1015</v>
       </c>
       <c r="F501" t="s">
         <v>12</v>
       </c>
       <c r="G501">
         <v>134.0</v>
       </c>
       <c r="H501">
         <v>134.0</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
         <v>1016</v>
       </c>
       <c r="D502">
         <v>2008</v>
       </c>
       <c r="E502" t="s">
         <v>1017</v>
       </c>
       <c r="F502" t="s">
         <v>12</v>
       </c>
       <c r="G502">
         <v>134.0</v>
       </c>
       <c r="H502">
         <v>134.0</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
         <v>1018</v>
       </c>
       <c r="D503">
         <v>2009</v>
       </c>
       <c r="E503" t="s">
         <v>1019</v>
       </c>
       <c r="F503" t="s">
         <v>12</v>
       </c>
       <c r="G503">
         <v>220.0</v>
       </c>
       <c r="H503">
         <v>220.0</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
         <v>1020</v>
       </c>
       <c r="D504">
         <v>2015</v>
       </c>
       <c r="E504" t="s">
         <v>1021</v>
       </c>
       <c r="F504" t="s">
         <v>12</v>
       </c>
       <c r="G504">
         <v>158.0</v>
       </c>
       <c r="H504">
         <v>158.0</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
         <v>1022</v>
       </c>
       <c r="D505">
         <v>2016</v>
       </c>
       <c r="E505" t="s">
         <v>1023</v>
       </c>
       <c r="F505" t="s">
         <v>12</v>
       </c>
       <c r="G505">
         <v>158.0</v>
       </c>
       <c r="H505">
         <v>158.0</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
         <v>1024</v>
       </c>
       <c r="D506">
         <v>2009</v>
       </c>
       <c r="E506" t="s">
         <v>1025</v>
       </c>
       <c r="F506" t="s">
         <v>12</v>
       </c>
       <c r="G506">
         <v>134.0</v>
       </c>
       <c r="H506">
         <v>134.0</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
@@ -16863,155 +16863,155 @@
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
         <v>1026</v>
       </c>
       <c r="D507">
         <v>1995</v>
       </c>
       <c r="E507" t="s">
         <v>1027</v>
       </c>
       <c r="F507" t="s">
         <v>12</v>
       </c>
       <c r="G507">
         <v>134.0</v>
       </c>
       <c r="H507">
         <v>134.0</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
         <v>1028</v>
       </c>
       <c r="D508">
         <v>2007</v>
       </c>
       <c r="E508" t="s">
         <v>1029</v>
       </c>
       <c r="F508" t="s">
         <v>12</v>
       </c>
       <c r="G508">
         <v>134.0</v>
       </c>
       <c r="H508">
         <v>134.0</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
         <v>1030</v>
       </c>
       <c r="D509">
         <v>1999</v>
       </c>
       <c r="E509" t="s">
         <v>1031</v>
       </c>
       <c r="F509" t="s">
         <v>12</v>
       </c>
       <c r="G509">
         <v>134.0</v>
       </c>
       <c r="H509">
         <v>134.0</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
         <v>1032</v>
       </c>
       <c r="D510">
         <v>2008</v>
       </c>
       <c r="E510" t="s">
         <v>1033</v>
       </c>
       <c r="F510" t="s">
         <v>12</v>
       </c>
       <c r="G510">
         <v>134.0</v>
       </c>
       <c r="H510">
         <v>134.0</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
         <v>1034</v>
       </c>
       <c r="D511">
         <v>2012</v>
       </c>
       <c r="E511" t="s">
         <v>1035</v>
       </c>
       <c r="F511" t="s">
         <v>12</v>
       </c>
       <c r="G511">
         <v>134.0</v>
       </c>
       <c r="H511">
         <v>134.0</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
         <v>1036</v>
       </c>
       <c r="D512">
         <v>2004</v>
       </c>
       <c r="E512" t="s">
         <v>1037</v>
       </c>
       <c r="F512" t="s">
         <v>12</v>
       </c>
       <c r="G512">
         <v>134.0</v>
       </c>
       <c r="H512">
         <v>134.0</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
@@ -17019,51 +17019,51 @@
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
         <v>1038</v>
       </c>
       <c r="D513">
         <v>17</v>
       </c>
       <c r="E513" t="s">
         <v>1039</v>
       </c>
       <c r="F513" t="s">
         <v>12</v>
       </c>
       <c r="G513">
         <v>20.0</v>
       </c>
       <c r="H513">
         <v>20.0</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
         <v>1040</v>
       </c>
       <c r="D514">
         <v>2006</v>
       </c>
       <c r="E514" t="s">
         <v>1041</v>
       </c>
       <c r="F514" t="s">
         <v>12</v>
       </c>
       <c r="G514">
         <v>134.0</v>
       </c>
       <c r="H514">
         <v>134.0</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
@@ -17123,103 +17123,103 @@
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
         <v>1046</v>
       </c>
       <c r="D517">
         <v>3</v>
       </c>
       <c r="E517" t="s">
         <v>1047</v>
       </c>
       <c r="F517" t="s">
         <v>12</v>
       </c>
       <c r="G517">
         <v>20.0</v>
       </c>
       <c r="H517">
         <v>20.0</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
         <v>1048</v>
       </c>
       <c r="D518">
         <v>2009</v>
       </c>
       <c r="E518" t="s">
         <v>1049</v>
       </c>
       <c r="F518" t="s">
         <v>12</v>
       </c>
       <c r="G518">
         <v>134.0</v>
       </c>
       <c r="H518">
         <v>134.0</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
         <v>1050</v>
       </c>
       <c r="D519">
         <v>2016</v>
       </c>
       <c r="E519" t="s">
         <v>1051</v>
       </c>
       <c r="F519" t="s">
         <v>12</v>
       </c>
       <c r="G519">
         <v>258.0</v>
       </c>
       <c r="H519">
         <v>258.0</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
         <v>1052</v>
       </c>
       <c r="D520">
         <v>1962</v>
       </c>
       <c r="E520" t="s">
         <v>1053</v>
       </c>
       <c r="F520" t="s">
         <v>12</v>
       </c>
       <c r="G520">
         <v>134.0</v>
       </c>
       <c r="H520">
         <v>134.0</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
@@ -17253,155 +17253,155 @@
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
         <v>1056</v>
       </c>
       <c r="D522">
         <v>2005</v>
       </c>
       <c r="E522" t="s">
         <v>1057</v>
       </c>
       <c r="F522" t="s">
         <v>12</v>
       </c>
       <c r="G522">
         <v>158.0</v>
       </c>
       <c r="H522">
         <v>158.0</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
         <v>1058</v>
       </c>
       <c r="D523">
         <v>2006</v>
       </c>
       <c r="E523" t="s">
         <v>1059</v>
       </c>
       <c r="F523" t="s">
         <v>12</v>
       </c>
       <c r="G523">
         <v>134.0</v>
       </c>
       <c r="H523">
         <v>134.0</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
         <v>1060</v>
       </c>
       <c r="D524">
         <v>1999</v>
       </c>
       <c r="E524" t="s">
         <v>1061</v>
       </c>
       <c r="F524" t="s">
         <v>12</v>
       </c>
       <c r="G524">
         <v>220.0</v>
       </c>
       <c r="H524">
         <v>220.0</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
         <v>1062</v>
       </c>
       <c r="D525">
         <v>2008</v>
       </c>
       <c r="E525" t="s">
         <v>1063</v>
       </c>
       <c r="F525" t="s">
         <v>12</v>
       </c>
       <c r="G525">
         <v>134.0</v>
       </c>
       <c r="H525">
         <v>134.0</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
         <v>1064</v>
       </c>
       <c r="D526">
         <v>1965</v>
       </c>
       <c r="E526" t="s">
         <v>1065</v>
       </c>
       <c r="F526" t="s">
         <v>12</v>
       </c>
       <c r="G526">
         <v>134.0</v>
       </c>
       <c r="H526">
         <v>134.0</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
         <v>1066</v>
       </c>
       <c r="D527">
         <v>2009</v>
       </c>
       <c r="E527" t="s">
         <v>1067</v>
       </c>
       <c r="F527" t="s">
         <v>12</v>
       </c>
       <c r="G527">
         <v>134.0</v>
       </c>
       <c r="H527">
         <v>134.0</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
@@ -17409,181 +17409,181 @@
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
         <v>1068</v>
       </c>
       <c r="D528">
         <v>1994</v>
       </c>
       <c r="E528" t="s">
         <v>1069</v>
       </c>
       <c r="F528" t="s">
         <v>12</v>
       </c>
       <c r="G528">
         <v>134.0</v>
       </c>
       <c r="H528">
         <v>134.0</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
         <v>1070</v>
       </c>
       <c r="D529">
         <v>2009</v>
       </c>
       <c r="E529" t="s">
         <v>1071</v>
       </c>
       <c r="F529" t="s">
         <v>12</v>
       </c>
       <c r="G529">
         <v>134.0</v>
       </c>
       <c r="H529">
         <v>134.0</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
         <v>1072</v>
       </c>
       <c r="D530">
         <v>2016</v>
       </c>
       <c r="E530" t="s">
         <v>1073</v>
       </c>
       <c r="F530" t="s">
         <v>12</v>
       </c>
       <c r="G530">
         <v>134.0</v>
       </c>
       <c r="H530">
         <v>134.0</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
         <v>1074</v>
       </c>
       <c r="D531">
         <v>1962</v>
       </c>
       <c r="E531" t="s">
         <v>1075</v>
       </c>
       <c r="F531" t="s">
         <v>12</v>
       </c>
       <c r="G531">
         <v>158.0</v>
       </c>
       <c r="H531">
         <v>158.0</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
         <v>1076</v>
       </c>
       <c r="D532">
         <v>2016</v>
       </c>
       <c r="E532" t="s">
         <v>1077</v>
       </c>
       <c r="F532" t="s">
         <v>12</v>
       </c>
       <c r="G532">
         <v>134.0</v>
       </c>
       <c r="H532">
         <v>134.0</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
         <v>1078</v>
       </c>
       <c r="D533">
         <v>1999</v>
       </c>
       <c r="E533" t="s">
         <v>1079</v>
       </c>
       <c r="F533" t="s">
         <v>12</v>
       </c>
       <c r="G533">
         <v>134.0</v>
       </c>
       <c r="H533">
         <v>134.0</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
         <v>1080</v>
       </c>
       <c r="D534">
         <v>1996</v>
       </c>
       <c r="E534" t="s">
         <v>1081</v>
       </c>
       <c r="F534" t="s">
         <v>12</v>
       </c>
       <c r="G534">
         <v>134.0</v>
       </c>
       <c r="H534">
         <v>134.0</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
@@ -17591,51 +17591,51 @@
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
         <v>1082</v>
       </c>
       <c r="D535">
         <v>1994</v>
       </c>
       <c r="E535" t="s">
         <v>1083</v>
       </c>
       <c r="F535" t="s">
         <v>12</v>
       </c>
       <c r="G535">
         <v>134.0</v>
       </c>
       <c r="H535">
         <v>134.0</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
         <v>1084</v>
       </c>
       <c r="D536">
         <v>1996</v>
       </c>
       <c r="E536" t="s">
         <v>1085</v>
       </c>
       <c r="F536" t="s">
         <v>12</v>
       </c>
       <c r="G536">
         <v>134.0</v>
       </c>
       <c r="H536">
         <v>134.0</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
@@ -17643,129 +17643,129 @@
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
         <v>1086</v>
       </c>
       <c r="D537">
         <v>2</v>
       </c>
       <c r="E537" t="s">
         <v>1087</v>
       </c>
       <c r="F537" t="s">
         <v>12</v>
       </c>
       <c r="G537">
         <v>20.0</v>
       </c>
       <c r="H537">
         <v>20.0</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
         <v>1088</v>
       </c>
       <c r="D538">
         <v>1996</v>
       </c>
       <c r="E538" t="s">
         <v>1089</v>
       </c>
       <c r="F538" t="s">
         <v>12</v>
       </c>
       <c r="G538">
         <v>134.0</v>
       </c>
       <c r="H538">
         <v>134.0</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
         <v>1090</v>
       </c>
       <c r="D539">
         <v>1998</v>
       </c>
       <c r="E539" t="s">
         <v>1091</v>
       </c>
       <c r="F539" t="s">
         <v>12</v>
       </c>
       <c r="G539">
         <v>134.0</v>
       </c>
       <c r="H539">
         <v>134.0</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
         <v>1092</v>
       </c>
       <c r="D540">
         <v>1995</v>
       </c>
       <c r="E540" t="s">
         <v>1093</v>
       </c>
       <c r="F540" t="s">
         <v>12</v>
       </c>
       <c r="G540">
         <v>134.0</v>
       </c>
       <c r="H540">
         <v>134.0</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
         <v>1094</v>
       </c>
       <c r="D541">
         <v>2008</v>
       </c>
       <c r="E541" t="s">
         <v>1095</v>
       </c>
       <c r="F541" t="s">
         <v>12</v>
       </c>
       <c r="G541">
         <v>134.0</v>
       </c>
       <c r="H541">
         <v>134.0</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
@@ -17799,51 +17799,51 @@
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
         <v>1098</v>
       </c>
       <c r="D543">
         <v>1994</v>
       </c>
       <c r="E543" t="s">
         <v>1099</v>
       </c>
       <c r="F543" t="s">
         <v>12</v>
       </c>
       <c r="G543">
         <v>134.0</v>
       </c>
       <c r="H543">
         <v>134.0</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
         <v>1100</v>
       </c>
       <c r="D544">
         <v>2002</v>
       </c>
       <c r="E544" t="s">
         <v>1101</v>
       </c>
       <c r="F544" t="s">
         <v>12</v>
       </c>
       <c r="G544">
         <v>158.0</v>
       </c>
       <c r="H544">
         <v>158.0</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
@@ -17903,77 +17903,77 @@
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
         <v>1106</v>
       </c>
       <c r="D547">
         <v>2005</v>
       </c>
       <c r="E547" t="s">
         <v>1107</v>
       </c>
       <c r="F547" t="s">
         <v>12</v>
       </c>
       <c r="G547">
         <v>134.0</v>
       </c>
       <c r="H547">
         <v>134.0</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
         <v>1108</v>
       </c>
       <c r="D548">
         <v>2004</v>
       </c>
       <c r="E548" t="s">
         <v>1109</v>
       </c>
       <c r="F548" t="s">
         <v>12</v>
       </c>
       <c r="G548">
         <v>134.0</v>
       </c>
       <c r="H548">
         <v>134.0</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
         <v>1110</v>
       </c>
       <c r="D549">
         <v>2006</v>
       </c>
       <c r="E549" t="s">
         <v>1111</v>
       </c>
       <c r="F549" t="s">
         <v>12</v>
       </c>
       <c r="G549">
         <v>134.0</v>
       </c>
       <c r="H549">
         <v>134.0</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
@@ -17981,51 +17981,51 @@
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
         <v>1112</v>
       </c>
       <c r="D550">
         <v>1998</v>
       </c>
       <c r="E550" t="s">
         <v>1113</v>
       </c>
       <c r="F550" t="s">
         <v>12</v>
       </c>
       <c r="G550">
         <v>134.0</v>
       </c>
       <c r="H550">
         <v>134.0</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
         <v>1114</v>
       </c>
       <c r="D551">
         <v>2004</v>
       </c>
       <c r="E551" t="s">
         <v>1115</v>
       </c>
       <c r="F551" t="s">
         <v>12</v>
       </c>
       <c r="G551">
         <v>134.0</v>
       </c>
       <c r="H551">
         <v>134.0</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
@@ -18033,51 +18033,51 @@
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
         <v>1116</v>
       </c>
       <c r="D552">
         <v>1992</v>
       </c>
       <c r="E552" t="s">
         <v>1117</v>
       </c>
       <c r="F552" t="s">
         <v>12</v>
       </c>
       <c r="G552">
         <v>134.0</v>
       </c>
       <c r="H552">
         <v>134.0</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
         <v>1118</v>
       </c>
       <c r="D553">
         <v>2002</v>
       </c>
       <c r="E553" t="s">
         <v>1119</v>
       </c>
       <c r="F553" t="s">
         <v>12</v>
       </c>
       <c r="G553">
         <v>134.0</v>
       </c>
       <c r="H553">
         <v>134.0</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">