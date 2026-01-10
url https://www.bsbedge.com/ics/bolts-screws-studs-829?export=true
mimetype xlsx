--- v1 (2025-11-18)
+++ v2 (2026-01-10)
@@ -12,91 +12,118 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1126">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>Definitive</t>
   </si>
   <si>
     <t>BSI</t>
   </si>
   <si>
+    <t>BS EN 3381:2025 - TC</t>
+  </si>
+  <si>
+    <t>Tracked Changes. Aerospace series. Screws, 100° countersunk normal head, offset cruciform recess, close tolerance normal shank, short thread, in titanium alloy, anodized, MoS2 lubricated. Classification: 1 100 MPa (at ambient temperature)/315 °C</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>ACTIVE</t>
+  </si>
+  <si>
+    <t>DIN</t>
+  </si>
+  <si>
+    <t>DIN EN 3833 (DRAFT) : 2025</t>
+  </si>
+  <si>
+    <t>Aerospace series - Bolt, MJ threads, in heat resisting nickel base alloy NI-PH2601 (Inconel 718), passivated - Classification: 1550 MPa (at ambient temperature)/650 �C - Technical specification; German and English version prEN 3833:2025</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>DIN EN 3381 : 2025</t>
+  </si>
+  <si>
+    <t>Aerospace series - Screws, 100� countersunk normal head, offset cruciform recess, close tolerance normal shank, short thread, in titanium alloy, anodized, MoS&lt;(Index)2&gt; lubricated - Classification: 1 100 MPa (at ambient temperature)/315 �C; German and English version EN 3381:2025</t>
+  </si>
+  <si>
     <t>25/30547316 DC</t>
   </si>
   <si>
     <t>BS EN 3833 Aerospace series - Bolts, MJ threads, in heat resisting nickel base alloy NI-PH2601 (Inconel 718), passivated. Classification: 1 550 MPa (at ambient temperature)/650 °C. Technical specification</t>
   </si>
   <si>
-    <t>GBP</t>
-[...1 lines deleted...]
-  <si>
     <t>BS EN 3381:2025</t>
   </si>
   <si>
     <t>Aerospace series. Screws, 100° countersunk normal head, offset cruciform recess, close tolerance normal shank, short thread, in titanium alloy, anodized, MoS2 lubricated. Classification: 1 100 MPa (at ambient temperature)/315 °C</t>
   </si>
   <si>
     <t>BS A 104:2025 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. AEROSPACE SERIES Bolts, hexagonal heads with optional safety locking wire holes, unified threads, corrosion-resisting or heat-resisting steels, plain finish. Specification - Classification CR steel Rm ≥ 127 600 lbf/in2 (880 MPa) at Ambient temperature | +515 °C. Classification HR steel Rm ≥ 130 500 lbf/in2 (900 MPa) at Ambient temperature | +515 °C</t>
   </si>
   <si>
     <t>SAE AMS 6559A:2023</t>
   </si>
   <si>
     <t>Steel, Bars, Wire, And Forgings 9.75V - 5.25Cr - 1.3Mo (2.40 - 2.55C) Powder Metallurgy Product Hot Isostatically Pressed</t>
   </si>
   <si>
     <t>SAE AMS 6558A:2023</t>
   </si>
   <si>
     <t>Steel, Bars, Wire, And Forgings 10.5Mo - 6W - 3.75Cr - 2V (1.25 - 1.40C) Powder Metallurgy Product Hot Isostatically Pressed</t>
   </si>
   <si>
     <t>SAE AMS 7481B:1995</t>
@@ -113,65 +140,56 @@
   <si>
     <t>SAE AMS 7479D:1995</t>
   </si>
   <si>
     <t>Bolts And Screws, Corrosion And Heat Resistant Steel Heat Treated, Roll Threaded 1650°F (899°C) Solution And Precipitation Heat Treated</t>
   </si>
   <si>
     <t>SAE ARP 1902B:2018</t>
   </si>
   <si>
     <t>Bolt, Tee Head, Interface Surface, Dimensions For</t>
   </si>
   <si>
     <t>SAE AMS 7468:1995</t>
   </si>
   <si>
     <t>Bolts And Screws, Work-Strengthened Alloy, Corrosion Resistant Forged Head, Roll Threaded After Aging</t>
   </si>
   <si>
     <t>SAE ARP 142C:2013</t>
   </si>
   <si>
     <t>Assembling Of Studs In Aluminum And Magnesium</t>
   </si>
   <si>
-    <t>ACTIVE</t>
-[...4 lines deleted...]
-  <si>
     <t>DIN EN 3636 (DRAFT) : 2025</t>
   </si>
   <si>
     <t>Aerospace series - Screws, reduced pan head, offset cruciform recess, relieved shank, long thread, in heat resisting steel FEPA92HT (A286), silver plated - Classification: 900 MPa/650 �C; German and English version prEN 3636:2025</t>
   </si>
   <si>
-    <t>EUR</t>
-[...1 lines deleted...]
-  <si>
     <t>DIN EN 4131 (DRAFT) : 2025</t>
   </si>
   <si>
     <t>Aerospace series - Bolt, normal hexagonal head, coarse tolerance normal shank, medium length thread, in heat resisting nickel base alloy, aluminium IVD coated - Classification: 1250 MPa (at ambient temperature)/425 �C; German and English version prEN 4131:2025</t>
   </si>
   <si>
     <t>BS A 104:2025</t>
   </si>
   <si>
     <t>AEROSPACE SERIES Bolts, hexagonal heads with optional safety locking wire holes, unified threads, corrosion-resisting or heat-resisting steels, plain finish. Specification - Classification CR steel Rm ≥ 127 600 lbf/in2 (880 MPa) at Ambient temperature | +515 °C. Classification HR steel Rm ≥ 130 500 lbf/in2 (900 MPa) at Ambient temperature | +515 °C</t>
   </si>
   <si>
     <t>BS ISO 8168:2025 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Aerospace. Bolts, with MJ threads, made of heat and corrosion resisting steel, strength class 1 100 MPa. Procurement specification</t>
   </si>
   <si>
     <t>25/30529626 DC</t>
   </si>
   <si>
     <t>BS EN 4131 Aerospace series - Bolt, normal hexagonal head, coarse tolerance normal shank, medium length thread, in heat resisting nickel base alloy, aluminium IVD coated - Classification: 1 250 MPa (at ambient temperature) / 425 °C</t>
   </si>
   <si>
     <t>25/30529623 DC</t>
@@ -1293,56 +1311,50 @@
     <t>Aerospace series - Screws, reduced pan head, offset cruciform recess, relieved shank, long thread, in heat resisting steel FE-PA92HT (A286), silver plated - Classification: 900 MPa/650 ░C; German and English version EN 3636:2008</t>
   </si>
   <si>
     <t>DIN EN 3614 : 2009</t>
   </si>
   <si>
     <t>Aerospace series - Bolts, normal hexagonal head, relieved shank, long thread, in heat resisting steel FE-PA2601 (A286), silver plated - Classification: 900 MPa/650 ░C; German and English version EN 3614:2009</t>
   </si>
   <si>
     <t>DIN EN 3613 : 2009</t>
   </si>
   <si>
     <t>Aerospace series - Bolts, normal hexagonal head, relieved shank, long thread, in heat resisting nickel base alloy NI-PH2601 (Inconel 718), silver plated - Classification: 1275 MPa/650 ░C; German and English version EN 3613:2009</t>
   </si>
   <si>
     <t>DIN EN 3543 : 1997</t>
   </si>
   <si>
     <t>Aerospace series - Screws, 100░ countersunk normal head, offset cruciform recess, close tolerance shank, short thread, in heat and corrosion resisting steel, passivated; classification: 1100 MPa (at ambient temperature)/425 ░C; German version EN 3543:1997</t>
   </si>
   <si>
     <t>DIN EN 3444 : 2007</t>
   </si>
   <si>
     <t>Aerospace series - Bolts, large bihexagonal head, close tolerance normal shank, medium length thread, in heat resisting nickel base alloy, passivated - Classification: 1250 MPa (at ambient temperature)/650 ░C; German and English version EN 3444:2006</t>
-  </si>
-[...4 lines deleted...]
-    <t>Aerospace series - Screws, 100░ countersunk normal head, offset cruciform recess, close tolerance normal shank, short thread, in titanium, anodized, MoS&lt;(Index)2&gt; lubricated - Classification: 1100 MPa (at ambient temperature)/315 ░C; German version EN 3381:1996</t>
   </si>
   <si>
     <t>DIN EN 3328 : 2008</t>
   </si>
   <si>
     <t>Aerospace series - Bolts, double hexagon head, close tolerance, medium thread length, in heat resisting steel FE-PM38 (FV535), uncoated - Classification: 1 000 MPa/550 ░C; German and English version EN 3328:2008</t>
   </si>
   <si>
     <t>DIN EN 3327 : 2008</t>
   </si>
   <si>
     <t>Aerospace series - Bolts, double hexagon head, close tolerance, medium thread length, in heat resisting nickel base alloy NI-P100HT (Inconel 718), uncoated - Classification: 1275 MPa/650 ░C; German and English version EN 3327:2008</t>
   </si>
   <si>
     <t>DIN EN 3326 : 2008</t>
   </si>
   <si>
     <t>Aerospace series - Bolts, D-head, close tolerance, medium thread length, in heat resisting nickel base alloy NI-PH2601 (INCO 718) - Classification: 1275 MPa/650 ░C, unplated; German and English version EN 3326:2007</t>
   </si>
   <si>
     <t>DIN EN 3325 : 2008</t>
   </si>
   <si>
     <t>Aerospace series - Bolts, T-head, relieved shank, long thread, in heat resisting steel FE-PM1708 (FV 535) - Classification: 1 000 MPa/550 ░C - Unplated; German and English version EN 3325:2007</t>
   </si>
@@ -3725,14406 +3737,14458 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H554"/>
+  <dimension ref="A1:H556"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>6</v>
+        <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>20.0</v>
+        <v>188.0</v>
       </c>
       <c r="H2">
-        <v>20.0</v>
+        <v>188.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B3" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G3">
-        <v>134.0</v>
+        <v>88.41</v>
       </c>
       <c r="H3">
-        <v>134.0</v>
+        <v>88.41</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G4">
-        <v>222.0</v>
+        <v>61.4</v>
       </c>
       <c r="H4">
-        <v>222.0</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D5">
-        <v>2023</v>
+        <v>6</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
+      <c r="G5">
+        <v>20.0</v>
+      </c>
       <c r="H5">
-        <v>62.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D6">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
+      <c r="G6">
+        <v>142.0</v>
+      </c>
       <c r="H6">
-        <v>62.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D7">
-        <v>1995</v>
+        <v>2025</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
+      <c r="G7">
+        <v>234.0</v>
+      </c>
       <c r="H7">
-        <v>62.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D8">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="H8">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D9">
-        <v>1995</v>
+        <v>2023</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="H9">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D10">
-        <v>2018</v>
+        <v>1995</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="H10">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D11">
-        <v>1995</v>
+        <v>2017</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="H11">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D12">
-        <v>2013</v>
+        <v>1995</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="H12">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D13">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F13" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>54.49</v>
+        <v>12</v>
       </c>
       <c r="H13">
-        <v>54.49</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14">
-        <v>2025</v>
+        <v>1995</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>54.49</v>
+        <v>12</v>
       </c>
       <c r="H14">
-        <v>54.49</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15">
-        <v>2025</v>
+        <v>2013</v>
       </c>
       <c r="E15" t="s">
         <v>41</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
-      <c r="G15">
-[...1 lines deleted...]
-      </c>
       <c r="H15">
-        <v>158.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C16" t="s">
         <v>42</v>
       </c>
       <c r="D16">
         <v>2025</v>
       </c>
       <c r="E16" t="s">
         <v>43</v>
       </c>
       <c r="F16" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G16">
-        <v>308.0</v>
+        <v>54.49</v>
       </c>
       <c r="H16">
-        <v>308.0</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17">
-        <v>31</v>
+        <v>2025</v>
       </c>
       <c r="E17" t="s">
         <v>45</v>
       </c>
       <c r="F17" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G17">
-        <v>20.0</v>
+        <v>54.49</v>
       </c>
       <c r="H17">
-        <v>20.0</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18">
-        <v>31</v>
+        <v>2025</v>
       </c>
       <c r="E18" t="s">
         <v>47</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H18">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
       <c r="D19">
         <v>2025</v>
       </c>
       <c r="E19" t="s">
         <v>49</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>220.0</v>
+        <v>326.0</v>
       </c>
       <c r="H19">
-        <v>220.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>50</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20">
+        <v>31</v>
+      </c>
+      <c r="E20" t="s">
         <v>51</v>
       </c>
-      <c r="C20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="G20">
-        <v>132.0</v>
+        <v>20.0</v>
       </c>
       <c r="H20">
-        <v>132.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D21">
-        <v>2025</v>
+        <v>31</v>
       </c>
       <c r="E21" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="F21" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G21">
-        <v>54.49</v>
+        <v>20.0</v>
       </c>
       <c r="H21">
-        <v>54.49</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="D22">
-        <v>3</v>
+        <v>2025</v>
       </c>
       <c r="E22" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H22">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="B23" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D23">
+        <v>2025</v>
+      </c>
+      <c r="E23" t="s">
         <v>59</v>
       </c>
-      <c r="D23">
-[...2 lines deleted...]
-      <c r="E23" t="s">
+      <c r="F23" t="s">
         <v>60</v>
       </c>
-      <c r="F23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23">
-        <v>20.0</v>
+        <v>135.0</v>
       </c>
       <c r="H23">
-        <v>20.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B24" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24">
         <v>2025</v>
       </c>
       <c r="E24" t="s">
         <v>62</v>
       </c>
       <c r="F24" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G24">
-        <v>308.0</v>
+        <v>54.49</v>
       </c>
       <c r="H24">
-        <v>308.0</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
       <c r="D25">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="E25" t="s">
         <v>64</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
         <v>20.0</v>
       </c>
       <c r="H25">
         <v>20.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>65</v>
       </c>
       <c r="D26">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E26" t="s">
         <v>66</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
         <v>20.0</v>
       </c>
       <c r="H26">
         <v>20.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B27" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>67</v>
       </c>
       <c r="D27">
         <v>2025</v>
       </c>
       <c r="E27" t="s">
         <v>68</v>
       </c>
       <c r="F27" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G27">
-        <v>47.38</v>
+        <v>326.0</v>
       </c>
       <c r="H27">
-        <v>47.38</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B28" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>69</v>
       </c>
       <c r="D28">
-        <v>2025</v>
+        <v>12</v>
       </c>
       <c r="E28" t="s">
         <v>70</v>
       </c>
       <c r="F28" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G28">
-        <v>61.4</v>
+        <v>20.0</v>
       </c>
       <c r="H28">
-        <v>61.4</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B29" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>71</v>
       </c>
       <c r="D29">
-        <v>2025</v>
+        <v>12</v>
       </c>
       <c r="E29" t="s">
         <v>72</v>
       </c>
       <c r="F29" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G29">
-        <v>47.38</v>
+        <v>20.0</v>
       </c>
       <c r="H29">
-        <v>47.38</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B30" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C30" t="s">
         <v>73</v>
       </c>
       <c r="D30">
         <v>2025</v>
       </c>
       <c r="E30" t="s">
         <v>74</v>
       </c>
       <c r="F30" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G30">
-        <v>220.0</v>
+        <v>47.38</v>
       </c>
       <c r="H30">
-        <v>220.0</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="B31" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="C31" t="s">
         <v>75</v>
       </c>
       <c r="D31">
         <v>2025</v>
       </c>
       <c r="E31" t="s">
         <v>76</v>
       </c>
       <c r="F31" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="G31">
-        <v>132.0</v>
+        <v>61.4</v>
       </c>
       <c r="H31">
-        <v>132.0</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B32" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C32" t="s">
         <v>77</v>
       </c>
       <c r="D32">
         <v>2025</v>
       </c>
       <c r="E32" t="s">
         <v>78</v>
       </c>
       <c r="F32" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G32">
-        <v>188.0</v>
+        <v>47.38</v>
       </c>
       <c r="H32">
-        <v>188.0</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>79</v>
       </c>
       <c r="D33">
         <v>2025</v>
       </c>
       <c r="E33" t="s">
         <v>80</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>188.0</v>
+        <v>232.0</v>
       </c>
       <c r="H33">
-        <v>188.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="B34" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="C34" t="s">
         <v>81</v>
       </c>
       <c r="D34">
         <v>2025</v>
       </c>
       <c r="E34" t="s">
         <v>82</v>
       </c>
       <c r="F34" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="G34">
-        <v>61.4</v>
+        <v>135.0</v>
       </c>
       <c r="H34">
-        <v>61.4</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B35" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>83</v>
       </c>
       <c r="D35">
         <v>2025</v>
       </c>
       <c r="E35" t="s">
         <v>84</v>
       </c>
       <c r="F35" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G35">
-        <v>67.85</v>
+        <v>200.0</v>
       </c>
       <c r="H35">
-        <v>67.85</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>85</v>
       </c>
       <c r="D36">
         <v>2025</v>
       </c>
       <c r="E36" t="s">
         <v>86</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>134.0</v>
+        <v>200.0</v>
       </c>
       <c r="H36">
-        <v>134.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B37" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C37" t="s">
         <v>87</v>
       </c>
       <c r="D37">
         <v>2025</v>
       </c>
       <c r="E37" t="s">
         <v>88</v>
       </c>
       <c r="F37" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G37">
-        <v>134.0</v>
+        <v>61.4</v>
       </c>
       <c r="H37">
-        <v>134.0</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B38" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C38" t="s">
         <v>89</v>
       </c>
       <c r="D38">
-        <v>21</v>
+        <v>2025</v>
       </c>
       <c r="E38" t="s">
         <v>90</v>
       </c>
       <c r="F38" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G38">
-        <v>20.0</v>
+        <v>67.85</v>
       </c>
       <c r="H38">
-        <v>20.0</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B39" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>91</v>
       </c>
       <c r="D39">
         <v>2025</v>
       </c>
       <c r="E39" t="s">
         <v>92</v>
       </c>
       <c r="F39" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G39">
-        <v>82.15</v>
+        <v>142.0</v>
       </c>
       <c r="H39">
-        <v>82.15</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>93</v>
       </c>
       <c r="D40">
-        <v>21</v>
+        <v>2025</v>
       </c>
       <c r="E40" t="s">
         <v>94</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H40">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>95</v>
       </c>
       <c r="D41">
         <v>21</v>
       </c>
       <c r="E41" t="s">
         <v>96</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
         <v>20.0</v>
       </c>
       <c r="H41">
         <v>20.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B42" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C42" t="s">
         <v>97</v>
       </c>
       <c r="D42">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E42" t="s">
         <v>98</v>
       </c>
       <c r="F42" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G42">
-        <v>54.49</v>
+        <v>82.15</v>
       </c>
       <c r="H42">
-        <v>54.49</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B43" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>99</v>
       </c>
       <c r="D43">
-        <v>2024</v>
+        <v>21</v>
       </c>
       <c r="E43" t="s">
         <v>100</v>
       </c>
       <c r="F43" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G43">
-        <v>82.15</v>
+        <v>20.0</v>
       </c>
       <c r="H43">
-        <v>82.15</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B44" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>101</v>
       </c>
       <c r="D44">
-        <v>2024</v>
+        <v>21</v>
       </c>
       <c r="E44" t="s">
         <v>102</v>
       </c>
       <c r="F44" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G44">
-        <v>61.4</v>
+        <v>20.0</v>
       </c>
       <c r="H44">
-        <v>61.4</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B45" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C45" t="s">
         <v>103</v>
       </c>
       <c r="D45">
-        <v>5</v>
+        <v>2024</v>
       </c>
       <c r="E45" t="s">
         <v>104</v>
       </c>
       <c r="F45" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G45">
-        <v>20.0</v>
+        <v>54.49</v>
       </c>
       <c r="H45">
-        <v>20.0</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B46" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C46" t="s">
         <v>105</v>
       </c>
       <c r="D46">
-        <v>10</v>
+        <v>2024</v>
       </c>
       <c r="E46" t="s">
         <v>106</v>
       </c>
       <c r="F46" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G46">
-        <v>20.0</v>
+        <v>82.15</v>
       </c>
       <c r="H46">
-        <v>20.0</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B47" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C47" t="s">
         <v>107</v>
       </c>
       <c r="D47">
         <v>2024</v>
       </c>
       <c r="E47" t="s">
         <v>108</v>
       </c>
       <c r="F47" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G47">
-        <v>74.95</v>
+        <v>61.4</v>
       </c>
       <c r="H47">
-        <v>74.95</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B48" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>109</v>
       </c>
       <c r="D48">
-        <v>2024</v>
+        <v>5</v>
       </c>
       <c r="E48" t="s">
         <v>110</v>
       </c>
       <c r="F48" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G48">
-        <v>74.95</v>
+        <v>20.0</v>
       </c>
       <c r="H48">
-        <v>74.95</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B49" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>111</v>
       </c>
       <c r="D49">
-        <v>2024</v>
+        <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>112</v>
       </c>
       <c r="F49" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G49">
-        <v>67.85</v>
+        <v>20.0</v>
       </c>
       <c r="H49">
-        <v>67.85</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B50" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C50" t="s">
         <v>113</v>
       </c>
       <c r="D50">
         <v>2024</v>
       </c>
       <c r="E50" t="s">
         <v>114</v>
       </c>
       <c r="F50" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G50">
-        <v>61.4</v>
+        <v>74.95</v>
       </c>
       <c r="H50">
-        <v>61.4</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B51" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C51" t="s">
         <v>115</v>
       </c>
       <c r="D51">
         <v>2024</v>
       </c>
       <c r="E51" t="s">
         <v>116</v>
       </c>
       <c r="F51" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G51">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
       <c r="H51">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B52" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C52" t="s">
         <v>117</v>
       </c>
       <c r="D52">
-        <v>15</v>
+        <v>2024</v>
       </c>
       <c r="E52" t="s">
         <v>118</v>
       </c>
       <c r="F52" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G52">
-        <v>20.0</v>
+        <v>67.85</v>
       </c>
       <c r="H52">
-        <v>20.0</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B53" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C53" t="s">
         <v>119</v>
       </c>
       <c r="D53">
         <v>2024</v>
       </c>
       <c r="E53" t="s">
         <v>120</v>
       </c>
       <c r="F53" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G53">
-        <v>188.0</v>
+        <v>61.4</v>
       </c>
       <c r="H53">
-        <v>188.0</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B54" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C54" t="s">
         <v>121</v>
       </c>
       <c r="D54">
-        <v>25</v>
+        <v>2024</v>
       </c>
       <c r="E54" t="s">
         <v>122</v>
       </c>
       <c r="F54" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G54">
-        <v>20.0</v>
+        <v>67.85</v>
       </c>
       <c r="H54">
-        <v>20.0</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>123</v>
       </c>
       <c r="D55">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E55" t="s">
         <v>124</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
         <v>20.0</v>
       </c>
       <c r="H55">
         <v>20.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>125</v>
       </c>
       <c r="D56">
         <v>2024</v>
       </c>
       <c r="E56" t="s">
         <v>126</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>134.0</v>
+        <v>200.0</v>
       </c>
       <c r="H56">
-        <v>134.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>127</v>
       </c>
       <c r="D57">
-        <v>2024</v>
+        <v>25</v>
       </c>
       <c r="E57" t="s">
         <v>128</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H57">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>129</v>
       </c>
       <c r="D58">
-        <v>2024</v>
+        <v>25</v>
       </c>
       <c r="E58" t="s">
         <v>130</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H58">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="B59" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>131</v>
       </c>
       <c r="D59">
         <v>2024</v>
       </c>
       <c r="E59" t="s">
         <v>132</v>
       </c>
       <c r="F59" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="G59">
-        <v>43.0</v>
+        <v>142.0</v>
       </c>
       <c r="H59">
-        <v>43.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>133</v>
       </c>
       <c r="D60">
-        <v>23</v>
+        <v>2024</v>
       </c>
       <c r="E60" t="s">
         <v>134</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H60">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>135</v>
       </c>
       <c r="D61">
-        <v>11</v>
+        <v>2024</v>
       </c>
       <c r="E61" t="s">
         <v>136</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H61">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="B62" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C62" t="s">
         <v>137</v>
       </c>
       <c r="D62">
         <v>2024</v>
       </c>
       <c r="E62" t="s">
         <v>138</v>
       </c>
       <c r="F62" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="G62">
-        <v>188.0</v>
+        <v>44.0</v>
       </c>
       <c r="H62">
-        <v>188.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>139</v>
       </c>
       <c r="D63">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E63" t="s">
         <v>140</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
+      </c>
+      <c r="G63">
+        <v>20.0</v>
+      </c>
+      <c r="H63">
+        <v>20.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>141</v>
       </c>
       <c r="D64">
-        <v>2024</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>142</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H64">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>143</v>
       </c>
       <c r="D65">
         <v>2024</v>
       </c>
       <c r="E65" t="s">
         <v>144</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>158.0</v>
+        <v>200.0</v>
       </c>
       <c r="H65">
-        <v>158.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B66" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>145</v>
       </c>
       <c r="D66">
-        <v>2024</v>
+        <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>146</v>
       </c>
       <c r="F66" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>61.4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>147</v>
       </c>
       <c r="D67">
-        <v>18</v>
+        <v>2024</v>
       </c>
       <c r="E67" t="s">
         <v>148</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H67">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>149</v>
       </c>
       <c r="D68">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E68" t="s">
         <v>150</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H68">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B69" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C69" t="s">
         <v>151</v>
       </c>
       <c r="D69">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E69" t="s">
         <v>152</v>
       </c>
       <c r="F69" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G69">
-        <v>222.0</v>
+        <v>61.4</v>
       </c>
       <c r="H69">
-        <v>222.0</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>153</v>
       </c>
       <c r="D70">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="E70" t="s">
         <v>154</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
         <v>20.0</v>
       </c>
       <c r="H70">
         <v>20.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>155</v>
       </c>
       <c r="D71">
         <v>2023</v>
       </c>
       <c r="E71" t="s">
         <v>156</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>188.0</v>
+        <v>166.0</v>
       </c>
       <c r="H71">
-        <v>188.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>157</v>
       </c>
       <c r="D72">
         <v>2023</v>
       </c>
       <c r="E72" t="s">
         <v>158</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>134.0</v>
+        <v>234.0</v>
       </c>
       <c r="H72">
-        <v>134.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="B73" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>159</v>
       </c>
       <c r="D73">
-        <v>2023</v>
+        <v>7</v>
       </c>
       <c r="E73" t="s">
         <v>160</v>
       </c>
       <c r="F73" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="G73">
-        <v>43.0</v>
+        <v>20.0</v>
       </c>
       <c r="H73">
-        <v>43.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>161</v>
       </c>
       <c r="D74">
         <v>2023</v>
       </c>
       <c r="E74" t="s">
         <v>162</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>158.0</v>
+        <v>200.0</v>
       </c>
       <c r="H74">
-        <v>158.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>163</v>
       </c>
       <c r="D75">
-        <v>31</v>
+        <v>2023</v>
       </c>
       <c r="E75" t="s">
         <v>164</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H75">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="B76" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C76" t="s">
         <v>165</v>
       </c>
       <c r="D76">
-        <v>29</v>
+        <v>2023</v>
       </c>
       <c r="E76" t="s">
         <v>166</v>
       </c>
       <c r="F76" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="G76">
-        <v>20.0</v>
+        <v>44.0</v>
       </c>
       <c r="H76">
-        <v>20.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>167</v>
       </c>
       <c r="D77">
-        <v>29</v>
+        <v>2023</v>
       </c>
       <c r="E77" t="s">
         <v>168</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H77">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>169</v>
       </c>
       <c r="D78">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E78" t="s">
         <v>170</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
         <v>20.0</v>
       </c>
       <c r="H78">
         <v>20.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B79" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>171</v>
       </c>
       <c r="D79">
-        <v>2023</v>
+        <v>29</v>
       </c>
       <c r="E79" t="s">
         <v>172</v>
       </c>
       <c r="F79" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G79">
-        <v>67.85</v>
+        <v>20.0</v>
       </c>
       <c r="H79">
-        <v>67.85</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B80" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>173</v>
       </c>
       <c r="D80">
-        <v>2023</v>
+        <v>29</v>
       </c>
       <c r="E80" t="s">
         <v>174</v>
       </c>
       <c r="F80" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="G80">
-        <v>67.85</v>
+        <v>20.0</v>
       </c>
       <c r="H80">
-        <v>67.85</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="B81" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>175</v>
       </c>
       <c r="D81">
-        <v>1994</v>
+        <v>22</v>
       </c>
       <c r="E81" t="s">
         <v>176</v>
       </c>
       <c r="F81" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="G81">
-        <v>65.0</v>
+        <v>20.0</v>
       </c>
       <c r="H81">
-        <v>65.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="B82" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="C82" t="s">
         <v>177</v>
       </c>
       <c r="D82">
-        <v>1998</v>
+        <v>2023</v>
       </c>
       <c r="E82" t="s">
         <v>178</v>
       </c>
       <c r="F82" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="G82">
-        <v>132.0</v>
+        <v>67.85</v>
       </c>
       <c r="H82">
-        <v>132.0</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="B83" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="C83" t="s">
         <v>179</v>
       </c>
       <c r="D83">
-        <v>1993</v>
+        <v>2023</v>
       </c>
       <c r="E83" t="s">
         <v>180</v>
       </c>
       <c r="F83" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="G83">
-        <v>43.0</v>
+        <v>67.85</v>
       </c>
       <c r="H83">
-        <v>43.0</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B84" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C84" t="s">
         <v>181</v>
       </c>
       <c r="D84">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="E84" t="s">
         <v>182</v>
       </c>
       <c r="F84" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G84">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H84">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B85" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C85" t="s">
         <v>183</v>
       </c>
       <c r="D85">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="E85" t="s">
         <v>184</v>
       </c>
       <c r="F85" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G85">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
       <c r="H85">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B86" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C86" t="s">
         <v>185</v>
       </c>
       <c r="D86">
-        <v>1998</v>
+        <v>1993</v>
       </c>
       <c r="E86" t="s">
         <v>186</v>
       </c>
       <c r="F86" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G86">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H86">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B87" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C87" t="s">
         <v>187</v>
       </c>
       <c r="D87">
-        <v>2002</v>
+        <v>1993</v>
       </c>
       <c r="E87" t="s">
         <v>188</v>
       </c>
       <c r="F87" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G87">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H87">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B88" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C88" t="s">
         <v>189</v>
       </c>
       <c r="D88">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="E88" t="s">
         <v>190</v>
       </c>
       <c r="F88" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G88">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H88">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B89" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C89" t="s">
         <v>191</v>
       </c>
       <c r="D89">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="E89" t="s">
         <v>192</v>
       </c>
       <c r="F89" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G89">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H89">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B90" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C90" t="s">
         <v>193</v>
       </c>
       <c r="D90">
         <v>2002</v>
       </c>
       <c r="E90" t="s">
         <v>194</v>
       </c>
       <c r="F90" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G90">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H90">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B91" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C91" t="s">
         <v>195</v>
       </c>
       <c r="D91">
         <v>2002</v>
       </c>
       <c r="E91" t="s">
         <v>196</v>
       </c>
       <c r="F91" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G91">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H91">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B92" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C92" t="s">
         <v>197</v>
       </c>
       <c r="D92">
         <v>2002</v>
       </c>
       <c r="E92" t="s">
         <v>198</v>
       </c>
       <c r="F92" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G92">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H92">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B93" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C93" t="s">
         <v>199</v>
       </c>
       <c r="D93">
         <v>2002</v>
       </c>
       <c r="E93" t="s">
         <v>200</v>
       </c>
       <c r="F93" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G93">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H93">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B94" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C94" t="s">
         <v>201</v>
       </c>
       <c r="D94">
         <v>2002</v>
       </c>
       <c r="E94" t="s">
         <v>202</v>
       </c>
       <c r="F94" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G94">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H94">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B95" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C95" t="s">
         <v>203</v>
       </c>
       <c r="D95">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="E95" t="s">
         <v>204</v>
       </c>
       <c r="F95" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G95">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H95">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B96" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C96" t="s">
         <v>205</v>
       </c>
       <c r="D96">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="E96" t="s">
         <v>206</v>
       </c>
       <c r="F96" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G96">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
       <c r="H96">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B97" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C97" t="s">
         <v>207</v>
       </c>
       <c r="D97">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="E97" t="s">
         <v>208</v>
       </c>
       <c r="F97" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G97">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H97">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B98" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C98" t="s">
         <v>209</v>
       </c>
       <c r="D98">
         <v>2008</v>
       </c>
       <c r="E98" t="s">
         <v>210</v>
       </c>
       <c r="F98" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G98">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H98">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B99" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C99" t="s">
         <v>211</v>
       </c>
       <c r="D99">
         <v>2008</v>
       </c>
       <c r="E99" t="s">
         <v>212</v>
       </c>
       <c r="F99" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G99">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
       <c r="H99">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B100" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C100" t="s">
         <v>213</v>
       </c>
       <c r="D100">
         <v>2008</v>
       </c>
       <c r="E100" t="s">
         <v>214</v>
       </c>
       <c r="F100" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G100">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H100">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B101" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C101" t="s">
         <v>215</v>
       </c>
       <c r="D101">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E101" t="s">
         <v>216</v>
       </c>
       <c r="F101" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G101">
-        <v>0.0</v>
+        <v>44.0</v>
       </c>
       <c r="H101">
-        <v>0.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B102" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C102" t="s">
         <v>217</v>
       </c>
       <c r="D102">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E102" t="s">
         <v>218</v>
       </c>
       <c r="F102" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G102">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H102">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B103" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C103" t="s">
         <v>219</v>
       </c>
       <c r="D103">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="E103" t="s">
         <v>220</v>
       </c>
       <c r="F103" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G103">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H103">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B104" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C104" t="s">
         <v>221</v>
       </c>
       <c r="D104">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="E104" t="s">
         <v>222</v>
       </c>
       <c r="F104" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G104">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
       <c r="H104">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B105" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C105" t="s">
         <v>223</v>
       </c>
       <c r="D105">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="E105" t="s">
         <v>224</v>
       </c>
       <c r="F105" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G105">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
       <c r="H105">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B106" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C106" t="s">
         <v>225</v>
       </c>
       <c r="D106">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="E106" t="s">
         <v>226</v>
       </c>
       <c r="F106" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G106">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H106">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B107" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C107" t="s">
         <v>227</v>
       </c>
       <c r="D107">
-        <v>1993</v>
+        <v>2016</v>
       </c>
       <c r="E107" t="s">
         <v>228</v>
       </c>
       <c r="F107" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G107">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
       <c r="H107">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B108" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C108" t="s">
         <v>229</v>
       </c>
       <c r="D108">
-        <v>1998</v>
+        <v>2021</v>
       </c>
       <c r="E108" t="s">
         <v>230</v>
       </c>
       <c r="F108" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G108">
-        <v>43.0</v>
+        <v>100.0</v>
       </c>
       <c r="H108">
-        <v>43.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B109" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C109" t="s">
         <v>231</v>
       </c>
       <c r="D109">
-        <v>1997</v>
+        <v>2021</v>
       </c>
       <c r="E109" t="s">
         <v>232</v>
       </c>
       <c r="F109" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G109">
-        <v>155.0</v>
+        <v>44.0</v>
       </c>
       <c r="H109">
-        <v>155.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="B110" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="C110" t="s">
         <v>233</v>
       </c>
       <c r="D110">
-        <v>2011</v>
+        <v>1993</v>
       </c>
       <c r="E110" t="s">
         <v>234</v>
       </c>
       <c r="F110" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="G110">
-        <v>99.91</v>
+        <v>44.0</v>
       </c>
       <c r="H110">
-        <v>99.91</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="B111" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="C111" t="s">
         <v>235</v>
       </c>
       <c r="D111">
-        <v>1968</v>
+        <v>1998</v>
       </c>
       <c r="E111" t="s">
         <v>236</v>
       </c>
       <c r="F111" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="G111">
-        <v>29.44</v>
+        <v>44.0</v>
       </c>
       <c r="H111">
-        <v>29.44</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="B112" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="C112" t="s">
         <v>237</v>
       </c>
       <c r="D112">
-        <v>1968</v>
+        <v>1997</v>
       </c>
       <c r="E112" t="s">
         <v>238</v>
       </c>
       <c r="F112" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="G112">
-        <v>102.43</v>
+        <v>159.0</v>
       </c>
       <c r="H112">
-        <v>102.43</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B113" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C113" t="s">
         <v>239</v>
       </c>
       <c r="D113">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E113" t="s">
         <v>240</v>
       </c>
       <c r="F113" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G113">
-        <v>115.98</v>
+        <v>99.91</v>
       </c>
       <c r="H113">
-        <v>115.98</v>
+        <v>99.91</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B114" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C114" t="s">
         <v>241</v>
       </c>
       <c r="D114">
-        <v>1983</v>
+        <v>1968</v>
       </c>
       <c r="E114" t="s">
         <v>242</v>
       </c>
       <c r="F114" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G114">
-        <v>59.35</v>
+        <v>29.44</v>
       </c>
       <c r="H114">
-        <v>59.35</v>
+        <v>29.44</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B115" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C115" t="s">
         <v>243</v>
       </c>
       <c r="D115">
-        <v>1984</v>
+        <v>1968</v>
       </c>
       <c r="E115" t="s">
         <v>244</v>
       </c>
       <c r="F115" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G115">
-        <v>50.65</v>
+        <v>102.43</v>
       </c>
       <c r="H115">
-        <v>50.65</v>
+        <v>102.43</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B116" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C116" t="s">
         <v>245</v>
       </c>
       <c r="D116">
-        <v>1980</v>
+        <v>2015</v>
       </c>
       <c r="E116" t="s">
         <v>246</v>
       </c>
       <c r="F116" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G116">
-        <v>29.44</v>
+        <v>115.98</v>
       </c>
       <c r="H116">
-        <v>29.44</v>
+        <v>115.98</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B117" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C117" t="s">
         <v>247</v>
       </c>
       <c r="D117">
-        <v>1980</v>
+        <v>1983</v>
       </c>
       <c r="E117" t="s">
         <v>248</v>
       </c>
       <c r="F117" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G117">
-        <v>29.44</v>
+        <v>59.35</v>
       </c>
       <c r="H117">
-        <v>29.44</v>
+        <v>59.35</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B118" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C118" t="s">
         <v>249</v>
       </c>
       <c r="D118">
-        <v>1980</v>
+        <v>1984</v>
       </c>
       <c r="E118" t="s">
         <v>250</v>
       </c>
       <c r="F118" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G118">
-        <v>29.44</v>
+        <v>50.65</v>
       </c>
       <c r="H118">
-        <v>29.44</v>
+        <v>50.65</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B119" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C119" t="s">
         <v>251</v>
       </c>
       <c r="D119">
-        <v>1974</v>
+        <v>1980</v>
       </c>
       <c r="E119" t="s">
         <v>252</v>
       </c>
       <c r="F119" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G119">
         <v>29.44</v>
       </c>
       <c r="H119">
         <v>29.44</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B120" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C120" t="s">
         <v>253</v>
       </c>
       <c r="D120">
-        <v>1981</v>
+        <v>1980</v>
       </c>
       <c r="E120" t="s">
         <v>254</v>
       </c>
       <c r="F120" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G120">
-        <v>50.65</v>
+        <v>29.44</v>
       </c>
       <c r="H120">
-        <v>50.65</v>
+        <v>29.44</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B121" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C121" t="s">
         <v>255</v>
       </c>
       <c r="D121">
         <v>1980</v>
       </c>
       <c r="E121" t="s">
         <v>256</v>
       </c>
       <c r="F121" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G121">
         <v>29.44</v>
       </c>
       <c r="H121">
         <v>29.44</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B122" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C122" t="s">
         <v>257</v>
       </c>
       <c r="D122">
-        <v>1980</v>
+        <v>1974</v>
       </c>
       <c r="E122" t="s">
         <v>258</v>
       </c>
       <c r="F122" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G122">
-        <v>41.78</v>
+        <v>29.44</v>
       </c>
       <c r="H122">
-        <v>41.78</v>
+        <v>29.44</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B123" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C123" t="s">
         <v>259</v>
       </c>
       <c r="D123">
         <v>1981</v>
       </c>
       <c r="E123" t="s">
         <v>260</v>
       </c>
       <c r="F123" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G123">
         <v>50.65</v>
       </c>
       <c r="H123">
         <v>50.65</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B124" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C124" t="s">
         <v>261</v>
       </c>
       <c r="D124">
-        <v>1993</v>
+        <v>1980</v>
       </c>
       <c r="E124" t="s">
         <v>262</v>
       </c>
       <c r="F124" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G124">
-        <v>133.64</v>
+        <v>29.44</v>
       </c>
       <c r="H124">
-        <v>133.64</v>
+        <v>29.44</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B125" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C125" t="s">
         <v>263</v>
       </c>
       <c r="D125">
-        <v>2018</v>
+        <v>1980</v>
       </c>
       <c r="E125" t="s">
         <v>264</v>
       </c>
       <c r="F125" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G125">
-        <v>166.82</v>
+        <v>41.78</v>
       </c>
       <c r="H125">
-        <v>166.82</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B126" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C126" t="s">
         <v>265</v>
       </c>
       <c r="D126">
-        <v>2023</v>
+        <v>1981</v>
       </c>
       <c r="E126" t="s">
         <v>266</v>
       </c>
       <c r="F126" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G126">
-        <v>108.13</v>
+        <v>50.65</v>
       </c>
       <c r="H126">
-        <v>108.13</v>
+        <v>50.65</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B127" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C127" t="s">
         <v>267</v>
       </c>
       <c r="D127">
-        <v>2020</v>
+        <v>1993</v>
       </c>
       <c r="E127" t="s">
         <v>268</v>
       </c>
       <c r="F127" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G127">
-        <v>124.49</v>
+        <v>133.64</v>
       </c>
       <c r="H127">
-        <v>124.49</v>
+        <v>133.64</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B128" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C128" t="s">
         <v>269</v>
       </c>
       <c r="D128">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E128" t="s">
         <v>270</v>
       </c>
       <c r="F128" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G128">
-        <v>61.4</v>
+        <v>166.82</v>
       </c>
       <c r="H128">
-        <v>61.4</v>
+        <v>166.82</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B129" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C129" t="s">
         <v>271</v>
       </c>
       <c r="D129">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="E129" t="s">
         <v>272</v>
       </c>
       <c r="F129" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G129">
-        <v>61.4</v>
+        <v>108.13</v>
       </c>
       <c r="H129">
-        <v>61.4</v>
+        <v>108.13</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B130" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C130" t="s">
         <v>273</v>
       </c>
       <c r="D130">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E130" t="s">
         <v>274</v>
       </c>
       <c r="F130" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G130">
-        <v>88.41</v>
+        <v>124.49</v>
       </c>
       <c r="H130">
-        <v>88.41</v>
+        <v>124.49</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B131" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C131" t="s">
         <v>275</v>
       </c>
       <c r="D131">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E131" t="s">
         <v>276</v>
       </c>
       <c r="F131" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G131">
-        <v>74.95</v>
+        <v>61.4</v>
       </c>
       <c r="H131">
-        <v>74.95</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B132" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C132" t="s">
         <v>277</v>
       </c>
       <c r="D132">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="E132" t="s">
         <v>278</v>
       </c>
       <c r="F132" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G132">
-        <v>67.85</v>
+        <v>61.4</v>
       </c>
       <c r="H132">
-        <v>67.85</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B133" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C133" t="s">
         <v>279</v>
       </c>
       <c r="D133">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E133" t="s">
         <v>280</v>
       </c>
       <c r="F133" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G133">
-        <v>74.95</v>
+        <v>88.41</v>
       </c>
       <c r="H133">
-        <v>74.95</v>
+        <v>88.41</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B134" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C134" t="s">
         <v>281</v>
       </c>
       <c r="D134">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E134" t="s">
         <v>282</v>
       </c>
       <c r="F134" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G134">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
       <c r="H134">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B135" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C135" t="s">
         <v>283</v>
       </c>
       <c r="D135">
         <v>2022</v>
       </c>
       <c r="E135" t="s">
         <v>284</v>
       </c>
       <c r="F135" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G135">
         <v>67.85</v>
       </c>
       <c r="H135">
         <v>67.85</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B136" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C136" t="s">
         <v>285</v>
       </c>
       <c r="D136">
         <v>2022</v>
       </c>
       <c r="E136" t="s">
         <v>286</v>
       </c>
       <c r="F136" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G136">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
       <c r="H136">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B137" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C137" t="s">
         <v>287</v>
       </c>
       <c r="D137">
         <v>2022</v>
       </c>
       <c r="E137" t="s">
         <v>288</v>
       </c>
       <c r="F137" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G137">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
       <c r="H137">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B138" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C138" t="s">
         <v>289</v>
       </c>
       <c r="D138">
         <v>2022</v>
       </c>
       <c r="E138" t="s">
         <v>290</v>
       </c>
       <c r="F138" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G138">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
       <c r="H138">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B139" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C139" t="s">
         <v>291</v>
       </c>
       <c r="D139">
         <v>2022</v>
       </c>
       <c r="E139" t="s">
         <v>292</v>
       </c>
       <c r="F139" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G139">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
       <c r="H139">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B140" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C140" t="s">
         <v>293</v>
       </c>
       <c r="D140">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="E140" t="s">
         <v>294</v>
       </c>
       <c r="F140" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G140">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
       <c r="H140">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B141" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C141" t="s">
         <v>295</v>
       </c>
       <c r="D141">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="E141" t="s">
         <v>296</v>
       </c>
       <c r="F141" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G141">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
       <c r="H141">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B142" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C142" t="s">
         <v>297</v>
       </c>
       <c r="D142">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="E142" t="s">
         <v>298</v>
       </c>
       <c r="F142" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G142">
         <v>61.4</v>
       </c>
       <c r="H142">
         <v>61.4</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B143" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C143" t="s">
         <v>299</v>
       </c>
       <c r="D143">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="E143" t="s">
         <v>300</v>
       </c>
       <c r="F143" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G143">
-        <v>82.15</v>
+        <v>54.49</v>
       </c>
       <c r="H143">
-        <v>82.15</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B144" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C144" t="s">
         <v>301</v>
       </c>
       <c r="D144">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="E144" t="s">
         <v>302</v>
       </c>
       <c r="F144" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G144">
-        <v>95.42</v>
+        <v>54.49</v>
       </c>
       <c r="H144">
-        <v>95.42</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B145" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C145" t="s">
         <v>303</v>
       </c>
       <c r="D145">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E145" t="s">
         <v>304</v>
       </c>
       <c r="F145" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G145">
-        <v>95.42</v>
+        <v>61.4</v>
       </c>
       <c r="H145">
-        <v>95.42</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B146" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C146" t="s">
         <v>305</v>
       </c>
       <c r="D146">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="E146" t="s">
         <v>306</v>
       </c>
       <c r="F146" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G146">
-        <v>61.4</v>
+        <v>82.15</v>
       </c>
       <c r="H146">
-        <v>61.4</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B147" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C147" t="s">
         <v>307</v>
       </c>
       <c r="D147">
         <v>2007</v>
       </c>
       <c r="E147" t="s">
         <v>308</v>
       </c>
       <c r="F147" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G147">
-        <v>102.34</v>
+        <v>95.42</v>
       </c>
       <c r="H147">
-        <v>102.34</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B148" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C148" t="s">
         <v>309</v>
       </c>
       <c r="D148">
         <v>2007</v>
       </c>
       <c r="E148" t="s">
         <v>310</v>
       </c>
       <c r="F148" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G148">
-        <v>102.34</v>
+        <v>95.42</v>
       </c>
       <c r="H148">
-        <v>102.34</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B149" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C149" t="s">
         <v>311</v>
       </c>
       <c r="D149">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E149" t="s">
         <v>312</v>
       </c>
       <c r="F149" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G149">
-        <v>0.0</v>
+        <v>61.4</v>
       </c>
       <c r="H149">
-        <v>0.0</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B150" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C150" t="s">
         <v>313</v>
       </c>
       <c r="D150">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E150" t="s">
         <v>314</v>
       </c>
       <c r="F150" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G150">
         <v>102.34</v>
       </c>
       <c r="H150">
         <v>102.34</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B151" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C151" t="s">
         <v>315</v>
       </c>
       <c r="D151">
         <v>2007</v>
       </c>
       <c r="E151" t="s">
         <v>316</v>
       </c>
       <c r="F151" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G151">
-        <v>108.13</v>
+        <v>102.34</v>
       </c>
       <c r="H151">
-        <v>108.13</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B152" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C152" t="s">
         <v>317</v>
       </c>
       <c r="D152">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E152" t="s">
         <v>318</v>
       </c>
       <c r="F152" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G152">
-        <v>102.34</v>
+        <v>0.0</v>
       </c>
       <c r="H152">
-        <v>102.34</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B153" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C153" t="s">
         <v>319</v>
       </c>
       <c r="D153">
         <v>2006</v>
       </c>
       <c r="E153" t="s">
         <v>320</v>
       </c>
       <c r="F153" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G153">
-        <v>118.79</v>
+        <v>102.34</v>
       </c>
       <c r="H153">
-        <v>118.79</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B154" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C154" t="s">
         <v>321</v>
       </c>
       <c r="D154">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E154" t="s">
         <v>322</v>
       </c>
       <c r="F154" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G154">
-        <v>152.52</v>
+        <v>108.13</v>
       </c>
       <c r="H154">
-        <v>152.52</v>
+        <v>108.13</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B155" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C155" t="s">
         <v>323</v>
       </c>
       <c r="D155">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E155" t="s">
         <v>324</v>
       </c>
       <c r="F155" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G155">
-        <v>61.4</v>
+        <v>102.34</v>
       </c>
       <c r="H155">
-        <v>61.4</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B156" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C156" t="s">
         <v>325</v>
       </c>
       <c r="D156">
         <v>2006</v>
       </c>
       <c r="E156" t="s">
         <v>326</v>
       </c>
       <c r="F156" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G156">
-        <v>102.34</v>
+        <v>118.79</v>
       </c>
       <c r="H156">
-        <v>102.34</v>
+        <v>118.79</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B157" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C157" t="s">
         <v>327</v>
       </c>
       <c r="D157">
         <v>2006</v>
       </c>
       <c r="E157" t="s">
         <v>328</v>
       </c>
       <c r="F157" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G157">
-        <v>95.42</v>
+        <v>152.52</v>
       </c>
       <c r="H157">
-        <v>95.42</v>
+        <v>152.52</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B158" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C158" t="s">
         <v>329</v>
       </c>
       <c r="D158">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="E158" t="s">
         <v>330</v>
       </c>
       <c r="F158" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G158">
-        <v>102.34</v>
+        <v>61.4</v>
       </c>
       <c r="H158">
-        <v>102.34</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B159" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C159" t="s">
         <v>331</v>
       </c>
       <c r="D159">
         <v>2006</v>
       </c>
       <c r="E159" t="s">
         <v>332</v>
       </c>
       <c r="F159" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G159">
-        <v>108.13</v>
+        <v>102.34</v>
       </c>
       <c r="H159">
-        <v>108.13</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B160" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C160" t="s">
         <v>333</v>
       </c>
       <c r="D160">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E160" t="s">
         <v>334</v>
       </c>
       <c r="F160" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G160">
-        <v>88.41</v>
+        <v>95.42</v>
       </c>
       <c r="H160">
-        <v>88.41</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B161" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C161" t="s">
         <v>335</v>
       </c>
       <c r="D161">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E161" t="s">
         <v>336</v>
       </c>
       <c r="F161" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G161">
-        <v>95.42</v>
+        <v>102.34</v>
       </c>
       <c r="H161">
-        <v>95.42</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B162" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C162" t="s">
         <v>337</v>
       </c>
       <c r="D162">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="E162" t="s">
         <v>338</v>
       </c>
       <c r="F162" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G162">
-        <v>61.4</v>
+        <v>108.13</v>
       </c>
       <c r="H162">
-        <v>61.4</v>
+        <v>108.13</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B163" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C163" t="s">
         <v>339</v>
       </c>
       <c r="D163">
-        <v>2016</v>
+        <v>2007</v>
       </c>
       <c r="E163" t="s">
         <v>340</v>
       </c>
       <c r="F163" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G163">
-        <v>61.4</v>
+        <v>88.41</v>
       </c>
       <c r="H163">
-        <v>61.4</v>
+        <v>88.41</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B164" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C164" t="s">
         <v>341</v>
       </c>
       <c r="D164">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="E164" t="s">
         <v>342</v>
       </c>
       <c r="F164" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G164">
-        <v>61.4</v>
+        <v>95.42</v>
       </c>
       <c r="H164">
-        <v>61.4</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B165" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C165" t="s">
         <v>343</v>
       </c>
       <c r="D165">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="E165" t="s">
         <v>344</v>
       </c>
       <c r="F165" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G165">
         <v>61.4</v>
       </c>
       <c r="H165">
         <v>61.4</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B166" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C166" t="s">
         <v>345</v>
       </c>
       <c r="D166">
         <v>2016</v>
       </c>
       <c r="E166" t="s">
         <v>346</v>
       </c>
       <c r="F166" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G166">
-        <v>67.85</v>
+        <v>61.4</v>
       </c>
       <c r="H166">
-        <v>67.85</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B167" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C167" t="s">
         <v>347</v>
       </c>
       <c r="D167">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E167" t="s">
         <v>348</v>
       </c>
       <c r="F167" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G167">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
       <c r="H167">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B168" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C168" t="s">
         <v>349</v>
       </c>
       <c r="D168">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="E168" t="s">
         <v>350</v>
       </c>
       <c r="F168" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G168">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
       <c r="H168">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B169" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C169" t="s">
         <v>351</v>
       </c>
       <c r="D169">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E169" t="s">
         <v>352</v>
       </c>
       <c r="F169" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G169">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
       <c r="H169">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B170" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C170" t="s">
         <v>353</v>
       </c>
       <c r="D170">
         <v>2009</v>
       </c>
       <c r="E170" t="s">
         <v>354</v>
       </c>
       <c r="F170" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G170">
         <v>54.49</v>
       </c>
       <c r="H170">
         <v>54.49</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B171" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C171" t="s">
         <v>355</v>
       </c>
       <c r="D171">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E171" t="s">
         <v>356</v>
       </c>
       <c r="F171" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G171">
         <v>54.49</v>
       </c>
       <c r="H171">
         <v>54.49</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B172" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C172" t="s">
         <v>357</v>
       </c>
       <c r="D172">
         <v>2009</v>
       </c>
       <c r="E172" t="s">
         <v>358</v>
       </c>
       <c r="F172" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G172">
         <v>54.49</v>
       </c>
       <c r="H172">
         <v>54.49</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B173" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C173" t="s">
         <v>359</v>
       </c>
       <c r="D173">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E173" t="s">
         <v>360</v>
       </c>
       <c r="F173" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G173">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
       <c r="H173">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B174" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C174" t="s">
         <v>361</v>
       </c>
       <c r="D174">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E174" t="s">
         <v>362</v>
       </c>
       <c r="F174" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G174">
         <v>54.49</v>
       </c>
       <c r="H174">
         <v>54.49</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B175" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C175" t="s">
         <v>363</v>
       </c>
       <c r="D175">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E175" t="s">
         <v>364</v>
       </c>
       <c r="F175" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G175">
         <v>54.49</v>
       </c>
       <c r="H175">
         <v>54.49</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B176" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C176" t="s">
         <v>365</v>
       </c>
       <c r="D176">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E176" t="s">
         <v>366</v>
       </c>
       <c r="F176" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G176">
         <v>61.4</v>
       </c>
       <c r="H176">
         <v>61.4</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B177" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C177" t="s">
         <v>367</v>
       </c>
       <c r="D177">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E177" t="s">
         <v>368</v>
       </c>
       <c r="F177" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G177">
         <v>54.49</v>
       </c>
       <c r="H177">
         <v>54.49</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B178" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C178" t="s">
         <v>369</v>
       </c>
       <c r="D178">
         <v>2010</v>
       </c>
       <c r="E178" t="s">
         <v>370</v>
       </c>
       <c r="F178" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G178">
         <v>54.49</v>
       </c>
       <c r="H178">
         <v>54.49</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B179" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C179" t="s">
         <v>371</v>
       </c>
       <c r="D179">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E179" t="s">
         <v>372</v>
       </c>
       <c r="F179" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G179">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
       <c r="H179">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B180" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C180" t="s">
         <v>373</v>
       </c>
       <c r="D180">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="E180" t="s">
         <v>374</v>
       </c>
       <c r="F180" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G180">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
       <c r="H180">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B181" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C181" t="s">
         <v>375</v>
       </c>
       <c r="D181">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E181" t="s">
         <v>376</v>
       </c>
       <c r="F181" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G181">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
       <c r="H181">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B182" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C182" t="s">
         <v>377</v>
       </c>
       <c r="D182">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="E182" t="s">
         <v>378</v>
       </c>
       <c r="F182" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G182">
-        <v>102.34</v>
+        <v>54.49</v>
       </c>
       <c r="H182">
-        <v>102.34</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B183" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C183" t="s">
         <v>379</v>
       </c>
       <c r="D183">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="E183" t="s">
         <v>380</v>
       </c>
       <c r="F183" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G183">
-        <v>95.42</v>
+        <v>61.4</v>
       </c>
       <c r="H183">
-        <v>95.42</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B184" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C184" t="s">
         <v>381</v>
       </c>
       <c r="D184">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E184" t="s">
         <v>382</v>
       </c>
       <c r="F184" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G184">
-        <v>47.38</v>
+        <v>61.4</v>
       </c>
       <c r="H184">
-        <v>47.38</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B185" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C185" t="s">
         <v>383</v>
       </c>
       <c r="D185">
         <v>2006</v>
       </c>
       <c r="E185" t="s">
         <v>384</v>
       </c>
       <c r="F185" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G185">
         <v>102.34</v>
       </c>
       <c r="H185">
         <v>102.34</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B186" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C186" t="s">
         <v>385</v>
       </c>
       <c r="D186">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E186" t="s">
         <v>386</v>
       </c>
       <c r="F186" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G186">
-        <v>61.4</v>
+        <v>95.42</v>
       </c>
       <c r="H186">
-        <v>61.4</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B187" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C187" t="s">
         <v>387</v>
       </c>
       <c r="D187">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="E187" t="s">
         <v>388</v>
       </c>
       <c r="F187" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G187">
-        <v>108.13</v>
+        <v>47.38</v>
       </c>
       <c r="H187">
-        <v>108.13</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B188" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C188" t="s">
         <v>389</v>
       </c>
       <c r="D188">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E188" t="s">
         <v>390</v>
       </c>
       <c r="F188" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G188">
-        <v>95.42</v>
+        <v>102.34</v>
       </c>
       <c r="H188">
-        <v>95.42</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B189" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C189" t="s">
         <v>391</v>
       </c>
       <c r="D189">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E189" t="s">
         <v>392</v>
       </c>
       <c r="F189" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G189">
-        <v>67.85</v>
+        <v>61.4</v>
       </c>
       <c r="H189">
-        <v>67.85</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B190" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C190" t="s">
         <v>393</v>
       </c>
       <c r="D190">
         <v>2019</v>
       </c>
       <c r="E190" t="s">
         <v>394</v>
       </c>
       <c r="F190" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G190">
-        <v>102.34</v>
+        <v>108.13</v>
       </c>
       <c r="H190">
-        <v>102.34</v>
+        <v>108.13</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B191" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C191" t="s">
         <v>395</v>
       </c>
       <c r="D191">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E191" t="s">
         <v>396</v>
       </c>
       <c r="F191" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G191">
-        <v>82.15</v>
+        <v>95.42</v>
       </c>
       <c r="H191">
-        <v>82.15</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B192" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C192" t="s">
         <v>397</v>
       </c>
       <c r="D192">
-        <v>1996</v>
+        <v>2017</v>
       </c>
       <c r="E192" t="s">
         <v>398</v>
       </c>
       <c r="F192" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G192">
         <v>67.85</v>
       </c>
       <c r="H192">
         <v>67.85</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B193" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C193" t="s">
         <v>399</v>
       </c>
       <c r="D193">
-        <v>1996</v>
+        <v>2019</v>
       </c>
       <c r="E193" t="s">
         <v>400</v>
       </c>
       <c r="F193" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G193">
-        <v>67.85</v>
+        <v>102.34</v>
       </c>
       <c r="H193">
-        <v>67.85</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B194" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C194" t="s">
         <v>401</v>
       </c>
       <c r="D194">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="E194" t="s">
         <v>402</v>
       </c>
       <c r="F194" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G194">
-        <v>61.4</v>
+        <v>82.15</v>
       </c>
       <c r="H194">
-        <v>61.4</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B195" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C195" t="s">
         <v>403</v>
       </c>
       <c r="D195">
-        <v>2005</v>
+        <v>1996</v>
       </c>
       <c r="E195" t="s">
         <v>404</v>
       </c>
       <c r="F195" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G195">
-        <v>95.42</v>
+        <v>67.85</v>
       </c>
       <c r="H195">
-        <v>95.42</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B196" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C196" t="s">
         <v>405</v>
       </c>
       <c r="D196">
-        <v>2005</v>
+        <v>1996</v>
       </c>
       <c r="E196" t="s">
         <v>406</v>
       </c>
       <c r="F196" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G196">
-        <v>95.42</v>
+        <v>67.85</v>
       </c>
       <c r="H196">
-        <v>95.42</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B197" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C197" t="s">
         <v>407</v>
       </c>
       <c r="D197">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="E197" t="s">
         <v>408</v>
       </c>
       <c r="F197" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G197">
-        <v>47.38</v>
+        <v>61.4</v>
       </c>
       <c r="H197">
-        <v>47.38</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B198" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C198" t="s">
         <v>409</v>
       </c>
       <c r="D198">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="E198" t="s">
         <v>410</v>
       </c>
       <c r="F198" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G198">
-        <v>47.38</v>
+        <v>95.42</v>
       </c>
       <c r="H198">
-        <v>47.38</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B199" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C199" t="s">
         <v>411</v>
       </c>
       <c r="D199">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="E199" t="s">
         <v>412</v>
       </c>
       <c r="F199" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G199">
-        <v>67.85</v>
+        <v>95.42</v>
       </c>
       <c r="H199">
-        <v>67.85</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B200" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C200" t="s">
         <v>413</v>
       </c>
       <c r="D200">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="E200" t="s">
         <v>414</v>
       </c>
       <c r="F200" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G200">
-        <v>54.49</v>
+        <v>47.38</v>
       </c>
       <c r="H200">
-        <v>54.49</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B201" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C201" t="s">
         <v>415</v>
       </c>
       <c r="D201">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="E201" t="s">
         <v>416</v>
       </c>
       <c r="F201" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G201">
-        <v>102.34</v>
+        <v>47.38</v>
       </c>
       <c r="H201">
-        <v>102.34</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B202" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C202" t="s">
         <v>417</v>
       </c>
       <c r="D202">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="E202" t="s">
         <v>418</v>
       </c>
       <c r="F202" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G202">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
       <c r="H202">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B203" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C203" t="s">
         <v>419</v>
       </c>
       <c r="D203">
         <v>2009</v>
       </c>
       <c r="E203" t="s">
         <v>420</v>
       </c>
       <c r="F203" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G203">
         <v>54.49</v>
       </c>
       <c r="H203">
         <v>54.49</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B204" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C204" t="s">
         <v>421</v>
       </c>
       <c r="D204">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="E204" t="s">
         <v>422</v>
       </c>
       <c r="F204" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G204">
-        <v>47.38</v>
+        <v>102.34</v>
       </c>
       <c r="H204">
-        <v>47.38</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B205" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C205" t="s">
         <v>423</v>
       </c>
       <c r="D205">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="E205" t="s">
         <v>424</v>
       </c>
       <c r="F205" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G205">
         <v>74.95</v>
       </c>
       <c r="H205">
         <v>74.95</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B206" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C206" t="s">
         <v>425</v>
       </c>
       <c r="D206">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E206" t="s">
         <v>426</v>
       </c>
       <c r="F206" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G206">
-        <v>95.42</v>
+        <v>54.49</v>
       </c>
       <c r="H206">
-        <v>95.42</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B207" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C207" t="s">
         <v>427</v>
       </c>
       <c r="D207">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E207" t="s">
         <v>428</v>
       </c>
       <c r="F207" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G207">
-        <v>74.95</v>
+        <v>47.38</v>
       </c>
       <c r="H207">
-        <v>74.95</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B208" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C208" t="s">
         <v>429</v>
       </c>
       <c r="D208">
-        <v>2008</v>
+        <v>1997</v>
       </c>
       <c r="E208" t="s">
         <v>430</v>
       </c>
       <c r="F208" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G208">
         <v>74.95</v>
       </c>
       <c r="H208">
         <v>74.95</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B209" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C209" t="s">
         <v>431</v>
       </c>
       <c r="D209">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E209" t="s">
         <v>432</v>
       </c>
       <c r="F209" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G209">
-        <v>82.15</v>
+        <v>95.42</v>
       </c>
       <c r="H209">
-        <v>82.15</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B210" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C210" t="s">
         <v>433</v>
       </c>
       <c r="D210">
         <v>2008</v>
       </c>
       <c r="E210" t="s">
         <v>434</v>
       </c>
       <c r="F210" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G210">
         <v>74.95</v>
       </c>
       <c r="H210">
         <v>74.95</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B211" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C211" t="s">
         <v>435</v>
       </c>
       <c r="D211">
         <v>2008</v>
       </c>
       <c r="E211" t="s">
         <v>436</v>
       </c>
       <c r="F211" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G211">
-        <v>74.95</v>
+        <v>82.15</v>
       </c>
       <c r="H211">
-        <v>74.95</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B212" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C212" t="s">
         <v>437</v>
       </c>
       <c r="D212">
         <v>2008</v>
       </c>
       <c r="E212" t="s">
         <v>438</v>
       </c>
       <c r="F212" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G212">
         <v>74.95</v>
       </c>
       <c r="H212">
         <v>74.95</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B213" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C213" t="s">
         <v>439</v>
       </c>
       <c r="D213">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E213" t="s">
         <v>440</v>
       </c>
       <c r="F213" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G213">
-        <v>61.4</v>
+        <v>74.95</v>
       </c>
       <c r="H213">
-        <v>61.4</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B214" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C214" t="s">
         <v>441</v>
       </c>
       <c r="D214">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E214" t="s">
         <v>442</v>
       </c>
       <c r="F214" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G214">
         <v>74.95</v>
       </c>
       <c r="H214">
         <v>74.95</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B215" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C215" t="s">
         <v>443</v>
       </c>
       <c r="D215">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E215" t="s">
         <v>444</v>
       </c>
       <c r="F215" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G215">
-        <v>67.85</v>
+        <v>61.4</v>
       </c>
       <c r="H215">
-        <v>67.85</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B216" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C216" t="s">
         <v>445</v>
       </c>
       <c r="D216">
         <v>1996</v>
       </c>
       <c r="E216" t="s">
         <v>446</v>
       </c>
       <c r="F216" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G216">
         <v>74.95</v>
       </c>
       <c r="H216">
         <v>74.95</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B217" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C217" t="s">
         <v>447</v>
       </c>
       <c r="D217">
         <v>1996</v>
       </c>
       <c r="E217" t="s">
         <v>448</v>
       </c>
       <c r="F217" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G217">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
       <c r="H217">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B218" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C218" t="s">
         <v>449</v>
       </c>
       <c r="D218">
         <v>1996</v>
       </c>
       <c r="E218" t="s">
         <v>450</v>
       </c>
       <c r="F218" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G218">
         <v>74.95</v>
       </c>
       <c r="H218">
         <v>74.95</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B219" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C219" t="s">
         <v>451</v>
       </c>
       <c r="D219">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="E219" t="s">
         <v>452</v>
       </c>
       <c r="F219" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G219">
         <v>74.95</v>
       </c>
       <c r="H219">
         <v>74.95</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B220" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C220" t="s">
         <v>453</v>
       </c>
       <c r="D220">
-        <v>2017</v>
+        <v>1996</v>
       </c>
       <c r="E220" t="s">
         <v>454</v>
       </c>
       <c r="F220" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G220">
-        <v>102.34</v>
+        <v>74.95</v>
       </c>
       <c r="H220">
-        <v>102.34</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B221" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C221" t="s">
         <v>455</v>
       </c>
       <c r="D221">
-        <v>2008</v>
+        <v>1997</v>
       </c>
       <c r="E221" t="s">
         <v>456</v>
       </c>
       <c r="F221" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G221">
         <v>74.95</v>
       </c>
       <c r="H221">
         <v>74.95</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B222" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C222" t="s">
         <v>457</v>
       </c>
       <c r="D222">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E222" t="s">
         <v>458</v>
       </c>
       <c r="F222" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G222">
-        <v>74.95</v>
+        <v>102.34</v>
       </c>
       <c r="H222">
-        <v>74.95</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B223" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C223" t="s">
         <v>459</v>
       </c>
       <c r="D223">
         <v>2008</v>
       </c>
       <c r="E223" t="s">
         <v>460</v>
       </c>
       <c r="F223" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G223">
         <v>74.95</v>
       </c>
       <c r="H223">
         <v>74.95</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B224" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C224" t="s">
         <v>461</v>
       </c>
       <c r="D224">
-        <v>1995</v>
+        <v>2008</v>
       </c>
       <c r="E224" t="s">
         <v>462</v>
       </c>
       <c r="F224" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G224">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
       <c r="H224">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B225" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C225" t="s">
         <v>463</v>
       </c>
       <c r="D225">
-        <v>1994</v>
+        <v>2008</v>
       </c>
       <c r="E225" t="s">
         <v>464</v>
       </c>
       <c r="F225" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G225">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
       <c r="H225">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B226" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C226" t="s">
         <v>465</v>
       </c>
       <c r="D226">
-        <v>2009</v>
+        <v>1995</v>
       </c>
       <c r="E226" t="s">
         <v>466</v>
       </c>
       <c r="F226" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G226">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
       <c r="H226">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B227" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C227" t="s">
         <v>467</v>
       </c>
       <c r="D227">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="E227" t="s">
         <v>468</v>
       </c>
       <c r="F227" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G227">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
       <c r="H227">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B228" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C228" t="s">
         <v>469</v>
       </c>
       <c r="D228">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E228" t="s">
         <v>470</v>
       </c>
       <c r="F228" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G228">
-        <v>74.95</v>
+        <v>54.49</v>
       </c>
       <c r="H228">
-        <v>74.95</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B229" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C229" t="s">
         <v>471</v>
       </c>
       <c r="D229">
         <v>1996</v>
       </c>
       <c r="E229" t="s">
         <v>472</v>
       </c>
       <c r="F229" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G229">
         <v>74.95</v>
       </c>
       <c r="H229">
         <v>74.95</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B230" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C230" t="s">
         <v>473</v>
       </c>
       <c r="D230">
-        <v>1998</v>
+        <v>1996</v>
       </c>
       <c r="E230" t="s">
         <v>474</v>
       </c>
       <c r="F230" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G230">
         <v>74.95</v>
       </c>
       <c r="H230">
         <v>74.95</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B231" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C231" t="s">
         <v>475</v>
       </c>
       <c r="D231">
-        <v>1998</v>
+        <v>1996</v>
       </c>
       <c r="E231" t="s">
         <v>476</v>
       </c>
       <c r="F231" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G231">
         <v>74.95</v>
       </c>
       <c r="H231">
         <v>74.95</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B232" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C232" t="s">
         <v>477</v>
       </c>
       <c r="D232">
         <v>1998</v>
       </c>
       <c r="E232" t="s">
         <v>478</v>
       </c>
       <c r="F232" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G232">
         <v>74.95</v>
       </c>
       <c r="H232">
         <v>74.95</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B233" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C233" t="s">
         <v>479</v>
       </c>
       <c r="D233">
         <v>1998</v>
       </c>
       <c r="E233" t="s">
         <v>480</v>
       </c>
       <c r="F233" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G233">
         <v>74.95</v>
       </c>
       <c r="H233">
         <v>74.95</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B234" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C234" t="s">
         <v>481</v>
       </c>
       <c r="D234">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="E234" t="s">
         <v>482</v>
       </c>
       <c r="F234" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G234">
-        <v>82.15</v>
+        <v>74.95</v>
       </c>
       <c r="H234">
-        <v>82.15</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B235" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C235" t="s">
         <v>483</v>
       </c>
       <c r="D235">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="E235" t="s">
         <v>484</v>
       </c>
       <c r="F235" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G235">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
       <c r="H235">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B236" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C236" t="s">
         <v>485</v>
       </c>
       <c r="D236">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E236" t="s">
         <v>486</v>
       </c>
       <c r="F236" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G236">
-        <v>61.4</v>
+        <v>82.15</v>
       </c>
       <c r="H236">
-        <v>61.4</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B237" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C237" t="s">
         <v>487</v>
       </c>
       <c r="D237">
-        <v>1995</v>
+        <v>1994</v>
       </c>
       <c r="E237" t="s">
         <v>488</v>
       </c>
       <c r="F237" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G237">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
       <c r="H237">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B238" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C238" t="s">
         <v>489</v>
       </c>
       <c r="D238">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="E238" t="s">
         <v>490</v>
       </c>
       <c r="F238" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G238">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
       <c r="H238">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B239" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C239" t="s">
         <v>491</v>
       </c>
       <c r="D239">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="E239" t="s">
         <v>492</v>
       </c>
       <c r="F239" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G239">
-        <v>74.95</v>
+        <v>61.4</v>
       </c>
       <c r="H239">
-        <v>74.95</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B240" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C240" t="s">
         <v>493</v>
       </c>
       <c r="D240">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="E240" t="s">
         <v>494</v>
       </c>
       <c r="F240" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G240">
-        <v>74.95</v>
+        <v>54.49</v>
       </c>
       <c r="H240">
-        <v>74.95</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B241" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C241" t="s">
         <v>495</v>
       </c>
       <c r="D241">
         <v>1996</v>
       </c>
       <c r="E241" t="s">
         <v>496</v>
       </c>
       <c r="F241" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G241">
         <v>74.95</v>
       </c>
       <c r="H241">
         <v>74.95</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B242" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C242" t="s">
         <v>497</v>
       </c>
       <c r="D242">
         <v>1996</v>
       </c>
       <c r="E242" t="s">
         <v>498</v>
       </c>
       <c r="F242" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G242">
         <v>74.95</v>
       </c>
       <c r="H242">
         <v>74.95</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B243" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C243" t="s">
         <v>499</v>
       </c>
       <c r="D243">
         <v>1996</v>
       </c>
       <c r="E243" t="s">
         <v>500</v>
       </c>
       <c r="F243" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G243">
         <v>74.95</v>
       </c>
       <c r="H243">
         <v>74.95</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B244" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C244" t="s">
         <v>501</v>
       </c>
       <c r="D244">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="E244" t="s">
         <v>502</v>
       </c>
       <c r="F244" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G244">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
       <c r="H244">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B245" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C245" t="s">
         <v>503</v>
       </c>
       <c r="D245">
         <v>1996</v>
       </c>
       <c r="E245" t="s">
         <v>504</v>
       </c>
       <c r="F245" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G245">
-        <v>82.15</v>
+        <v>74.95</v>
       </c>
       <c r="H245">
-        <v>82.15</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B246" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C246" t="s">
         <v>505</v>
       </c>
       <c r="D246">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="E246" t="s">
         <v>506</v>
       </c>
       <c r="F246" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G246">
-        <v>82.15</v>
+        <v>67.85</v>
       </c>
       <c r="H246">
-        <v>82.15</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B247" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C247" t="s">
         <v>507</v>
       </c>
       <c r="D247">
         <v>1996</v>
       </c>
       <c r="E247" t="s">
         <v>508</v>
       </c>
       <c r="F247" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G247">
         <v>82.15</v>
       </c>
       <c r="H247">
         <v>82.15</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B248" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C248" t="s">
         <v>509</v>
       </c>
       <c r="D248">
         <v>1996</v>
       </c>
       <c r="E248" t="s">
         <v>510</v>
       </c>
       <c r="F248" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G248">
         <v>82.15</v>
       </c>
       <c r="H248">
         <v>82.15</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B249" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C249" t="s">
         <v>511</v>
       </c>
       <c r="D249">
         <v>1996</v>
       </c>
       <c r="E249" t="s">
         <v>512</v>
       </c>
       <c r="F249" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G249">
         <v>82.15</v>
       </c>
       <c r="H249">
         <v>82.15</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B250" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C250" t="s">
         <v>513</v>
       </c>
       <c r="D250">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="E250" t="s">
         <v>514</v>
       </c>
       <c r="F250" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G250">
-        <v>67.85</v>
+        <v>82.15</v>
       </c>
       <c r="H250">
-        <v>67.85</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B251" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C251" t="s">
         <v>515</v>
       </c>
       <c r="D251">
         <v>1996</v>
       </c>
       <c r="E251" t="s">
         <v>516</v>
       </c>
       <c r="F251" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G251">
-        <v>74.95</v>
+        <v>82.15</v>
       </c>
       <c r="H251">
-        <v>74.95</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B252" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C252" t="s">
         <v>517</v>
       </c>
       <c r="D252">
-        <v>2007</v>
+        <v>1994</v>
       </c>
       <c r="E252" t="s">
         <v>518</v>
       </c>
       <c r="F252" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G252">
-        <v>108.13</v>
+        <v>67.85</v>
       </c>
       <c r="H252">
-        <v>108.13</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B253" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C253" t="s">
         <v>519</v>
       </c>
       <c r="D253">
-        <v>2007</v>
+        <v>1996</v>
       </c>
       <c r="E253" t="s">
         <v>520</v>
       </c>
       <c r="F253" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G253">
-        <v>108.13</v>
+        <v>74.95</v>
       </c>
       <c r="H253">
-        <v>108.13</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B254" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C254" t="s">
         <v>521</v>
       </c>
       <c r="D254">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="E254" t="s">
         <v>522</v>
       </c>
       <c r="F254" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G254">
-        <v>67.85</v>
+        <v>108.13</v>
       </c>
       <c r="H254">
-        <v>67.85</v>
+        <v>108.13</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B255" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C255" t="s">
         <v>523</v>
       </c>
       <c r="D255">
-        <v>1996</v>
+        <v>2007</v>
       </c>
       <c r="E255" t="s">
         <v>524</v>
       </c>
       <c r="F255" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G255">
-        <v>74.95</v>
+        <v>108.13</v>
       </c>
       <c r="H255">
-        <v>74.95</v>
+        <v>108.13</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B256" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C256" t="s">
         <v>525</v>
       </c>
       <c r="D256">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="E256" t="s">
         <v>526</v>
       </c>
       <c r="F256" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G256">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
       <c r="H256">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B257" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C257" t="s">
         <v>527</v>
       </c>
       <c r="D257">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E257" t="s">
         <v>528</v>
       </c>
       <c r="F257" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G257">
-        <v>82.15</v>
+        <v>74.95</v>
       </c>
       <c r="H257">
-        <v>82.15</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B258" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C258" t="s">
         <v>529</v>
       </c>
       <c r="D258">
         <v>1996</v>
       </c>
       <c r="E258" t="s">
         <v>530</v>
       </c>
       <c r="F258" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G258">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
       <c r="H258">
-        <v>67.85</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B259" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C259" t="s">
         <v>531</v>
       </c>
       <c r="D259">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E259" t="s">
         <v>532</v>
       </c>
       <c r="F259" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G259">
-        <v>67.85</v>
+        <v>82.15</v>
       </c>
       <c r="H259">
-        <v>67.85</v>
+        <v>82.15</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B260" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C260" t="s">
         <v>533</v>
       </c>
       <c r="D260">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="E260" t="s">
         <v>534</v>
       </c>
       <c r="F260" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G260">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
       <c r="H260">
-        <v>74.95</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B261" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C261" t="s">
         <v>535</v>
       </c>
       <c r="D261">
         <v>1996</v>
       </c>
       <c r="E261" t="s">
         <v>536</v>
       </c>
       <c r="F261" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G261">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
       <c r="H261">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B262" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C262" t="s">
         <v>537</v>
       </c>
       <c r="D262">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="E262" t="s">
         <v>538</v>
       </c>
       <c r="F262" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G262">
-        <v>61.4</v>
+        <v>74.95</v>
       </c>
       <c r="H262">
-        <v>61.4</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B263" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C263" t="s">
         <v>539</v>
       </c>
       <c r="D263">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E263" t="s">
         <v>540</v>
       </c>
       <c r="F263" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G263">
-        <v>74.95</v>
+        <v>61.4</v>
       </c>
       <c r="H263">
-        <v>74.95</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B264" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C264" t="s">
         <v>541</v>
       </c>
       <c r="D264">
-        <v>2010</v>
+        <v>1996</v>
       </c>
       <c r="E264" t="s">
         <v>542</v>
       </c>
       <c r="F264" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G264">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
       <c r="H264">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B265" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C265" t="s">
         <v>543</v>
       </c>
       <c r="D265">
-        <v>2019</v>
+        <v>1995</v>
       </c>
       <c r="E265" t="s">
         <v>544</v>
       </c>
       <c r="F265" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G265">
-        <v>108.13</v>
+        <v>74.95</v>
       </c>
       <c r="H265">
-        <v>108.13</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B266" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C266" t="s">
         <v>545</v>
       </c>
       <c r="D266">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="E266" t="s">
         <v>546</v>
       </c>
       <c r="F266" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G266">
-        <v>102.34</v>
+        <v>54.49</v>
       </c>
       <c r="H266">
-        <v>102.34</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B267" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C267" t="s">
         <v>547</v>
       </c>
       <c r="D267">
-        <v>2007</v>
+        <v>2019</v>
       </c>
       <c r="E267" t="s">
         <v>548</v>
       </c>
       <c r="F267" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G267">
-        <v>135.89</v>
+        <v>108.13</v>
       </c>
       <c r="H267">
-        <v>135.89</v>
+        <v>108.13</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B268" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C268" t="s">
         <v>549</v>
       </c>
       <c r="D268">
-        <v>1995</v>
+        <v>2020</v>
       </c>
       <c r="E268" t="s">
         <v>550</v>
       </c>
       <c r="F268" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G268">
-        <v>74.95</v>
+        <v>102.34</v>
       </c>
       <c r="H268">
-        <v>74.95</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B269" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C269" t="s">
         <v>551</v>
       </c>
       <c r="D269">
-        <v>1991</v>
+        <v>2007</v>
       </c>
       <c r="E269" t="s">
         <v>552</v>
       </c>
       <c r="F269" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G269">
-        <v>47.38</v>
+        <v>135.89</v>
       </c>
       <c r="H269">
-        <v>47.38</v>
+        <v>135.89</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B270" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C270" t="s">
         <v>553</v>
       </c>
       <c r="D270">
-        <v>1991</v>
+        <v>1995</v>
       </c>
       <c r="E270" t="s">
         <v>554</v>
       </c>
       <c r="F270" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G270">
-        <v>40.56</v>
+        <v>74.95</v>
       </c>
       <c r="H270">
-        <v>40.56</v>
+        <v>74.95</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B271" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C271" t="s">
         <v>555</v>
       </c>
       <c r="D271">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="E271" t="s">
         <v>556</v>
       </c>
       <c r="F271" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G271">
-        <v>40.56</v>
+        <v>47.38</v>
       </c>
       <c r="H271">
-        <v>40.56</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B272" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C272" t="s">
         <v>557</v>
       </c>
       <c r="D272">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="E272" t="s">
         <v>558</v>
       </c>
       <c r="F272" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G272">
         <v>40.56</v>
       </c>
       <c r="H272">
         <v>40.56</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B273" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C273" t="s">
         <v>559</v>
       </c>
       <c r="D273">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="E273" t="s">
         <v>560</v>
       </c>
       <c r="F273" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G273">
-        <v>47.38</v>
+        <v>40.56</v>
       </c>
       <c r="H273">
-        <v>47.38</v>
+        <v>40.56</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B274" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C274" t="s">
         <v>561</v>
       </c>
       <c r="D274">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="E274" t="s">
         <v>562</v>
       </c>
       <c r="F274" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G274">
         <v>40.56</v>
       </c>
       <c r="H274">
         <v>40.56</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B275" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C275" t="s">
         <v>563</v>
       </c>
       <c r="D275">
-        <v>2011</v>
+        <v>1987</v>
       </c>
       <c r="E275" t="s">
         <v>564</v>
       </c>
       <c r="F275" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G275">
         <v>47.38</v>
       </c>
       <c r="H275">
         <v>47.38</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B276" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C276" t="s">
         <v>565</v>
       </c>
       <c r="D276">
-        <v>2020</v>
+        <v>1987</v>
       </c>
       <c r="E276" t="s">
         <v>566</v>
       </c>
       <c r="F276" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G276">
-        <v>67.85</v>
+        <v>40.56</v>
       </c>
       <c r="H276">
-        <v>67.85</v>
+        <v>40.56</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B277" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C277" t="s">
         <v>567</v>
       </c>
       <c r="D277">
-        <v>2021</v>
+        <v>2011</v>
       </c>
       <c r="E277" t="s">
         <v>568</v>
       </c>
       <c r="F277" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G277">
-        <v>54.49</v>
+        <v>47.38</v>
       </c>
       <c r="H277">
-        <v>54.49</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B278" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C278" t="s">
         <v>569</v>
       </c>
       <c r="D278">
         <v>2020</v>
       </c>
       <c r="E278" t="s">
         <v>570</v>
       </c>
       <c r="F278" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G278">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
       <c r="H278">
-        <v>61.4</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B279" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C279" t="s">
         <v>571</v>
       </c>
       <c r="D279">
         <v>2021</v>
       </c>
       <c r="E279" t="s">
         <v>572</v>
       </c>
       <c r="F279" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G279">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
       <c r="H279">
-        <v>61.4</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B280" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C280" t="s">
         <v>573</v>
       </c>
       <c r="D280">
         <v>2020</v>
       </c>
       <c r="E280" t="s">
         <v>574</v>
       </c>
       <c r="F280" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G280">
-        <v>67.85</v>
+        <v>61.4</v>
       </c>
       <c r="H280">
-        <v>67.85</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B281" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C281" t="s">
         <v>575</v>
       </c>
       <c r="D281">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E281" t="s">
         <v>576</v>
       </c>
       <c r="F281" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G281">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
       <c r="H281">
-        <v>54.49</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B282" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C282" t="s">
         <v>577</v>
       </c>
       <c r="D282">
         <v>2020</v>
       </c>
       <c r="E282" t="s">
         <v>578</v>
       </c>
       <c r="F282" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G282">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
       <c r="H282">
-        <v>54.49</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B283" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C283" t="s">
         <v>579</v>
       </c>
       <c r="D283">
-        <v>1987</v>
+        <v>2020</v>
       </c>
       <c r="E283" t="s">
         <v>580</v>
       </c>
       <c r="F283" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G283">
-        <v>47.38</v>
+        <v>54.49</v>
       </c>
       <c r="H283">
-        <v>47.38</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B284" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C284" t="s">
         <v>581</v>
       </c>
       <c r="D284">
-        <v>1987</v>
+        <v>2020</v>
       </c>
       <c r="E284" t="s">
         <v>582</v>
       </c>
       <c r="F284" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G284">
-        <v>40.56</v>
+        <v>54.49</v>
       </c>
       <c r="H284">
-        <v>40.56</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B285" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C285" t="s">
         <v>583</v>
       </c>
       <c r="D285">
-        <v>2020</v>
+        <v>1987</v>
       </c>
       <c r="E285" t="s">
         <v>584</v>
       </c>
       <c r="F285" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G285">
-        <v>54.49</v>
+        <v>47.38</v>
       </c>
       <c r="H285">
-        <v>54.49</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B286" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C286" t="s">
         <v>585</v>
       </c>
       <c r="D286">
         <v>1987</v>
       </c>
       <c r="E286" t="s">
         <v>586</v>
       </c>
       <c r="F286" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G286">
         <v>40.56</v>
       </c>
       <c r="H286">
         <v>40.56</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B287" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C287" t="s">
         <v>587</v>
       </c>
       <c r="D287">
-        <v>1987</v>
+        <v>2020</v>
       </c>
       <c r="E287" t="s">
         <v>588</v>
       </c>
       <c r="F287" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G287">
-        <v>40.56</v>
+        <v>54.49</v>
       </c>
       <c r="H287">
-        <v>40.56</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B288" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C288" t="s">
         <v>589</v>
       </c>
       <c r="D288">
-        <v>2020</v>
+        <v>1987</v>
       </c>
       <c r="E288" t="s">
         <v>590</v>
       </c>
       <c r="F288" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G288">
-        <v>54.49</v>
+        <v>40.56</v>
       </c>
       <c r="H288">
-        <v>54.49</v>
+        <v>40.56</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B289" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C289" t="s">
         <v>591</v>
       </c>
       <c r="D289">
-        <v>2020</v>
+        <v>1987</v>
       </c>
       <c r="E289" t="s">
         <v>592</v>
       </c>
       <c r="F289" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G289">
-        <v>54.49</v>
+        <v>40.56</v>
       </c>
       <c r="H289">
-        <v>54.49</v>
+        <v>40.56</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B290" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C290" t="s">
         <v>593</v>
       </c>
       <c r="D290">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="E290" t="s">
         <v>594</v>
       </c>
       <c r="F290" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G290">
-        <v>110.75</v>
+        <v>54.49</v>
       </c>
       <c r="H290">
-        <v>110.75</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B291" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C291" t="s">
         <v>595</v>
       </c>
       <c r="D291">
         <v>2020</v>
       </c>
       <c r="E291" t="s">
         <v>596</v>
       </c>
       <c r="F291" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G291">
         <v>54.49</v>
       </c>
       <c r="H291">
         <v>54.49</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="B292" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C292" t="s">
         <v>597</v>
       </c>
       <c r="D292">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="E292" t="s">
         <v>598</v>
       </c>
       <c r="F292" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G292">
-        <v>102.34</v>
+        <v>110.75</v>
       </c>
       <c r="H292">
-        <v>102.34</v>
+        <v>110.75</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B293" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C293" t="s">
         <v>599</v>
       </c>
       <c r="D293">
-        <v>31</v>
+        <v>2020</v>
       </c>
       <c r="E293" t="s">
         <v>600</v>
       </c>
       <c r="F293" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G293">
-        <v>20.0</v>
+        <v>54.49</v>
       </c>
       <c r="H293">
-        <v>20.0</v>
+        <v>54.49</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B294" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C294" t="s">
         <v>601</v>
       </c>
+      <c r="D294">
+        <v>2010</v>
+      </c>
       <c r="E294" t="s">
         <v>602</v>
       </c>
       <c r="F294" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G294">
-        <v>20.0</v>
+        <v>102.34</v>
       </c>
       <c r="H294">
-        <v>20.0</v>
+        <v>102.34</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>8</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
         <v>603</v>
       </c>
       <c r="D295">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="E295" t="s">
         <v>604</v>
       </c>
       <c r="F295" t="s">
         <v>12</v>
       </c>
       <c r="G295">
         <v>20.0</v>
       </c>
       <c r="H295">
         <v>20.0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>8</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
         <v>605</v>
       </c>
-      <c r="D296">
-[...1 lines deleted...]
-      </c>
       <c r="E296" t="s">
         <v>606</v>
       </c>
       <c r="F296" t="s">
         <v>12</v>
       </c>
       <c r="G296">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H296">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
+        <v>8</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
         <v>607</v>
       </c>
-      <c r="B297" t="s">
-[...2 lines deleted...]
-      <c r="C297" t="s">
+      <c r="D297">
+        <v>15</v>
+      </c>
+      <c r="E297" t="s">
         <v>608</v>
       </c>
-      <c r="D297">
-[...4 lines deleted...]
-      </c>
       <c r="F297" t="s">
         <v>12</v>
       </c>
       <c r="G297">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
       <c r="H297">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>8</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
+        <v>609</v>
+      </c>
+      <c r="D298">
+        <v>2019</v>
+      </c>
+      <c r="E298" t="s">
         <v>610</v>
       </c>
-      <c r="D298">
-[...4 lines deleted...]
-      </c>
       <c r="F298" t="s">
         <v>12</v>
       </c>
       <c r="G298">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H298">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>8</v>
+        <v>611</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
         <v>612</v>
       </c>
       <c r="D299">
         <v>2019</v>
       </c>
       <c r="E299" t="s">
         <v>613</v>
       </c>
       <c r="F299" t="s">
         <v>12</v>
       </c>
       <c r="G299">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H299">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>8</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
         <v>614</v>
       </c>
       <c r="D300">
-        <v>2020</v>
+        <v>24</v>
       </c>
       <c r="E300" t="s">
         <v>615</v>
       </c>
       <c r="F300" t="s">
         <v>12</v>
       </c>
       <c r="G300">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
       <c r="H300">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>8</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
         <v>616</v>
       </c>
       <c r="D301">
-        <v>25</v>
+        <v>2019</v>
       </c>
       <c r="E301" t="s">
         <v>617</v>
       </c>
       <c r="F301" t="s">
         <v>12</v>
       </c>
       <c r="G301">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H301">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>8</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
         <v>618</v>
       </c>
+      <c r="D302">
+        <v>2020</v>
+      </c>
       <c r="E302" t="s">
         <v>619</v>
       </c>
       <c r="F302" t="s">
         <v>12</v>
       </c>
       <c r="G302">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H302">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
+        <v>8</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
         <v>620</v>
       </c>
-      <c r="B303" t="s">
-[...2 lines deleted...]
-      <c r="C303" t="s">
+      <c r="D303">
+        <v>25</v>
+      </c>
+      <c r="E303" t="s">
         <v>621</v>
       </c>
-      <c r="D303">
-[...4 lines deleted...]
-      </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
       <c r="G303">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H303">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>8</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
+        <v>622</v>
+      </c>
+      <c r="E304" t="s">
         <v>623</v>
-      </c>
-[...4 lines deleted...]
-        <v>624</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304">
         <v>20.0</v>
       </c>
       <c r="H304">
         <v>20.0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>625</v>
       </c>
       <c r="D305">
-        <v>2019</v>
+        <v>1992</v>
       </c>
       <c r="E305" t="s">
         <v>626</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H305">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>8</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
         <v>627</v>
       </c>
       <c r="D306">
-        <v>2022</v>
+        <v>2</v>
       </c>
       <c r="E306" t="s">
         <v>628</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H306">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
         <v>629</v>
       </c>
       <c r="D307">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="E307" t="s">
         <v>630</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H307">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>607</v>
+        <v>8</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>631</v>
       </c>
       <c r="D308">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E308" t="s">
         <v>632</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
       <c r="H308">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
         <v>633</v>
       </c>
       <c r="D309">
-        <v>1962</v>
+        <v>2023</v>
       </c>
       <c r="E309" t="s">
         <v>634</v>
       </c>
       <c r="F309" t="s">
         <v>12</v>
       </c>
       <c r="G309">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H309">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>8</v>
+        <v>611</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
         <v>635</v>
       </c>
       <c r="D310">
-        <v>10</v>
+        <v>2019</v>
       </c>
       <c r="E310" t="s">
         <v>636</v>
       </c>
       <c r="F310" t="s">
         <v>12</v>
       </c>
       <c r="G310">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H310">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
         <v>637</v>
       </c>
       <c r="D311">
-        <v>8</v>
+        <v>1962</v>
       </c>
       <c r="E311" t="s">
         <v>638</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H311">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>8</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
         <v>639</v>
       </c>
       <c r="D312">
-        <v>2019</v>
+        <v>10</v>
       </c>
       <c r="E312" t="s">
         <v>640</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
       <c r="H312">
-        <v>220.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>607</v>
+        <v>8</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>641</v>
       </c>
       <c r="D313">
-        <v>2019</v>
+        <v>8</v>
       </c>
       <c r="E313" t="s">
         <v>642</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
       <c r="G313">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H313">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>8</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
         <v>643</v>
       </c>
       <c r="D314">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="E314" t="s">
         <v>644</v>
       </c>
       <c r="F314" t="s">
         <v>12</v>
       </c>
       <c r="G314">
-        <v>188.0</v>
+        <v>232.0</v>
       </c>
       <c r="H314">
-        <v>188.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>8</v>
+        <v>611</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>645</v>
       </c>
       <c r="D315">
         <v>2019</v>
       </c>
       <c r="E315" t="s">
         <v>646</v>
       </c>
       <c r="F315" t="s">
         <v>12</v>
       </c>
       <c r="G315">
-        <v>308.0</v>
+        <v>142.0</v>
       </c>
       <c r="H315">
-        <v>308.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>8</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
         <v>647</v>
       </c>
       <c r="D316">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="E316" t="s">
         <v>648</v>
       </c>
       <c r="F316" t="s">
         <v>12</v>
       </c>
       <c r="G316">
-        <v>308.0</v>
+        <v>200.0</v>
       </c>
       <c r="H316">
-        <v>308.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>8</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>649</v>
       </c>
       <c r="D317">
         <v>2019</v>
       </c>
       <c r="E317" t="s">
         <v>650</v>
       </c>
       <c r="F317" t="s">
         <v>12</v>
       </c>
       <c r="G317">
-        <v>220.0</v>
+        <v>326.0</v>
       </c>
       <c r="H317">
-        <v>220.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>8</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
         <v>651</v>
       </c>
       <c r="D318">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E318" t="s">
         <v>652</v>
       </c>
       <c r="F318" t="s">
         <v>12</v>
       </c>
       <c r="G318">
-        <v>220.0</v>
+        <v>326.0</v>
       </c>
       <c r="H318">
-        <v>220.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>8</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
         <v>653</v>
       </c>
       <c r="D319">
         <v>2019</v>
       </c>
       <c r="E319" t="s">
         <v>654</v>
       </c>
       <c r="F319" t="s">
         <v>12</v>
       </c>
       <c r="G319">
-        <v>308.0</v>
+        <v>232.0</v>
       </c>
       <c r="H319">
-        <v>308.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>8</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
         <v>655</v>
       </c>
       <c r="D320">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="E320" t="s">
         <v>656</v>
       </c>
       <c r="F320" t="s">
         <v>12</v>
       </c>
       <c r="G320">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
       <c r="H320">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>8</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
         <v>657</v>
       </c>
       <c r="D321">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="E321" t="s">
         <v>658</v>
       </c>
       <c r="F321" t="s">
         <v>12</v>
       </c>
       <c r="G321">
-        <v>134.0</v>
+        <v>326.0</v>
       </c>
       <c r="H321">
-        <v>134.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
         <v>659</v>
       </c>
       <c r="D322">
-        <v>2002</v>
+        <v>2023</v>
       </c>
       <c r="E322" t="s">
         <v>660</v>
       </c>
       <c r="F322" t="s">
         <v>12</v>
       </c>
       <c r="G322">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H322">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>8</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>661</v>
       </c>
       <c r="D323">
-        <v>23</v>
+        <v>2016</v>
       </c>
       <c r="E323" t="s">
         <v>662</v>
       </c>
       <c r="F323" t="s">
         <v>12</v>
       </c>
       <c r="G323">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H323">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>663</v>
       </c>
+      <c r="D324">
+        <v>2002</v>
+      </c>
       <c r="E324" t="s">
         <v>664</v>
       </c>
       <c r="F324" t="s">
         <v>12</v>
       </c>
       <c r="G324">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H324">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>8</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
         <v>665</v>
       </c>
+      <c r="D325">
+        <v>23</v>
+      </c>
       <c r="E325" t="s">
         <v>666</v>
       </c>
       <c r="F325" t="s">
         <v>12</v>
       </c>
       <c r="G325">
         <v>20.0</v>
       </c>
       <c r="H325">
         <v>20.0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>8</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
         <v>667</v>
       </c>
-      <c r="D326">
-[...1 lines deleted...]
-      </c>
       <c r="E326" t="s">
         <v>668</v>
       </c>
       <c r="F326" t="s">
         <v>12</v>
       </c>
       <c r="G326">
         <v>20.0</v>
       </c>
       <c r="H326">
         <v>20.0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>8</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
         <v>669</v>
       </c>
-      <c r="D327">
-[...1 lines deleted...]
-      </c>
       <c r="E327" t="s">
         <v>670</v>
       </c>
       <c r="F327" t="s">
         <v>12</v>
       </c>
       <c r="G327">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H327">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>8</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
         <v>671</v>
       </c>
       <c r="D328">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E328" t="s">
         <v>672</v>
       </c>
       <c r="F328" t="s">
         <v>12</v>
       </c>
       <c r="G328">
         <v>20.0</v>
       </c>
       <c r="H328">
         <v>20.0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>8</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
         <v>673</v>
       </c>
       <c r="D329">
-        <v>7</v>
+        <v>2022</v>
       </c>
       <c r="E329" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="F329" t="s">
         <v>12</v>
       </c>
       <c r="G329">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H329">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="D330">
-        <v>2019</v>
+        <v>15</v>
       </c>
       <c r="E330" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="F330" t="s">
         <v>12</v>
       </c>
       <c r="G330">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H330">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>8</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D331">
-        <v>2022</v>
+        <v>7</v>
       </c>
       <c r="E331" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="F331" t="s">
         <v>12</v>
       </c>
       <c r="G331">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H331">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
         <v>678</v>
       </c>
       <c r="D332">
         <v>2019</v>
       </c>
       <c r="E332" t="s">
         <v>679</v>
       </c>
       <c r="F332" t="s">
         <v>12</v>
       </c>
       <c r="G332">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H332">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>8</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
         <v>680</v>
       </c>
       <c r="D333">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="E333" t="s">
         <v>681</v>
       </c>
       <c r="F333" t="s">
         <v>12</v>
       </c>
       <c r="G333">
-        <v>188.0</v>
+        <v>166.0</v>
       </c>
       <c r="H333">
-        <v>188.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>607</v>
+        <v>8</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
         <v>682</v>
       </c>
       <c r="D334">
-        <v>2002</v>
+        <v>2019</v>
       </c>
       <c r="E334" t="s">
-        <v>660</v>
+        <v>683</v>
       </c>
       <c r="F334" t="s">
         <v>12</v>
       </c>
       <c r="G334">
-        <v>222.0</v>
+        <v>142.0</v>
       </c>
       <c r="H334">
-        <v>222.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>8</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D335">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="E335" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F335" t="s">
         <v>12</v>
       </c>
       <c r="G335">
-        <v>134.0</v>
+        <v>200.0</v>
       </c>
       <c r="H335">
-        <v>134.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>8</v>
+        <v>611</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="D336">
-        <v>29</v>
+        <v>2002</v>
       </c>
       <c r="E336" t="s">
-        <v>686</v>
+        <v>664</v>
       </c>
       <c r="F336" t="s">
         <v>12</v>
       </c>
       <c r="G336">
-        <v>20.0</v>
+        <v>234.0</v>
       </c>
       <c r="H336">
-        <v>20.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>8</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
         <v>687</v>
       </c>
       <c r="D337">
-        <v>8</v>
+        <v>2022</v>
       </c>
       <c r="E337" t="s">
         <v>688</v>
       </c>
       <c r="F337" t="s">
         <v>12</v>
       </c>
       <c r="G337">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H337">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>8</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
         <v>689</v>
       </c>
       <c r="D338">
-        <v>2023</v>
+        <v>29</v>
       </c>
       <c r="E338" t="s">
         <v>690</v>
       </c>
       <c r="F338" t="s">
         <v>12</v>
       </c>
       <c r="G338">
-        <v>188.0</v>
+        <v>20.0</v>
       </c>
       <c r="H338">
-        <v>188.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>8</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>691</v>
       </c>
       <c r="D339">
-        <v>2021</v>
+        <v>8</v>
       </c>
       <c r="E339" t="s">
         <v>692</v>
       </c>
       <c r="F339" t="s">
         <v>12</v>
       </c>
       <c r="G339">
-        <v>188.0</v>
+        <v>20.0</v>
       </c>
       <c r="H339">
-        <v>188.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>8</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
         <v>693</v>
       </c>
       <c r="D340">
-        <v>18</v>
+        <v>2023</v>
       </c>
       <c r="E340" t="s">
         <v>694</v>
       </c>
       <c r="F340" t="s">
         <v>12</v>
       </c>
       <c r="G340">
-        <v>20.0</v>
+        <v>200.0</v>
       </c>
       <c r="H340">
-        <v>20.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>8</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
         <v>695</v>
       </c>
       <c r="D341">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E341" t="s">
         <v>696</v>
       </c>
       <c r="F341" t="s">
         <v>12</v>
       </c>
       <c r="G341">
-        <v>134.0</v>
+        <v>200.0</v>
       </c>
       <c r="H341">
-        <v>134.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
         <v>697</v>
       </c>
       <c r="D342">
-        <v>2016</v>
+        <v>18</v>
       </c>
       <c r="E342" t="s">
         <v>698</v>
       </c>
       <c r="F342" t="s">
         <v>12</v>
       </c>
       <c r="G342">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H342">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>8</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
         <v>699</v>
       </c>
       <c r="D343">
         <v>2022</v>
       </c>
       <c r="E343" t="s">
         <v>700</v>
       </c>
       <c r="F343" t="s">
         <v>12</v>
       </c>
       <c r="G343">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H343">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
         <v>701</v>
       </c>
       <c r="D344">
         <v>2016</v>
       </c>
       <c r="E344" t="s">
         <v>702</v>
       </c>
       <c r="F344" t="s">
         <v>12</v>
       </c>
       <c r="G344">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H344">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>8</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
         <v>703</v>
       </c>
       <c r="D345">
         <v>2022</v>
       </c>
       <c r="E345" t="s">
         <v>704</v>
       </c>
       <c r="F345" t="s">
         <v>12</v>
       </c>
       <c r="G345">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H345">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
         <v>705</v>
       </c>
       <c r="D346">
-        <v>1994</v>
+        <v>2016</v>
       </c>
       <c r="E346" t="s">
         <v>706</v>
       </c>
       <c r="F346" t="s">
         <v>12</v>
       </c>
       <c r="G346">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H346">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>607</v>
+        <v>8</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
         <v>707</v>
       </c>
       <c r="D347">
-        <v>2002</v>
+        <v>2022</v>
       </c>
       <c r="E347" t="s">
         <v>708</v>
       </c>
       <c r="F347" t="s">
         <v>12</v>
       </c>
       <c r="G347">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H347">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
         <v>709</v>
       </c>
       <c r="D348">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="E348" t="s">
         <v>710</v>
       </c>
       <c r="F348" t="s">
         <v>12</v>
       </c>
       <c r="G348">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H348">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
         <v>711</v>
       </c>
       <c r="D349">
-        <v>1962</v>
+        <v>2002</v>
       </c>
       <c r="E349" t="s">
         <v>712</v>
       </c>
       <c r="F349" t="s">
         <v>12</v>
       </c>
       <c r="G349">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H349">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
         <v>713</v>
       </c>
       <c r="D350">
-        <v>2004</v>
+        <v>1998</v>
       </c>
       <c r="E350" t="s">
         <v>714</v>
       </c>
       <c r="F350" t="s">
         <v>12</v>
       </c>
       <c r="G350">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
       <c r="H350">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
         <v>715</v>
       </c>
       <c r="D351">
-        <v>2009</v>
+        <v>1962</v>
       </c>
       <c r="E351" t="s">
         <v>716</v>
       </c>
       <c r="F351" t="s">
         <v>12</v>
       </c>
       <c r="G351">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H351">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
         <v>717</v>
       </c>
       <c r="D352">
         <v>2004</v>
       </c>
       <c r="E352" t="s">
         <v>718</v>
       </c>
       <c r="F352" t="s">
         <v>12</v>
       </c>
       <c r="G352">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
       <c r="H352">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
         <v>719</v>
       </c>
       <c r="D353">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E353" t="s">
         <v>720</v>
       </c>
       <c r="F353" t="s">
         <v>12</v>
       </c>
       <c r="G353">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H353">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
         <v>721</v>
       </c>
       <c r="D354">
-        <v>1994</v>
+        <v>2004</v>
       </c>
       <c r="E354" t="s">
         <v>722</v>
       </c>
       <c r="F354" t="s">
         <v>12</v>
       </c>
       <c r="G354">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H354">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
         <v>723</v>
       </c>
       <c r="D355">
-        <v>1963</v>
+        <v>1997</v>
       </c>
       <c r="E355" t="s">
         <v>724</v>
       </c>
       <c r="F355" t="s">
         <v>12</v>
       </c>
       <c r="G355">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H355">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>8</v>
+        <v>611</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
         <v>725</v>
       </c>
       <c r="D356">
-        <v>3</v>
+        <v>1994</v>
       </c>
       <c r="E356" t="s">
         <v>726</v>
       </c>
       <c r="F356" t="s">
         <v>12</v>
       </c>
       <c r="G356">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H356">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
         <v>727</v>
       </c>
       <c r="D357">
-        <v>2006</v>
+        <v>1963</v>
       </c>
       <c r="E357" t="s">
         <v>728</v>
       </c>
       <c r="F357" t="s">
         <v>12</v>
       </c>
       <c r="G357">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H357">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
         <v>729</v>
       </c>
       <c r="D358">
-        <v>2009</v>
+        <v>3</v>
       </c>
       <c r="E358" t="s">
         <v>730</v>
       </c>
       <c r="F358" t="s">
         <v>12</v>
       </c>
       <c r="G358">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H358">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
         <v>731</v>
       </c>
       <c r="D359">
-        <v>3</v>
+        <v>2006</v>
       </c>
       <c r="E359" t="s">
         <v>732</v>
       </c>
       <c r="F359" t="s">
         <v>12</v>
       </c>
       <c r="G359">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H359">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
         <v>733</v>
       </c>
       <c r="D360">
-        <v>3</v>
+        <v>2009</v>
       </c>
       <c r="E360" t="s">
         <v>734</v>
       </c>
       <c r="F360" t="s">
         <v>12</v>
       </c>
       <c r="G360">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H360">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>8</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
         <v>735</v>
       </c>
       <c r="D361">
-        <v>1996</v>
+        <v>3</v>
       </c>
       <c r="E361" t="s">
         <v>736</v>
       </c>
       <c r="F361" t="s">
         <v>12</v>
       </c>
       <c r="G361">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H361">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>8</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
         <v>737</v>
       </c>
       <c r="D362">
-        <v>1997</v>
+        <v>3</v>
       </c>
       <c r="E362" t="s">
         <v>738</v>
       </c>
       <c r="F362" t="s">
         <v>12</v>
       </c>
       <c r="G362">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H362">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>8</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
         <v>739</v>
       </c>
       <c r="D363">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="E363" t="s">
         <v>740</v>
       </c>
       <c r="F363" t="s">
         <v>12</v>
       </c>
       <c r="G363">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H363">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
         <v>741</v>
       </c>
       <c r="D364">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="E364" t="s">
         <v>742</v>
       </c>
       <c r="F364" t="s">
         <v>12</v>
       </c>
       <c r="G364">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H364">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
         <v>743</v>
       </c>
       <c r="D365">
-        <v>2009</v>
+        <v>1997</v>
       </c>
       <c r="E365" t="s">
         <v>744</v>
       </c>
       <c r="F365" t="s">
         <v>12</v>
       </c>
       <c r="G365">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H365">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
         <v>745</v>
       </c>
       <c r="D366">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="E366" t="s">
         <v>746</v>
       </c>
       <c r="F366" t="s">
         <v>12</v>
       </c>
       <c r="G366">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H366">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
         <v>747</v>
       </c>
       <c r="D367">
-        <v>1993</v>
+        <v>2009</v>
       </c>
       <c r="E367" t="s">
         <v>748</v>
       </c>
       <c r="F367" t="s">
         <v>12</v>
       </c>
       <c r="G367">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H367">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
         <v>749</v>
       </c>
       <c r="D368">
-        <v>1951</v>
+        <v>2010</v>
       </c>
       <c r="E368" t="s">
         <v>750</v>
       </c>
       <c r="F368" t="s">
         <v>12</v>
       </c>
       <c r="G368">
-        <v>66.0</v>
+        <v>166.0</v>
       </c>
       <c r="H368">
-        <v>66.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>8</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
         <v>751</v>
       </c>
       <c r="D369">
-        <v>2008</v>
+        <v>1993</v>
       </c>
       <c r="E369" t="s">
         <v>752</v>
       </c>
       <c r="F369" t="s">
         <v>12</v>
       </c>
       <c r="G369">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H369">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
         <v>753</v>
       </c>
       <c r="D370">
-        <v>2008</v>
+        <v>1951</v>
       </c>
       <c r="E370" t="s">
         <v>754</v>
       </c>
       <c r="F370" t="s">
         <v>12</v>
       </c>
       <c r="G370">
-        <v>134.0</v>
+        <v>70.0</v>
       </c>
       <c r="H370">
-        <v>134.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>8</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
         <v>755</v>
       </c>
       <c r="D371">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E371" t="s">
         <v>756</v>
       </c>
       <c r="F371" t="s">
         <v>12</v>
       </c>
       <c r="G371">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H371">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
         <v>757</v>
       </c>
       <c r="D372">
-        <v>1994</v>
+        <v>2008</v>
       </c>
       <c r="E372" t="s">
         <v>758</v>
       </c>
       <c r="F372" t="s">
         <v>12</v>
       </c>
       <c r="G372">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H372">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>607</v>
+        <v>8</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
         <v>759</v>
       </c>
       <c r="D373">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="E373" t="s">
         <v>760</v>
       </c>
       <c r="F373" t="s">
         <v>12</v>
       </c>
       <c r="G373">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H373">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
         <v>761</v>
       </c>
       <c r="D374">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="E374" t="s">
         <v>762</v>
       </c>
       <c r="F374" t="s">
         <v>12</v>
       </c>
       <c r="G374">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H374">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
         <v>763</v>
       </c>
       <c r="D375">
         <v>2002</v>
       </c>
       <c r="E375" t="s">
         <v>764</v>
       </c>
       <c r="F375" t="s">
         <v>12</v>
       </c>
       <c r="G375">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H375">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
         <v>765</v>
       </c>
       <c r="D376">
-        <v>2006</v>
+        <v>1993</v>
       </c>
       <c r="E376" t="s">
         <v>766</v>
       </c>
       <c r="F376" t="s">
         <v>12</v>
       </c>
       <c r="G376">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H376">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
         <v>767</v>
       </c>
       <c r="D377">
-        <v>1962</v>
+        <v>2002</v>
       </c>
       <c r="E377" t="s">
         <v>768</v>
       </c>
       <c r="F377" t="s">
         <v>12</v>
       </c>
       <c r="G377">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H377">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
         <v>769</v>
       </c>
       <c r="D378">
-        <v>1997</v>
+        <v>2006</v>
       </c>
       <c r="E378" t="s">
         <v>770</v>
       </c>
       <c r="F378" t="s">
         <v>12</v>
       </c>
       <c r="G378">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H378">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
         <v>771</v>
       </c>
       <c r="D379">
-        <v>2009</v>
+        <v>1962</v>
       </c>
       <c r="E379" t="s">
         <v>772</v>
       </c>
       <c r="F379" t="s">
         <v>12</v>
       </c>
       <c r="G379">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H379">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
         <v>773</v>
       </c>
       <c r="D380">
-        <v>2009</v>
+        <v>1997</v>
       </c>
       <c r="E380" t="s">
         <v>774</v>
       </c>
       <c r="F380" t="s">
         <v>12</v>
       </c>
       <c r="G380">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H380">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
         <v>775</v>
       </c>
       <c r="D381">
-        <v>1998</v>
+        <v>2009</v>
       </c>
       <c r="E381" t="s">
         <v>776</v>
       </c>
       <c r="F381" t="s">
         <v>12</v>
       </c>
       <c r="G381">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H381">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
         <v>777</v>
       </c>
       <c r="D382">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E382" t="s">
         <v>778</v>
       </c>
       <c r="F382" t="s">
         <v>12</v>
       </c>
       <c r="G382">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H382">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
         <v>779</v>
       </c>
       <c r="D383">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="E383" t="s">
         <v>780</v>
       </c>
       <c r="F383" t="s">
         <v>12</v>
       </c>
       <c r="G383">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H383">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>8</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
         <v>781</v>
       </c>
       <c r="D384">
-        <v>3</v>
+        <v>2010</v>
       </c>
       <c r="E384" t="s">
         <v>782</v>
       </c>
       <c r="F384" t="s">
         <v>12</v>
       </c>
       <c r="G384">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H384">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
         <v>783</v>
       </c>
       <c r="D385">
-        <v>2007</v>
+        <v>1996</v>
       </c>
       <c r="E385" t="s">
         <v>784</v>
       </c>
       <c r="F385" t="s">
         <v>12</v>
       </c>
       <c r="G385">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H385">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>607</v>
+        <v>8</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
         <v>785</v>
       </c>
       <c r="D386">
-        <v>2008</v>
+        <v>3</v>
       </c>
       <c r="E386" t="s">
         <v>786</v>
       </c>
       <c r="F386" t="s">
         <v>12</v>
       </c>
       <c r="G386">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H386">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
         <v>787</v>
       </c>
       <c r="D387">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E387" t="s">
         <v>788</v>
       </c>
       <c r="F387" t="s">
         <v>12</v>
       </c>
       <c r="G387">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H387">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
         <v>789</v>
       </c>
       <c r="D388">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="E388" t="s">
         <v>790</v>
       </c>
       <c r="F388" t="s">
         <v>12</v>
       </c>
       <c r="G388">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H388">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>8</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
         <v>791</v>
       </c>
       <c r="D389">
-        <v>1989</v>
+        <v>1997</v>
       </c>
       <c r="E389" t="s">
         <v>792</v>
       </c>
       <c r="F389" t="s">
         <v>12</v>
       </c>
       <c r="G389">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H389">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>8</v>
+        <v>611</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
         <v>793</v>
       </c>
       <c r="D390">
-        <v>2022</v>
+        <v>2002</v>
       </c>
       <c r="E390" t="s">
         <v>794</v>
       </c>
       <c r="F390" t="s">
         <v>12</v>
       </c>
       <c r="G390">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H390">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>8</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
         <v>795</v>
       </c>
       <c r="D391">
-        <v>27</v>
+        <v>1989</v>
       </c>
       <c r="E391" t="s">
-        <v>662</v>
+        <v>796</v>
       </c>
       <c r="F391" t="s">
         <v>12</v>
       </c>
       <c r="G391">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H391">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>8</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>796</v>
+        <v>797</v>
+      </c>
+      <c r="D392">
+        <v>2022</v>
       </c>
       <c r="E392" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="F392" t="s">
         <v>12</v>
       </c>
       <c r="G392">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H392">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>8</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D393">
-        <v>2022</v>
+        <v>27</v>
       </c>
       <c r="E393" t="s">
-        <v>799</v>
+        <v>666</v>
       </c>
       <c r="F393" t="s">
         <v>12</v>
       </c>
       <c r="G393">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H393">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
         <v>800</v>
       </c>
-      <c r="D394">
-[...1 lines deleted...]
-      </c>
       <c r="E394" t="s">
         <v>801</v>
       </c>
       <c r="F394" t="s">
         <v>12</v>
       </c>
       <c r="G394">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H394">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>8</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
         <v>802</v>
       </c>
       <c r="D395">
-        <v>1</v>
+        <v>2022</v>
       </c>
       <c r="E395" t="s">
         <v>803</v>
       </c>
       <c r="F395" t="s">
         <v>12</v>
       </c>
       <c r="G395">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H395">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
         <v>804</v>
       </c>
       <c r="D396">
-        <v>10</v>
+        <v>1961</v>
       </c>
       <c r="E396" t="s">
         <v>805</v>
       </c>
       <c r="F396" t="s">
         <v>12</v>
       </c>
       <c r="G396">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H396">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>8</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
         <v>806</v>
       </c>
+      <c r="D397">
+        <v>1</v>
+      </c>
       <c r="E397" t="s">
         <v>807</v>
       </c>
       <c r="F397" t="s">
         <v>12</v>
       </c>
       <c r="G397">
         <v>20.0</v>
       </c>
       <c r="H397">
         <v>20.0</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>8</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
         <v>808</v>
       </c>
       <c r="D398">
-        <v>2021</v>
+        <v>10</v>
       </c>
       <c r="E398" t="s">
         <v>809</v>
       </c>
       <c r="F398" t="s">
         <v>12</v>
       </c>
       <c r="G398">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H398">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>8</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
         <v>810</v>
       </c>
-      <c r="D399">
-[...1 lines deleted...]
-      </c>
       <c r="E399" t="s">
         <v>811</v>
       </c>
       <c r="F399" t="s">
         <v>12</v>
       </c>
       <c r="G399">
-        <v>188.0</v>
+        <v>20.0</v>
       </c>
       <c r="H399">
-        <v>188.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>8</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
         <v>812</v>
       </c>
       <c r="D400">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E400" t="s">
         <v>813</v>
       </c>
       <c r="F400" t="s">
         <v>12</v>
       </c>
       <c r="G400">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H400">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
         <v>814</v>
       </c>
       <c r="D401">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E401" t="s">
         <v>815</v>
       </c>
       <c r="F401" t="s">
         <v>12</v>
       </c>
       <c r="G401">
-        <v>220.0</v>
+        <v>200.0</v>
       </c>
       <c r="H401">
-        <v>220.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
         <v>816</v>
       </c>
       <c r="D402">
-        <v>1967</v>
+        <v>2019</v>
       </c>
       <c r="E402" t="s">
         <v>817</v>
       </c>
       <c r="F402" t="s">
         <v>12</v>
       </c>
       <c r="G402">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H402">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
         <v>818</v>
       </c>
       <c r="D403">
-        <v>1995</v>
+        <v>2019</v>
       </c>
       <c r="E403" t="s">
         <v>819</v>
       </c>
       <c r="F403" t="s">
         <v>12</v>
       </c>
       <c r="G403">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
       <c r="H403">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
         <v>820</v>
       </c>
       <c r="D404">
-        <v>3</v>
+        <v>1967</v>
       </c>
       <c r="E404" t="s">
         <v>821</v>
       </c>
       <c r="F404" t="s">
         <v>12</v>
       </c>
       <c r="G404">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H404">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
         <v>822</v>
       </c>
       <c r="D405">
-        <v>2007</v>
+        <v>1995</v>
       </c>
       <c r="E405" t="s">
         <v>823</v>
       </c>
       <c r="F405" t="s">
         <v>12</v>
       </c>
       <c r="G405">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H405">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
         <v>824</v>
       </c>
       <c r="D406">
-        <v>2007</v>
+        <v>3</v>
       </c>
       <c r="E406" t="s">
         <v>825</v>
       </c>
       <c r="F406" t="s">
         <v>12</v>
       </c>
       <c r="G406">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H406">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
         <v>826</v>
       </c>
       <c r="D407">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="E407" t="s">
         <v>827</v>
       </c>
       <c r="F407" t="s">
         <v>12</v>
       </c>
       <c r="G407">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
       <c r="H407">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
         <v>828</v>
       </c>
       <c r="D408">
-        <v>1951</v>
+        <v>2007</v>
       </c>
       <c r="E408" t="s">
         <v>829</v>
       </c>
       <c r="F408" t="s">
         <v>12</v>
       </c>
       <c r="G408">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H408">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
         <v>830</v>
       </c>
+      <c r="D409">
+        <v>2003</v>
+      </c>
       <c r="E409" t="s">
         <v>831</v>
       </c>
       <c r="F409" t="s">
         <v>12</v>
       </c>
       <c r="G409">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H409">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
         <v>832</v>
       </c>
       <c r="D410">
-        <v>1996</v>
+        <v>1951</v>
       </c>
       <c r="E410" t="s">
         <v>833</v>
       </c>
       <c r="F410" t="s">
         <v>12</v>
       </c>
       <c r="G410">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H410">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>607</v>
+        <v>8</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
         <v>834</v>
       </c>
-      <c r="D411">
-[...1 lines deleted...]
-      </c>
       <c r="E411" t="s">
         <v>835</v>
       </c>
       <c r="F411" t="s">
         <v>12</v>
       </c>
       <c r="G411">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H411">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
         <v>836</v>
       </c>
       <c r="D412">
-        <v>1981</v>
+        <v>1996</v>
       </c>
       <c r="E412" t="s">
         <v>837</v>
       </c>
       <c r="F412" t="s">
         <v>12</v>
       </c>
       <c r="G412">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
       <c r="H412">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
         <v>838</v>
       </c>
       <c r="D413">
-        <v>1962</v>
+        <v>2005</v>
       </c>
       <c r="E413" t="s">
         <v>839</v>
       </c>
       <c r="F413" t="s">
         <v>12</v>
       </c>
       <c r="G413">
-        <v>78.0</v>
+        <v>142.0</v>
       </c>
       <c r="H413">
-        <v>78.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
         <v>840</v>
       </c>
       <c r="D414">
-        <v>1997</v>
+        <v>1981</v>
       </c>
       <c r="E414" t="s">
         <v>841</v>
       </c>
       <c r="F414" t="s">
         <v>12</v>
       </c>
       <c r="G414">
-        <v>134.0</v>
+        <v>220.0</v>
       </c>
       <c r="H414">
-        <v>134.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
         <v>842</v>
       </c>
       <c r="D415">
-        <v>1997</v>
+        <v>1962</v>
       </c>
       <c r="E415" t="s">
         <v>843</v>
       </c>
       <c r="F415" t="s">
         <v>12</v>
       </c>
       <c r="G415">
-        <v>134.0</v>
+        <v>78.0</v>
       </c>
       <c r="H415">
-        <v>134.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>607</v>
+        <v>8</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
         <v>844</v>
       </c>
       <c r="D416">
-        <v>2010</v>
+        <v>1997</v>
       </c>
       <c r="E416" t="s">
         <v>845</v>
       </c>
       <c r="F416" t="s">
         <v>12</v>
       </c>
       <c r="G416">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H416">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
         <v>846</v>
       </c>
       <c r="D417">
-        <v>2012</v>
+        <v>1997</v>
       </c>
       <c r="E417" t="s">
         <v>847</v>
       </c>
       <c r="F417" t="s">
         <v>12</v>
       </c>
       <c r="G417">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H417">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
         <v>848</v>
       </c>
       <c r="D418">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="E418" t="s">
         <v>849</v>
       </c>
       <c r="F418" t="s">
         <v>12</v>
       </c>
       <c r="G418">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H418">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
         <v>850</v>
       </c>
       <c r="D419">
-        <v>1962</v>
+        <v>2012</v>
       </c>
       <c r="E419" t="s">
         <v>851</v>
       </c>
       <c r="F419" t="s">
         <v>12</v>
       </c>
       <c r="G419">
-        <v>66.0</v>
+        <v>142.0</v>
       </c>
       <c r="H419">
-        <v>66.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
         <v>852</v>
       </c>
       <c r="D420">
         <v>1996</v>
       </c>
       <c r="E420" t="s">
         <v>853</v>
       </c>
       <c r="F420" t="s">
         <v>12</v>
       </c>
       <c r="G420">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H420">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
         <v>854</v>
       </c>
       <c r="D421">
-        <v>2009</v>
+        <v>1962</v>
       </c>
       <c r="E421" t="s">
         <v>855</v>
       </c>
       <c r="F421" t="s">
         <v>12</v>
       </c>
       <c r="G421">
-        <v>134.0</v>
+        <v>66.0</v>
       </c>
       <c r="H421">
-        <v>134.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
         <v>856</v>
       </c>
       <c r="D422">
-        <v>2007</v>
+        <v>1996</v>
       </c>
       <c r="E422" t="s">
         <v>857</v>
       </c>
       <c r="F422" t="s">
         <v>12</v>
       </c>
       <c r="G422">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H422">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
         <v>858</v>
       </c>
       <c r="D423">
-        <v>1974</v>
+        <v>2009</v>
       </c>
       <c r="E423" t="s">
         <v>859</v>
       </c>
       <c r="F423" t="s">
         <v>12</v>
       </c>
       <c r="G423">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
       <c r="H423">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
         <v>860</v>
       </c>
       <c r="D424">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E424" t="s">
         <v>861</v>
       </c>
       <c r="F424" t="s">
         <v>12</v>
       </c>
       <c r="G424">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H424">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
         <v>862</v>
       </c>
       <c r="D425">
-        <v>2006</v>
+        <v>1974</v>
       </c>
       <c r="E425" t="s">
         <v>863</v>
       </c>
       <c r="F425" t="s">
         <v>12</v>
       </c>
       <c r="G425">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
       <c r="H425">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
         <v>864</v>
       </c>
       <c r="D426">
         <v>2009</v>
       </c>
       <c r="E426" t="s">
         <v>865</v>
       </c>
       <c r="F426" t="s">
         <v>12</v>
       </c>
       <c r="G426">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H426">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
         <v>866</v>
       </c>
       <c r="D427">
-        <v>1958</v>
+        <v>2006</v>
       </c>
       <c r="E427" t="s">
         <v>867</v>
       </c>
       <c r="F427" t="s">
         <v>12</v>
       </c>
       <c r="G427">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H427">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>8</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
         <v>868</v>
       </c>
       <c r="D428">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E428" t="s">
         <v>869</v>
       </c>
       <c r="F428" t="s">
         <v>12</v>
       </c>
       <c r="G428">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H428">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
         <v>870</v>
       </c>
       <c r="D429">
-        <v>1999</v>
+        <v>1958</v>
       </c>
       <c r="E429" t="s">
         <v>871</v>
       </c>
       <c r="F429" t="s">
         <v>12</v>
       </c>
       <c r="G429">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H429">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>8</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
         <v>872</v>
       </c>
       <c r="D430">
-        <v>2009</v>
+        <v>1997</v>
       </c>
       <c r="E430" t="s">
         <v>873</v>
       </c>
       <c r="F430" t="s">
         <v>12</v>
       </c>
       <c r="G430">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H430">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
         <v>874</v>
       </c>
       <c r="D431">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="E431" t="s">
         <v>875</v>
       </c>
       <c r="F431" t="s">
         <v>12</v>
       </c>
       <c r="G431">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H431">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
         <v>876</v>
       </c>
       <c r="D432">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E432" t="s">
         <v>877</v>
       </c>
       <c r="F432" t="s">
         <v>12</v>
       </c>
       <c r="G432">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H432">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>8</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
         <v>878</v>
       </c>
       <c r="D433">
-        <v>1998</v>
+        <v>1997</v>
       </c>
       <c r="E433" t="s">
         <v>879</v>
       </c>
       <c r="F433" t="s">
         <v>12</v>
       </c>
       <c r="G433">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H433">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
         <v>880</v>
       </c>
       <c r="D434">
-        <v>2009</v>
+        <v>1996</v>
       </c>
       <c r="E434" t="s">
         <v>881</v>
       </c>
       <c r="F434" t="s">
         <v>12</v>
       </c>
       <c r="G434">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H434">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>8</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
         <v>882</v>
       </c>
       <c r="D435">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="E435" t="s">
         <v>883</v>
       </c>
       <c r="F435" t="s">
         <v>12</v>
       </c>
       <c r="G435">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H435">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>8</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
         <v>884</v>
       </c>
       <c r="D436">
-        <v>1998</v>
+        <v>2009</v>
       </c>
       <c r="E436" t="s">
         <v>885</v>
       </c>
       <c r="F436" t="s">
         <v>12</v>
       </c>
       <c r="G436">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H436">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>8</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
         <v>886</v>
       </c>
       <c r="D437">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="E437" t="s">
         <v>887</v>
       </c>
       <c r="F437" t="s">
         <v>12</v>
       </c>
       <c r="G437">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H437">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
         <v>888</v>
       </c>
       <c r="D438">
-        <v>2004</v>
+        <v>1998</v>
       </c>
       <c r="E438" t="s">
         <v>889</v>
       </c>
       <c r="F438" t="s">
         <v>12</v>
       </c>
       <c r="G438">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H438">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>8</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
         <v>890</v>
       </c>
       <c r="D439">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="E439" t="s">
         <v>891</v>
       </c>
       <c r="F439" t="s">
         <v>12</v>
       </c>
       <c r="G439">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H439">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
         <v>892</v>
       </c>
       <c r="D440">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="E440" t="s">
         <v>893</v>
       </c>
       <c r="F440" t="s">
         <v>12</v>
       </c>
       <c r="G440">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H440">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
         <v>894</v>
       </c>
       <c r="D441">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="E441" t="s">
         <v>895</v>
       </c>
       <c r="F441" t="s">
         <v>12</v>
       </c>
       <c r="G441">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H441">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
+        <v>8</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
         <v>896</v>
       </c>
-      <c r="B442" t="s">
-[...2 lines deleted...]
-      <c r="C442" t="s">
+      <c r="D442">
+        <v>2016</v>
+      </c>
+      <c r="E442" t="s">
         <v>897</v>
       </c>
-      <c r="D442">
-[...4 lines deleted...]
-      </c>
       <c r="F442" t="s">
         <v>12</v>
       </c>
       <c r="G442">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H442">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
+        <v>898</v>
+      </c>
+      <c r="D443">
+        <v>1996</v>
+      </c>
+      <c r="E443" t="s">
         <v>899</v>
       </c>
-      <c r="D443">
-[...4 lines deleted...]
-      </c>
       <c r="F443" t="s">
         <v>12</v>
       </c>
       <c r="G443">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H443">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>8</v>
+        <v>900</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
         <v>901</v>
       </c>
       <c r="D444">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E444" t="s">
         <v>902</v>
       </c>
       <c r="F444" t="s">
         <v>12</v>
       </c>
       <c r="G444">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H444">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
         <v>903</v>
       </c>
       <c r="D445">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="E445" t="s">
         <v>904</v>
       </c>
       <c r="F445" t="s">
         <v>12</v>
       </c>
       <c r="G445">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H445">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
         <v>905</v>
       </c>
       <c r="D446">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E446" t="s">
         <v>906</v>
       </c>
       <c r="F446" t="s">
         <v>12</v>
       </c>
       <c r="G446">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H446">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
         <v>907</v>
       </c>
       <c r="D447">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="E447" t="s">
         <v>908</v>
       </c>
       <c r="F447" t="s">
         <v>12</v>
       </c>
       <c r="G447">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H447">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
         <v>909</v>
       </c>
       <c r="D448">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E448" t="s">
         <v>910</v>
       </c>
       <c r="F448" t="s">
         <v>12</v>
       </c>
       <c r="G448">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H448">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
         <v>911</v>
       </c>
       <c r="D449">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="E449" t="s">
         <v>912</v>
       </c>
       <c r="F449" t="s">
         <v>12</v>
       </c>
       <c r="G449">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H449">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
         <v>913</v>
       </c>
       <c r="D450">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E450" t="s">
         <v>914</v>
       </c>
       <c r="F450" t="s">
         <v>12</v>
       </c>
       <c r="G450">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H450">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
         <v>915</v>
       </c>
       <c r="D451">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="E451" t="s">
         <v>916</v>
       </c>
       <c r="F451" t="s">
         <v>12</v>
       </c>
       <c r="G451">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H451">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
         <v>917</v>
       </c>
       <c r="D452">
-        <v>2009</v>
+        <v>1997</v>
       </c>
       <c r="E452" t="s">
         <v>918</v>
       </c>
       <c r="F452" t="s">
         <v>12</v>
       </c>
       <c r="G452">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H452">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
         <v>919</v>
       </c>
       <c r="D453">
-        <v>1962</v>
+        <v>2004</v>
       </c>
       <c r="E453" t="s">
         <v>920</v>
       </c>
       <c r="F453" t="s">
         <v>12</v>
       </c>
       <c r="G453">
-        <v>78.0</v>
+        <v>142.0</v>
       </c>
       <c r="H453">
-        <v>78.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
         <v>921</v>
       </c>
       <c r="D454">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E454" t="s">
         <v>922</v>
       </c>
       <c r="F454" t="s">
         <v>12</v>
       </c>
       <c r="G454">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H454">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
         <v>923</v>
       </c>
       <c r="D455">
-        <v>2005</v>
+        <v>1962</v>
       </c>
       <c r="E455" t="s">
         <v>924</v>
       </c>
       <c r="F455" t="s">
         <v>12</v>
       </c>
       <c r="G455">
-        <v>258.0</v>
+        <v>78.0</v>
       </c>
       <c r="H455">
-        <v>258.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
         <v>925</v>
       </c>
       <c r="D456">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E456" t="s">
         <v>926</v>
       </c>
       <c r="F456" t="s">
         <v>12</v>
       </c>
       <c r="G456">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H456">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
         <v>927</v>
       </c>
       <c r="D457">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="E457" t="s">
         <v>928</v>
       </c>
       <c r="F457" t="s">
         <v>12</v>
       </c>
       <c r="G457">
-        <v>134.0</v>
+        <v>272.0</v>
       </c>
       <c r="H457">
-        <v>134.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
         <v>929</v>
       </c>
       <c r="D458">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E458" t="s">
         <v>930</v>
       </c>
       <c r="F458" t="s">
         <v>12</v>
       </c>
       <c r="G458">
-        <v>258.0</v>
+        <v>142.0</v>
       </c>
       <c r="H458">
-        <v>258.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
         <v>931</v>
       </c>
       <c r="D459">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E459" t="s">
         <v>932</v>
       </c>
       <c r="F459" t="s">
         <v>12</v>
       </c>
       <c r="G459">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H459">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
         <v>933</v>
       </c>
       <c r="D460">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="E460" t="s">
         <v>934</v>
       </c>
       <c r="F460" t="s">
         <v>12</v>
       </c>
       <c r="G460">
-        <v>134.0</v>
+        <v>272.0</v>
       </c>
       <c r="H460">
-        <v>134.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
         <v>935</v>
       </c>
       <c r="D461">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="E461" t="s">
         <v>936</v>
       </c>
       <c r="F461" t="s">
         <v>12</v>
       </c>
       <c r="G461">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H461">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
         <v>937</v>
       </c>
       <c r="D462">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E462" t="s">
         <v>938</v>
       </c>
       <c r="F462" t="s">
         <v>12</v>
       </c>
       <c r="G462">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H462">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
         <v>939</v>
       </c>
       <c r="D463">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E463" t="s">
         <v>940</v>
       </c>
       <c r="F463" t="s">
         <v>12</v>
       </c>
       <c r="G463">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H463">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>8</v>
+        <v>611</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
         <v>941</v>
       </c>
       <c r="D464">
-        <v>1995</v>
+        <v>2016</v>
       </c>
       <c r="E464" t="s">
         <v>942</v>
       </c>
       <c r="F464" t="s">
         <v>12</v>
       </c>
       <c r="G464">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H464">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
         <v>943</v>
       </c>
       <c r="D465">
-        <v>1955</v>
+        <v>2009</v>
       </c>
       <c r="E465" t="s">
         <v>944</v>
       </c>
       <c r="F465" t="s">
         <v>12</v>
       </c>
       <c r="G465">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H465">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
         <v>945</v>
       </c>
       <c r="D466">
-        <v>2012</v>
+        <v>1995</v>
       </c>
       <c r="E466" t="s">
         <v>946</v>
       </c>
       <c r="F466" t="s">
         <v>12</v>
       </c>
       <c r="G466">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H466">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
         <v>947</v>
       </c>
       <c r="D467">
-        <v>1996</v>
+        <v>1955</v>
       </c>
       <c r="E467" t="s">
         <v>948</v>
       </c>
       <c r="F467" t="s">
         <v>12</v>
       </c>
       <c r="G467">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H467">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
         <v>949</v>
       </c>
       <c r="D468">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="E468" t="s">
         <v>950</v>
       </c>
       <c r="F468" t="s">
         <v>12</v>
       </c>
       <c r="G468">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H468">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
         <v>951</v>
       </c>
       <c r="D469">
-        <v>1978</v>
+        <v>1996</v>
       </c>
       <c r="E469" t="s">
         <v>952</v>
       </c>
       <c r="F469" t="s">
         <v>12</v>
       </c>
       <c r="G469">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
       <c r="H469">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
         <v>953</v>
       </c>
       <c r="D470">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E470" t="s">
         <v>954</v>
       </c>
       <c r="F470" t="s">
         <v>12</v>
       </c>
       <c r="G470">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H470">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
         <v>955</v>
       </c>
       <c r="D471">
-        <v>2005</v>
+        <v>1978</v>
       </c>
       <c r="E471" t="s">
         <v>956</v>
       </c>
       <c r="F471" t="s">
         <v>12</v>
       </c>
       <c r="G471">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
       <c r="H471">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
         <v>957</v>
       </c>
       <c r="D472">
-        <v>1969</v>
+        <v>2008</v>
       </c>
       <c r="E472" t="s">
         <v>958</v>
       </c>
       <c r="F472" t="s">
         <v>12</v>
       </c>
       <c r="G472">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
       <c r="H472">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>607</v>
+        <v>8</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
         <v>959</v>
       </c>
       <c r="D473">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E473" t="s">
         <v>960</v>
       </c>
       <c r="F473" t="s">
         <v>12</v>
       </c>
       <c r="G473">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H473">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>896</v>
+        <v>624</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
         <v>961</v>
       </c>
       <c r="D474">
-        <v>1996</v>
+        <v>1969</v>
       </c>
       <c r="E474" t="s">
         <v>962</v>
       </c>
       <c r="F474" t="s">
         <v>12</v>
       </c>
       <c r="G474">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
       <c r="H474">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>8</v>
+        <v>611</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
         <v>963</v>
       </c>
       <c r="D475">
-        <v>1995</v>
+        <v>2006</v>
       </c>
       <c r="E475" t="s">
         <v>964</v>
       </c>
       <c r="F475" t="s">
         <v>12</v>
       </c>
       <c r="G475">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H475">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>8</v>
+        <v>900</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
         <v>965</v>
       </c>
       <c r="D476">
-        <v>2009</v>
+        <v>1996</v>
       </c>
       <c r="E476" t="s">
         <v>966</v>
       </c>
       <c r="F476" t="s">
         <v>12</v>
       </c>
       <c r="G476">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H476">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>8</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
         <v>967</v>
       </c>
       <c r="D477">
-        <v>2016</v>
+        <v>1995</v>
       </c>
       <c r="E477" t="s">
         <v>968</v>
       </c>
       <c r="F477" t="s">
         <v>12</v>
       </c>
       <c r="G477">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H477">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
         <v>969</v>
       </c>
       <c r="D478">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E478" t="s">
         <v>970</v>
       </c>
       <c r="F478" t="s">
         <v>12</v>
       </c>
       <c r="G478">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H478">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
         <v>971</v>
       </c>
       <c r="D479">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="E479" t="s">
-        <v>863</v>
+        <v>972</v>
       </c>
       <c r="F479" t="s">
         <v>12</v>
       </c>
       <c r="G479">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H479">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D480">
-        <v>2004</v>
+        <v>1996</v>
       </c>
       <c r="E480" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="F480" t="s">
         <v>12</v>
       </c>
       <c r="G480">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H480">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="D481">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="E481" t="s">
-        <v>975</v>
+        <v>867</v>
       </c>
       <c r="F481" t="s">
         <v>12</v>
       </c>
       <c r="G481">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H481">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
         <v>976</v>
       </c>
       <c r="D482">
-        <v>1962</v>
+        <v>2004</v>
       </c>
       <c r="E482" t="s">
         <v>977</v>
       </c>
       <c r="F482" t="s">
         <v>12</v>
       </c>
       <c r="G482">
-        <v>62.0</v>
+        <v>142.0</v>
       </c>
       <c r="H482">
-        <v>62.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
         <v>978</v>
       </c>
       <c r="D483">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E483" t="s">
         <v>979</v>
       </c>
       <c r="F483" t="s">
         <v>12</v>
       </c>
       <c r="G483">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H483">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
         <v>980</v>
       </c>
       <c r="D484">
-        <v>1996</v>
+        <v>1962</v>
       </c>
       <c r="E484" t="s">
         <v>981</v>
       </c>
       <c r="F484" t="s">
         <v>12</v>
       </c>
       <c r="G484">
-        <v>134.0</v>
+        <v>62.0</v>
       </c>
       <c r="H484">
-        <v>134.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
         <v>982</v>
       </c>
       <c r="D485">
-        <v>3</v>
+        <v>2004</v>
       </c>
       <c r="E485" t="s">
         <v>983</v>
       </c>
       <c r="F485" t="s">
         <v>12</v>
       </c>
       <c r="G485">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H485">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
         <v>984</v>
       </c>
       <c r="D486">
-        <v>1968</v>
+        <v>1996</v>
       </c>
       <c r="E486" t="s">
         <v>985</v>
       </c>
       <c r="F486" t="s">
         <v>12</v>
       </c>
       <c r="G486">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
       <c r="H486">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
         <v>986</v>
       </c>
       <c r="D487">
-        <v>2009</v>
+        <v>3</v>
       </c>
       <c r="E487" t="s">
         <v>987</v>
       </c>
       <c r="F487" t="s">
         <v>12</v>
       </c>
       <c r="G487">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H487">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
         <v>988</v>
       </c>
       <c r="D488">
-        <v>2002</v>
+        <v>1968</v>
       </c>
       <c r="E488" t="s">
         <v>989</v>
       </c>
       <c r="F488" t="s">
         <v>12</v>
       </c>
       <c r="G488">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
       <c r="H488">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
         <v>990</v>
       </c>
       <c r="D489">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="E489" t="s">
         <v>991</v>
       </c>
       <c r="F489" t="s">
         <v>12</v>
       </c>
       <c r="G489">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
       <c r="H489">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
         <v>992</v>
       </c>
       <c r="D490">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="E490" t="s">
         <v>993</v>
       </c>
       <c r="F490" t="s">
         <v>12</v>
       </c>
       <c r="G490">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H490">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
         <v>994</v>
       </c>
       <c r="D491">
-        <v>1996</v>
+        <v>2017</v>
       </c>
       <c r="E491" t="s">
         <v>995</v>
       </c>
       <c r="F491" t="s">
         <v>12</v>
       </c>
       <c r="G491">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
       <c r="H491">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
         <v>996</v>
       </c>
       <c r="D492">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="E492" t="s">
         <v>997</v>
       </c>
       <c r="F492" t="s">
         <v>12</v>
       </c>
       <c r="G492">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H492">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
         <v>998</v>
       </c>
       <c r="D493">
         <v>1996</v>
       </c>
       <c r="E493" t="s">
         <v>999</v>
       </c>
       <c r="F493" t="s">
         <v>12</v>
       </c>
       <c r="G493">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H493">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
         <v>1000</v>
       </c>
       <c r="D494">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="E494" t="s">
         <v>1001</v>
       </c>
       <c r="F494" t="s">
         <v>12</v>
       </c>
       <c r="G494">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H494">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
         <v>1002</v>
       </c>
       <c r="D495">
-        <v>2009</v>
+        <v>1996</v>
       </c>
       <c r="E495" t="s">
         <v>1003</v>
       </c>
       <c r="F495" t="s">
         <v>12</v>
       </c>
       <c r="G495">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H495">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
         <v>1004</v>
       </c>
       <c r="D496">
-        <v>1996</v>
+        <v>2002</v>
       </c>
       <c r="E496" t="s">
         <v>1005</v>
       </c>
       <c r="F496" t="s">
         <v>12</v>
       </c>
       <c r="G496">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H496">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
         <v>1006</v>
       </c>
       <c r="D497">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E497" t="s">
         <v>1007</v>
       </c>
       <c r="F497" t="s">
         <v>12</v>
       </c>
       <c r="G497">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H497">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
         <v>1008</v>
       </c>
       <c r="D498">
-        <v>1972</v>
+        <v>1996</v>
       </c>
       <c r="E498" t="s">
         <v>1009</v>
       </c>
       <c r="F498" t="s">
         <v>12</v>
       </c>
       <c r="G498">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H498">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
         <v>1010</v>
       </c>
       <c r="D499">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E499" t="s">
         <v>1011</v>
       </c>
       <c r="F499" t="s">
         <v>12</v>
       </c>
       <c r="G499">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
       <c r="H499">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
         <v>1012</v>
       </c>
+      <c r="D500">
+        <v>1972</v>
+      </c>
       <c r="E500" t="s">
         <v>1013</v>
       </c>
       <c r="F500" t="s">
         <v>12</v>
       </c>
       <c r="G500">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H500">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
         <v>1014</v>
       </c>
       <c r="D501">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E501" t="s">
         <v>1015</v>
       </c>
       <c r="F501" t="s">
         <v>12</v>
       </c>
       <c r="G501">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
       <c r="H501">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>607</v>
+        <v>8</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
         <v>1016</v>
       </c>
-      <c r="D502">
-[...1 lines deleted...]
-      </c>
       <c r="E502" t="s">
         <v>1017</v>
       </c>
       <c r="F502" t="s">
         <v>12</v>
       </c>
       <c r="G502">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H502">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
         <v>1018</v>
       </c>
       <c r="D503">
         <v>2009</v>
       </c>
       <c r="E503" t="s">
         <v>1019</v>
       </c>
       <c r="F503" t="s">
         <v>12</v>
       </c>
       <c r="G503">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
       <c r="H503">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
         <v>1020</v>
       </c>
       <c r="D504">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E504" t="s">
         <v>1021</v>
       </c>
       <c r="F504" t="s">
         <v>12</v>
       </c>
       <c r="G504">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H504">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
         <v>1022</v>
       </c>
       <c r="D505">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="E505" t="s">
         <v>1023</v>
       </c>
       <c r="F505" t="s">
         <v>12</v>
       </c>
       <c r="G505">
-        <v>158.0</v>
+        <v>232.0</v>
       </c>
       <c r="H505">
-        <v>158.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
         <v>1024</v>
       </c>
       <c r="D506">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="E506" t="s">
         <v>1025</v>
       </c>
       <c r="F506" t="s">
         <v>12</v>
       </c>
       <c r="G506">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H506">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>8</v>
+        <v>611</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
         <v>1026</v>
       </c>
       <c r="D507">
-        <v>1995</v>
+        <v>2016</v>
       </c>
       <c r="E507" t="s">
         <v>1027</v>
       </c>
       <c r="F507" t="s">
         <v>12</v>
       </c>
       <c r="G507">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H507">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
         <v>1028</v>
       </c>
       <c r="D508">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E508" t="s">
         <v>1029</v>
       </c>
       <c r="F508" t="s">
         <v>12</v>
       </c>
       <c r="G508">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H508">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
         <v>1030</v>
       </c>
       <c r="D509">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="E509" t="s">
         <v>1031</v>
       </c>
       <c r="F509" t="s">
         <v>12</v>
       </c>
       <c r="G509">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H509">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
         <v>1032</v>
       </c>
       <c r="D510">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E510" t="s">
         <v>1033</v>
       </c>
       <c r="F510" t="s">
         <v>12</v>
       </c>
       <c r="G510">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H510">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
         <v>1034</v>
       </c>
       <c r="D511">
-        <v>2012</v>
+        <v>1999</v>
       </c>
       <c r="E511" t="s">
         <v>1035</v>
       </c>
       <c r="F511" t="s">
         <v>12</v>
       </c>
       <c r="G511">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H511">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
         <v>1036</v>
       </c>
       <c r="D512">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="E512" t="s">
         <v>1037</v>
       </c>
       <c r="F512" t="s">
         <v>12</v>
       </c>
       <c r="G512">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H512">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
         <v>1038</v>
       </c>
       <c r="D513">
-        <v>17</v>
+        <v>2012</v>
       </c>
       <c r="E513" t="s">
         <v>1039</v>
       </c>
       <c r="F513" t="s">
         <v>12</v>
       </c>
       <c r="G513">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H513">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
         <v>1040</v>
       </c>
       <c r="D514">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="E514" t="s">
         <v>1041</v>
       </c>
       <c r="F514" t="s">
         <v>12</v>
       </c>
       <c r="G514">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H514">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>8</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
         <v>1042</v>
       </c>
       <c r="D515">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="E515" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="F515" t="s">
         <v>12</v>
       </c>
       <c r="G515">
         <v>20.0</v>
       </c>
       <c r="H515">
         <v>20.0</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1043</v>
+        <v>624</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
         <v>1044</v>
       </c>
       <c r="D516">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E516" t="s">
         <v>1045</v>
       </c>
       <c r="F516" t="s">
         <v>12</v>
       </c>
       <c r="G516">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H516">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>8</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
         <v>1046</v>
       </c>
       <c r="D517">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="E517" t="s">
-        <v>1047</v>
+        <v>1043</v>
       </c>
       <c r="F517" t="s">
         <v>12</v>
       </c>
       <c r="G517">
         <v>20.0</v>
       </c>
       <c r="H517">
         <v>20.0</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>620</v>
+        <v>1047</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
         <v>1048</v>
       </c>
       <c r="D518">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E518" t="s">
         <v>1049</v>
       </c>
       <c r="F518" t="s">
         <v>12</v>
       </c>
       <c r="G518">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H518">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
         <v>1050</v>
       </c>
       <c r="D519">
-        <v>2016</v>
+        <v>3</v>
       </c>
       <c r="E519" t="s">
         <v>1051</v>
       </c>
       <c r="F519" t="s">
         <v>12</v>
       </c>
       <c r="G519">
-        <v>258.0</v>
+        <v>20.0</v>
       </c>
       <c r="H519">
-        <v>258.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
         <v>1052</v>
       </c>
       <c r="D520">
-        <v>1962</v>
+        <v>2009</v>
       </c>
       <c r="E520" t="s">
         <v>1053</v>
       </c>
       <c r="F520" t="s">
         <v>12</v>
       </c>
       <c r="G520">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H520">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
         <v>1054</v>
       </c>
       <c r="D521">
-        <v>1997</v>
+        <v>2016</v>
       </c>
       <c r="E521" t="s">
         <v>1055</v>
       </c>
       <c r="F521" t="s">
         <v>12</v>
       </c>
       <c r="G521">
-        <v>134.0</v>
+        <v>272.0</v>
       </c>
       <c r="H521">
-        <v>134.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
         <v>1056</v>
       </c>
       <c r="D522">
-        <v>2005</v>
+        <v>1962</v>
       </c>
       <c r="E522" t="s">
         <v>1057</v>
       </c>
       <c r="F522" t="s">
         <v>12</v>
       </c>
       <c r="G522">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H522">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
         <v>1058</v>
       </c>
       <c r="D523">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="E523" t="s">
         <v>1059</v>
       </c>
       <c r="F523" t="s">
         <v>12</v>
       </c>
       <c r="G523">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H523">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>607</v>
+        <v>8</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
         <v>1060</v>
       </c>
       <c r="D524">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="E524" t="s">
         <v>1061</v>
       </c>
       <c r="F524" t="s">
         <v>12</v>
       </c>
       <c r="G524">
-        <v>220.0</v>
+        <v>166.0</v>
       </c>
       <c r="H524">
-        <v>220.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
         <v>1062</v>
       </c>
       <c r="D525">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E525" t="s">
         <v>1063</v>
       </c>
       <c r="F525" t="s">
         <v>12</v>
       </c>
       <c r="G525">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H525">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
         <v>1064</v>
       </c>
       <c r="D526">
-        <v>1965</v>
+        <v>1999</v>
       </c>
       <c r="E526" t="s">
         <v>1065</v>
       </c>
       <c r="F526" t="s">
         <v>12</v>
       </c>
       <c r="G526">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
       <c r="H526">
-        <v>134.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
         <v>1066</v>
       </c>
       <c r="D527">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E527" t="s">
         <v>1067</v>
       </c>
       <c r="F527" t="s">
         <v>12</v>
       </c>
       <c r="G527">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H527">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
         <v>1068</v>
       </c>
       <c r="D528">
-        <v>1994</v>
+        <v>1965</v>
       </c>
       <c r="E528" t="s">
         <v>1069</v>
       </c>
       <c r="F528" t="s">
         <v>12</v>
       </c>
       <c r="G528">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H528">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
         <v>1070</v>
       </c>
       <c r="D529">
         <v>2009</v>
       </c>
       <c r="E529" t="s">
         <v>1071</v>
       </c>
       <c r="F529" t="s">
         <v>12</v>
       </c>
       <c r="G529">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H529">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
         <v>1072</v>
       </c>
       <c r="D530">
-        <v>2016</v>
+        <v>1994</v>
       </c>
       <c r="E530" t="s">
         <v>1073</v>
       </c>
       <c r="F530" t="s">
         <v>12</v>
       </c>
       <c r="G530">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H530">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
         <v>1074</v>
       </c>
       <c r="D531">
-        <v>1962</v>
+        <v>2009</v>
       </c>
       <c r="E531" t="s">
         <v>1075</v>
       </c>
       <c r="F531" t="s">
         <v>12</v>
       </c>
       <c r="G531">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H531">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
         <v>1076</v>
       </c>
       <c r="D532">
         <v>2016</v>
       </c>
       <c r="E532" t="s">
         <v>1077</v>
       </c>
       <c r="F532" t="s">
         <v>12</v>
       </c>
       <c r="G532">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H532">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
         <v>1078</v>
       </c>
       <c r="D533">
-        <v>1999</v>
+        <v>1962</v>
       </c>
       <c r="E533" t="s">
         <v>1079</v>
       </c>
       <c r="F533" t="s">
         <v>12</v>
       </c>
       <c r="G533">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H533">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
         <v>1080</v>
       </c>
       <c r="D534">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="E534" t="s">
         <v>1081</v>
       </c>
       <c r="F534" t="s">
         <v>12</v>
       </c>
       <c r="G534">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H534">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
         <v>1082</v>
       </c>
       <c r="D535">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="E535" t="s">
         <v>1083</v>
       </c>
       <c r="F535" t="s">
         <v>12</v>
       </c>
       <c r="G535">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H535">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
         <v>1084</v>
       </c>
       <c r="D536">
         <v>1996</v>
       </c>
       <c r="E536" t="s">
         <v>1085</v>
       </c>
       <c r="F536" t="s">
         <v>12</v>
       </c>
       <c r="G536">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H536">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
         <v>8</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
         <v>1086</v>
       </c>
       <c r="D537">
-        <v>2</v>
+        <v>1994</v>
       </c>
       <c r="E537" t="s">
         <v>1087</v>
       </c>
       <c r="F537" t="s">
         <v>12</v>
       </c>
       <c r="G537">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H537">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
         <v>1088</v>
       </c>
       <c r="D538">
         <v>1996</v>
       </c>
       <c r="E538" t="s">
         <v>1089</v>
       </c>
       <c r="F538" t="s">
         <v>12</v>
       </c>
       <c r="G538">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H538">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>607</v>
+        <v>8</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
         <v>1090</v>
       </c>
       <c r="D539">
-        <v>1998</v>
+        <v>2</v>
       </c>
       <c r="E539" t="s">
         <v>1091</v>
       </c>
       <c r="F539" t="s">
         <v>12</v>
       </c>
       <c r="G539">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
       <c r="H539">
-        <v>134.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
         <v>1092</v>
       </c>
       <c r="D540">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E540" t="s">
         <v>1093</v>
       </c>
       <c r="F540" t="s">
         <v>12</v>
       </c>
       <c r="G540">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H540">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
         <v>1094</v>
       </c>
       <c r="D541">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="E541" t="s">
         <v>1095</v>
       </c>
       <c r="F541" t="s">
         <v>12</v>
       </c>
       <c r="G541">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H541">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>8</v>
+        <v>611</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
         <v>1096</v>
       </c>
       <c r="D542">
-        <v>2005</v>
+        <v>1995</v>
       </c>
       <c r="E542" t="s">
         <v>1097</v>
       </c>
       <c r="F542" t="s">
         <v>12</v>
       </c>
       <c r="G542">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H542">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
         <v>1098</v>
       </c>
       <c r="D543">
-        <v>1994</v>
+        <v>2008</v>
       </c>
       <c r="E543" t="s">
         <v>1099</v>
       </c>
       <c r="F543" t="s">
         <v>12</v>
       </c>
       <c r="G543">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H543">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>607</v>
+        <v>8</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
         <v>1100</v>
       </c>
       <c r="D544">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="E544" t="s">
         <v>1101</v>
       </c>
       <c r="F544" t="s">
         <v>12</v>
       </c>
       <c r="G544">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H544">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
         <v>8</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
         <v>1102</v>
       </c>
       <c r="D545">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="E545" t="s">
         <v>1103</v>
       </c>
       <c r="F545" t="s">
         <v>12</v>
       </c>
       <c r="G545">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H545">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>8</v>
+        <v>611</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
         <v>1104</v>
       </c>
       <c r="D546">
-        <v>1995</v>
+        <v>2002</v>
       </c>
       <c r="E546" t="s">
         <v>1105</v>
       </c>
       <c r="F546" t="s">
         <v>12</v>
       </c>
       <c r="G546">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
       <c r="H546">
-        <v>134.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>8</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
         <v>1106</v>
       </c>
       <c r="D547">
-        <v>2005</v>
+        <v>1997</v>
       </c>
       <c r="E547" t="s">
         <v>1107</v>
       </c>
       <c r="F547" t="s">
         <v>12</v>
       </c>
       <c r="G547">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H547">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
         <v>1108</v>
       </c>
       <c r="D548">
-        <v>2004</v>
+        <v>1995</v>
       </c>
       <c r="E548" t="s">
         <v>1109</v>
       </c>
       <c r="F548" t="s">
         <v>12</v>
       </c>
       <c r="G548">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H548">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>620</v>
+        <v>8</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
         <v>1110</v>
       </c>
       <c r="D549">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E549" t="s">
         <v>1111</v>
       </c>
       <c r="F549" t="s">
         <v>12</v>
       </c>
       <c r="G549">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H549">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>8</v>
+        <v>624</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
         <v>1112</v>
       </c>
       <c r="D550">
-        <v>1998</v>
+        <v>2004</v>
       </c>
       <c r="E550" t="s">
         <v>1113</v>
       </c>
       <c r="F550" t="s">
         <v>12</v>
       </c>
       <c r="G550">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H550">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
         <v>1114</v>
       </c>
       <c r="D551">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="E551" t="s">
         <v>1115</v>
       </c>
       <c r="F551" t="s">
         <v>12</v>
       </c>
       <c r="G551">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H551">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>8</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
         <v>1116</v>
       </c>
       <c r="D552">
-        <v>1992</v>
+        <v>1998</v>
       </c>
       <c r="E552" t="s">
         <v>1117</v>
       </c>
       <c r="F552" t="s">
         <v>12</v>
       </c>
       <c r="G552">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H552">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
         <v>1118</v>
       </c>
       <c r="D553">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E553" t="s">
         <v>1119</v>
       </c>
       <c r="F553" t="s">
         <v>12</v>
       </c>
       <c r="G553">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H553">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
         <v>8</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
         <v>1120</v>
       </c>
       <c r="D554">
-        <v>2005</v>
+        <v>1992</v>
       </c>
       <c r="E554" t="s">
         <v>1121</v>
       </c>
       <c r="F554" t="s">
         <v>12</v>
       </c>
       <c r="G554">
-        <v>158.0</v>
+        <v>142.0</v>
       </c>
       <c r="H554">
-        <v>158.0</v>
+        <v>142.0</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" t="s">
+        <v>611</v>
+      </c>
+      <c r="B555" t="s">
+        <v>9</v>
+      </c>
+      <c r="C555" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D555">
+        <v>2002</v>
+      </c>
+      <c r="E555" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F555" t="s">
+        <v>12</v>
+      </c>
+      <c r="G555">
+        <v>142.0</v>
+      </c>
+      <c r="H555">
+        <v>142.0</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" t="s">
+        <v>8</v>
+      </c>
+      <c r="B556" t="s">
+        <v>9</v>
+      </c>
+      <c r="C556" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D556">
+        <v>2005</v>
+      </c>
+      <c r="E556" t="s">
+        <v>1125</v>
+      </c>
+      <c r="F556" t="s">
+        <v>12</v>
+      </c>
+      <c r="G556">
+        <v>166.0</v>
+      </c>
+      <c r="H556">
+        <v>166.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">