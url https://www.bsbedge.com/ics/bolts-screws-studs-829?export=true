--- v2 (2026-01-10)
+++ v3 (2026-02-24)
@@ -12,176 +12,140 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1114">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>Definitive</t>
   </si>
   <si>
     <t>BSI</t>
   </si>
   <si>
+    <t>26/30553023 DC</t>
+  </si>
+  <si>
+    <t>BS EN 2897 Aerospace series. Screws, pan head, offset cruciform recess, close tolerance normal shank, short thread, in alloy steel, cadmium plated. Classification - 1 100 MPa (at ambient temperature)/235 °C</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>ACTIVE</t>
+  </si>
+  <si>
+    <t>DIN</t>
+  </si>
+  <si>
+    <t>DIN EN 2897 (DRAFT) : 2026</t>
+  </si>
+  <si>
+    <t>Aerospace series - Screw, pan head, offset cruciform recess, close tolerance normal shank, short thread, in alloy steel, cadmium plated - Classification: 1100 MPa (at ambient temperature)/235 �C; German and English version prEN 2897:2025</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
     <t>BS EN 3381:2025 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Aerospace series. Screws, 100° countersunk normal head, offset cruciform recess, close tolerance normal shank, short thread, in titanium alloy, anodized, MoS2 lubricated. Classification: 1 100 MPa (at ambient temperature)/315 °C</t>
   </si>
   <si>
-    <t>GBP</t>
-[...7 lines deleted...]
-  <si>
     <t>DIN EN 3833 (DRAFT) : 2025</t>
   </si>
   <si>
     <t>Aerospace series - Bolt, MJ threads, in heat resisting nickel base alloy NI-PH2601 (Inconel 718), passivated - Classification: 1550 MPa (at ambient temperature)/650 �C - Technical specification; German and English version prEN 3833:2025</t>
   </si>
   <si>
-    <t>EUR</t>
-[...1 lines deleted...]
-  <si>
     <t>DIN EN 3381 : 2025</t>
   </si>
   <si>
     <t>Aerospace series - Screws, 100� countersunk normal head, offset cruciform recess, close tolerance normal shank, short thread, in titanium alloy, anodized, MoS&lt;(Index)2&gt; lubricated - Classification: 1 100 MPa (at ambient temperature)/315 �C; German and English version EN 3381:2025</t>
   </si>
   <si>
     <t>25/30547316 DC</t>
   </si>
   <si>
     <t>BS EN 3833 Aerospace series - Bolts, MJ threads, in heat resisting nickel base alloy NI-PH2601 (Inconel 718), passivated. Classification: 1 550 MPa (at ambient temperature)/650 °C. Technical specification</t>
   </si>
   <si>
     <t>BS EN 3381:2025</t>
   </si>
   <si>
     <t>Aerospace series. Screws, 100° countersunk normal head, offset cruciform recess, close tolerance normal shank, short thread, in titanium alloy, anodized, MoS2 lubricated. Classification: 1 100 MPa (at ambient temperature)/315 °C</t>
   </si>
   <si>
     <t>BS A 104:2025 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. AEROSPACE SERIES Bolts, hexagonal heads with optional safety locking wire holes, unified threads, corrosion-resisting or heat-resisting steels, plain finish. Specification - Classification CR steel Rm ≥ 127 600 lbf/in2 (880 MPa) at Ambient temperature | +515 °C. Classification HR steel Rm ≥ 130 500 lbf/in2 (900 MPa) at Ambient temperature | +515 °C</t>
-  </si>
-[...46 lines deleted...]
-    <t>Assembling Of Studs In Aluminum And Magnesium</t>
   </si>
   <si>
     <t>DIN EN 3636 (DRAFT) : 2025</t>
   </si>
   <si>
     <t>Aerospace series - Screws, reduced pan head, offset cruciform recess, relieved shank, long thread, in heat resisting steel FEPA92HT (A286), silver plated - Classification: 900 MPa/650 �C; German and English version prEN 3636:2025</t>
   </si>
   <si>
     <t>DIN EN 4131 (DRAFT) : 2025</t>
   </si>
   <si>
     <t>Aerospace series - Bolt, normal hexagonal head, coarse tolerance normal shank, medium length thread, in heat resisting nickel base alloy, aluminium IVD coated - Classification: 1250 MPa (at ambient temperature)/425 �C; German and English version prEN 4131:2025</t>
   </si>
   <si>
     <t>BS A 104:2025</t>
   </si>
   <si>
     <t>AEROSPACE SERIES Bolts, hexagonal heads with optional safety locking wire holes, unified threads, corrosion-resisting or heat-resisting steels, plain finish. Specification - Classification CR steel Rm ≥ 127 600 lbf/in2 (880 MPa) at Ambient temperature | +515 °C. Classification HR steel Rm ≥ 130 500 lbf/in2 (900 MPa) at Ambient temperature | +515 °C</t>
   </si>
   <si>
     <t>BS ISO 8168:2025 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Aerospace. Bolts, with MJ threads, made of heat and corrosion resisting steel, strength class 1 100 MPa. Procurement specification</t>
   </si>
@@ -3737,14457 +3701,14325 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H556"/>
+  <dimension ref="A1:H550"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2025</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>188.0</v>
+        <v>20.0</v>
       </c>
       <c r="H2">
-        <v>188.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>88.41</v>
+        <v>56.17</v>
       </c>
       <c r="H3">
-        <v>88.41</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G4">
-        <v>61.4</v>
+        <v>200.0</v>
       </c>
       <c r="H4">
-        <v>61.4</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
-        <v>6</v>
+        <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G5">
-        <v>20.0</v>
+        <v>91.03</v>
       </c>
       <c r="H5">
-        <v>20.0</v>
+        <v>91.03</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G6">
-        <v>142.0</v>
+        <v>63.27</v>
       </c>
       <c r="H6">
-        <v>142.0</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
-        <v>2025</v>
+        <v>6</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>234.0</v>
+        <v>20.0</v>
       </c>
       <c r="H7">
-        <v>234.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
+      <c r="G8">
+        <v>142.0</v>
+      </c>
       <c r="H8">
-        <v>66.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
+      <c r="G9">
+        <v>234.0</v>
+      </c>
       <c r="H9">
-        <v>66.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B10" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10">
-        <v>1995</v>
+        <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>31</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>17</v>
+      </c>
+      <c r="G10">
+        <v>56.17</v>
       </c>
       <c r="H10">
-        <v>66.0</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B11" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>17</v>
+      </c>
+      <c r="G11">
+        <v>56.17</v>
       </c>
       <c r="H11">
-        <v>66.0</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12">
-        <v>1995</v>
+        <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>35</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
+      <c r="G12">
+        <v>166.0</v>
+      </c>
       <c r="H12">
-        <v>66.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
       <c r="D13">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
+      <c r="G13">
+        <v>326.0</v>
+      </c>
       <c r="H13">
-        <v>66.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14">
-        <v>1995</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
+      <c r="G14">
+        <v>20.0</v>
+      </c>
       <c r="H14">
-        <v>66.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15">
-        <v>2013</v>
+        <v>31</v>
       </c>
       <c r="E15" t="s">
         <v>41</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
+      <c r="G15">
+        <v>20.0</v>
+      </c>
       <c r="H15">
-        <v>66.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>42</v>
       </c>
       <c r="D16">
         <v>2025</v>
       </c>
       <c r="E16" t="s">
         <v>43</v>
       </c>
       <c r="F16" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G16">
-        <v>54.49</v>
+        <v>232.0</v>
       </c>
       <c r="H16">
-        <v>54.49</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="B17" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D17">
         <v>2025</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F17" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="G17">
-        <v>54.49</v>
+        <v>135.0</v>
       </c>
       <c r="H17">
-        <v>54.49</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B18" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D18">
         <v>2025</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F18" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G18">
-        <v>166.0</v>
+        <v>56.17</v>
       </c>
       <c r="H18">
-        <v>166.0</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D19">
-        <v>2025</v>
+        <v>3</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>326.0</v>
+        <v>20.0</v>
       </c>
       <c r="H19">
-        <v>326.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D20">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
         <v>20.0</v>
       </c>
       <c r="H20">
         <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D21">
-        <v>31</v>
+        <v>2025</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>20.0</v>
+        <v>326.0</v>
       </c>
       <c r="H21">
-        <v>20.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D22">
-        <v>2025</v>
+        <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>232.0</v>
+        <v>20.0</v>
       </c>
       <c r="H22">
-        <v>232.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D23">
-        <v>2025</v>
+        <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F23" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="G23">
-        <v>135.0</v>
+        <v>20.0</v>
       </c>
       <c r="H23">
-        <v>135.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>13</v>
       </c>
       <c r="B24" t="s">
         <v>14</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24">
         <v>2025</v>
       </c>
       <c r="E24" t="s">
         <v>62</v>
       </c>
       <c r="F24" t="s">
         <v>17</v>
       </c>
       <c r="G24">
-        <v>54.49</v>
+        <v>48.79</v>
       </c>
       <c r="H24">
-        <v>54.49</v>
+        <v>48.79</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B25" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
       <c r="D25">
-        <v>3</v>
+        <v>2025</v>
       </c>
       <c r="E25" t="s">
         <v>64</v>
       </c>
       <c r="F25" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G25">
-        <v>20.0</v>
+        <v>63.27</v>
       </c>
       <c r="H25">
-        <v>20.0</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B26" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C26" t="s">
         <v>65</v>
       </c>
       <c r="D26">
-        <v>19</v>
+        <v>2025</v>
       </c>
       <c r="E26" t="s">
         <v>66</v>
       </c>
       <c r="F26" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G26">
-        <v>20.0</v>
+        <v>48.79</v>
       </c>
       <c r="H26">
-        <v>20.0</v>
+        <v>48.79</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>67</v>
       </c>
       <c r="D27">
         <v>2025</v>
       </c>
       <c r="E27" t="s">
         <v>68</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>326.0</v>
+        <v>232.0</v>
       </c>
       <c r="H27">
-        <v>326.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="B28" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="C28" t="s">
         <v>69</v>
       </c>
       <c r="D28">
-        <v>12</v>
+        <v>2025</v>
       </c>
       <c r="E28" t="s">
         <v>70</v>
       </c>
       <c r="F28" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="G28">
-        <v>20.0</v>
+        <v>135.0</v>
       </c>
       <c r="H28">
-        <v>20.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>71</v>
       </c>
       <c r="D29">
-        <v>12</v>
+        <v>2025</v>
       </c>
       <c r="E29" t="s">
         <v>72</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>20.0</v>
+        <v>200.0</v>
       </c>
       <c r="H29">
-        <v>20.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B30" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>73</v>
       </c>
       <c r="D30">
         <v>2025</v>
       </c>
       <c r="E30" t="s">
         <v>74</v>
       </c>
       <c r="F30" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G30">
-        <v>47.38</v>
+        <v>200.0</v>
       </c>
       <c r="H30">
-        <v>47.38</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>13</v>
       </c>
       <c r="B31" t="s">
         <v>14</v>
       </c>
       <c r="C31" t="s">
         <v>75</v>
       </c>
       <c r="D31">
         <v>2025</v>
       </c>
       <c r="E31" t="s">
         <v>76</v>
       </c>
       <c r="F31" t="s">
         <v>17</v>
       </c>
       <c r="G31">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H31">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>13</v>
       </c>
       <c r="B32" t="s">
         <v>14</v>
       </c>
       <c r="C32" t="s">
         <v>77</v>
       </c>
       <c r="D32">
         <v>2025</v>
       </c>
       <c r="E32" t="s">
         <v>78</v>
       </c>
       <c r="F32" t="s">
         <v>17</v>
       </c>
       <c r="G32">
-        <v>47.38</v>
+        <v>69.91</v>
       </c>
       <c r="H32">
-        <v>47.38</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>79</v>
       </c>
       <c r="D33">
         <v>2025</v>
       </c>
       <c r="E33" t="s">
         <v>80</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>232.0</v>
+        <v>142.0</v>
       </c>
       <c r="H33">
-        <v>232.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="B34" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>81</v>
       </c>
       <c r="D34">
         <v>2025</v>
       </c>
       <c r="E34" t="s">
         <v>82</v>
       </c>
       <c r="F34" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="G34">
-        <v>135.0</v>
+        <v>142.0</v>
       </c>
       <c r="H34">
-        <v>135.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>83</v>
       </c>
       <c r="D35">
-        <v>2025</v>
+        <v>21</v>
       </c>
       <c r="E35" t="s">
         <v>84</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>200.0</v>
+        <v>20.0</v>
       </c>
       <c r="H35">
-        <v>200.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B36" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C36" t="s">
         <v>85</v>
       </c>
       <c r="D36">
         <v>2025</v>
       </c>
       <c r="E36" t="s">
         <v>86</v>
       </c>
       <c r="F36" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G36">
-        <v>200.0</v>
+        <v>84.58</v>
       </c>
       <c r="H36">
-        <v>200.0</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B37" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>87</v>
       </c>
       <c r="D37">
-        <v>2025</v>
+        <v>21</v>
       </c>
       <c r="E37" t="s">
         <v>88</v>
       </c>
       <c r="F37" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G37">
-        <v>61.4</v>
+        <v>20.0</v>
       </c>
       <c r="H37">
-        <v>61.4</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B38" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>89</v>
       </c>
       <c r="D38">
-        <v>2025</v>
+        <v>21</v>
       </c>
       <c r="E38" t="s">
         <v>90</v>
       </c>
       <c r="F38" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G38">
-        <v>67.85</v>
+        <v>20.0</v>
       </c>
       <c r="H38">
-        <v>67.85</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B39" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C39" t="s">
         <v>91</v>
       </c>
       <c r="D39">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E39" t="s">
         <v>92</v>
       </c>
       <c r="F39" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G39">
-        <v>142.0</v>
+        <v>56.17</v>
       </c>
       <c r="H39">
-        <v>142.0</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B40" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C40" t="s">
         <v>93</v>
       </c>
       <c r="D40">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E40" t="s">
         <v>94</v>
       </c>
       <c r="F40" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G40">
-        <v>142.0</v>
+        <v>84.58</v>
       </c>
       <c r="H40">
-        <v>142.0</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B41" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C41" t="s">
         <v>95</v>
       </c>
       <c r="D41">
-        <v>21</v>
+        <v>2024</v>
       </c>
       <c r="E41" t="s">
         <v>96</v>
       </c>
       <c r="F41" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G41">
-        <v>20.0</v>
+        <v>63.27</v>
       </c>
       <c r="H41">
-        <v>20.0</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B42" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>97</v>
       </c>
       <c r="D42">
-        <v>2025</v>
+        <v>5</v>
       </c>
       <c r="E42" t="s">
         <v>98</v>
       </c>
       <c r="F42" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G42">
-        <v>82.15</v>
+        <v>20.0</v>
       </c>
       <c r="H42">
-        <v>82.15</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>99</v>
       </c>
       <c r="D43">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>100</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
         <v>20.0</v>
       </c>
       <c r="H43">
         <v>20.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B44" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C44" t="s">
         <v>101</v>
       </c>
       <c r="D44">
-        <v>21</v>
+        <v>2024</v>
       </c>
       <c r="E44" t="s">
         <v>102</v>
       </c>
       <c r="F44" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G44">
-        <v>20.0</v>
+        <v>77.2</v>
       </c>
       <c r="H44">
-        <v>20.0</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>13</v>
       </c>
       <c r="B45" t="s">
         <v>14</v>
       </c>
       <c r="C45" t="s">
         <v>103</v>
       </c>
       <c r="D45">
         <v>2024</v>
       </c>
       <c r="E45" t="s">
         <v>104</v>
       </c>
       <c r="F45" t="s">
         <v>17</v>
       </c>
       <c r="G45">
-        <v>54.49</v>
+        <v>77.2</v>
       </c>
       <c r="H45">
-        <v>54.49</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>13</v>
       </c>
       <c r="B46" t="s">
         <v>14</v>
       </c>
       <c r="C46" t="s">
         <v>105</v>
       </c>
       <c r="D46">
         <v>2024</v>
       </c>
       <c r="E46" t="s">
         <v>106</v>
       </c>
       <c r="F46" t="s">
         <v>17</v>
       </c>
       <c r="G46">
-        <v>82.15</v>
+        <v>69.91</v>
       </c>
       <c r="H46">
-        <v>82.15</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>13</v>
       </c>
       <c r="B47" t="s">
         <v>14</v>
       </c>
       <c r="C47" t="s">
         <v>107</v>
       </c>
       <c r="D47">
         <v>2024</v>
       </c>
       <c r="E47" t="s">
         <v>108</v>
       </c>
       <c r="F47" t="s">
         <v>17</v>
       </c>
       <c r="G47">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H47">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B48" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C48" t="s">
         <v>109</v>
       </c>
       <c r="D48">
-        <v>5</v>
+        <v>2024</v>
       </c>
       <c r="E48" t="s">
         <v>110</v>
       </c>
       <c r="F48" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G48">
-        <v>20.0</v>
+        <v>69.91</v>
       </c>
       <c r="H48">
-        <v>20.0</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>111</v>
       </c>
       <c r="D49">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E49" t="s">
         <v>112</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
         <v>20.0</v>
       </c>
       <c r="H49">
         <v>20.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B50" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>113</v>
       </c>
       <c r="D50">
         <v>2024</v>
       </c>
       <c r="E50" t="s">
         <v>114</v>
       </c>
       <c r="F50" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G50">
-        <v>74.95</v>
+        <v>200.0</v>
       </c>
       <c r="H50">
-        <v>74.95</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B51" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>115</v>
       </c>
       <c r="D51">
-        <v>2024</v>
+        <v>25</v>
       </c>
       <c r="E51" t="s">
         <v>116</v>
       </c>
       <c r="F51" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G51">
-        <v>74.95</v>
+        <v>20.0</v>
       </c>
       <c r="H51">
-        <v>74.95</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B52" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>117</v>
       </c>
       <c r="D52">
-        <v>2024</v>
+        <v>25</v>
       </c>
       <c r="E52" t="s">
         <v>118</v>
       </c>
       <c r="F52" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G52">
-        <v>67.85</v>
+        <v>20.0</v>
       </c>
       <c r="H52">
-        <v>67.85</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B53" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>119</v>
       </c>
       <c r="D53">
         <v>2024</v>
       </c>
       <c r="E53" t="s">
         <v>120</v>
       </c>
       <c r="F53" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G53">
-        <v>61.4</v>
+        <v>142.0</v>
       </c>
       <c r="H53">
-        <v>61.4</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B54" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>121</v>
       </c>
       <c r="D54">
         <v>2024</v>
       </c>
       <c r="E54" t="s">
         <v>122</v>
       </c>
       <c r="F54" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G54">
-        <v>67.85</v>
+        <v>142.0</v>
       </c>
       <c r="H54">
-        <v>67.85</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>123</v>
       </c>
       <c r="D55">
-        <v>15</v>
+        <v>2024</v>
       </c>
       <c r="E55" t="s">
         <v>124</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H55">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="B56" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="C56" t="s">
         <v>125</v>
       </c>
       <c r="D56">
         <v>2024</v>
       </c>
       <c r="E56" t="s">
         <v>126</v>
       </c>
       <c r="F56" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="G56">
-        <v>200.0</v>
+        <v>44.0</v>
       </c>
       <c r="H56">
-        <v>200.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>127</v>
       </c>
       <c r="D57">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E57" t="s">
         <v>128</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
         <v>20.0</v>
       </c>
       <c r="H57">
         <v>20.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>129</v>
       </c>
       <c r="D58">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>130</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
         <v>20.0</v>
       </c>
       <c r="H58">
         <v>20.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>131</v>
       </c>
       <c r="D59">
         <v>2024</v>
       </c>
       <c r="E59" t="s">
         <v>132</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>142.0</v>
+        <v>200.0</v>
       </c>
       <c r="H59">
-        <v>142.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>133</v>
       </c>
       <c r="D60">
-        <v>2024</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>134</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>142.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>135</v>
       </c>
       <c r="D61">
         <v>2024</v>
       </c>
       <c r="E61" t="s">
         <v>136</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
         <v>142.0</v>
       </c>
       <c r="H61">
         <v>142.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="B62" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>137</v>
       </c>
       <c r="D62">
         <v>2024</v>
       </c>
       <c r="E62" t="s">
         <v>138</v>
       </c>
       <c r="F62" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="G62">
-        <v>44.0</v>
+        <v>166.0</v>
       </c>
       <c r="H62">
-        <v>44.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B63" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C63" t="s">
         <v>139</v>
       </c>
       <c r="D63">
-        <v>23</v>
+        <v>2024</v>
       </c>
       <c r="E63" t="s">
         <v>140</v>
       </c>
       <c r="F63" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G63">
-        <v>20.0</v>
+        <v>63.27</v>
       </c>
       <c r="H63">
-        <v>20.0</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>141</v>
       </c>
       <c r="D64">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E64" t="s">
         <v>142</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
         <v>20.0</v>
       </c>
       <c r="H64">
         <v>20.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>143</v>
       </c>
       <c r="D65">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="E65" t="s">
         <v>144</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>200.0</v>
+        <v>166.0</v>
       </c>
       <c r="H65">
-        <v>200.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>145</v>
       </c>
       <c r="D66">
-        <v>11</v>
+        <v>2023</v>
       </c>
       <c r="E66" t="s">
         <v>146</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
+      </c>
+      <c r="G66">
+        <v>234.0</v>
+      </c>
+      <c r="H66">
+        <v>234.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>147</v>
       </c>
       <c r="D67">
-        <v>2024</v>
+        <v>7</v>
       </c>
       <c r="E67" t="s">
         <v>148</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H67">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>149</v>
       </c>
       <c r="D68">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="E68" t="s">
         <v>150</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>166.0</v>
+        <v>200.0</v>
       </c>
       <c r="H68">
-        <v>166.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B69" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>151</v>
       </c>
       <c r="D69">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="E69" t="s">
         <v>152</v>
       </c>
       <c r="F69" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G69">
-        <v>61.4</v>
+        <v>142.0</v>
       </c>
       <c r="H69">
-        <v>61.4</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="B70" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="C70" t="s">
         <v>153</v>
       </c>
       <c r="D70">
-        <v>18</v>
+        <v>2023</v>
       </c>
       <c r="E70" t="s">
         <v>154</v>
       </c>
       <c r="F70" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="G70">
-        <v>20.0</v>
+        <v>44.0</v>
       </c>
       <c r="H70">
-        <v>20.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>155</v>
       </c>
       <c r="D71">
         <v>2023</v>
       </c>
       <c r="E71" t="s">
         <v>156</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
         <v>166.0</v>
       </c>
       <c r="H71">
         <v>166.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>157</v>
       </c>
       <c r="D72">
-        <v>2023</v>
+        <v>31</v>
       </c>
       <c r="E72" t="s">
         <v>158</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>234.0</v>
+        <v>20.0</v>
       </c>
       <c r="H72">
-        <v>234.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>159</v>
       </c>
       <c r="D73">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="E73" t="s">
         <v>160</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
         <v>20.0</v>
       </c>
       <c r="H73">
         <v>20.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>161</v>
       </c>
       <c r="D74">
-        <v>2023</v>
+        <v>29</v>
       </c>
       <c r="E74" t="s">
         <v>162</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>200.0</v>
+        <v>20.0</v>
       </c>
       <c r="H74">
-        <v>200.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>163</v>
       </c>
       <c r="D75">
-        <v>2023</v>
+        <v>22</v>
       </c>
       <c r="E75" t="s">
         <v>164</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H75">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="B76" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="C76" t="s">
         <v>165</v>
       </c>
       <c r="D76">
         <v>2023</v>
       </c>
       <c r="E76" t="s">
         <v>166</v>
       </c>
       <c r="F76" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G76">
-        <v>44.0</v>
+        <v>69.91</v>
       </c>
       <c r="H76">
-        <v>44.0</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B77" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C77" t="s">
         <v>167</v>
       </c>
       <c r="D77">
         <v>2023</v>
       </c>
       <c r="E77" t="s">
         <v>168</v>
       </c>
       <c r="F77" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G77">
-        <v>166.0</v>
+        <v>69.91</v>
       </c>
       <c r="H77">
-        <v>166.0</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="B78" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="C78" t="s">
         <v>169</v>
       </c>
       <c r="D78">
-        <v>31</v>
+        <v>1994</v>
       </c>
       <c r="E78" t="s">
         <v>170</v>
       </c>
       <c r="F78" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="G78">
-        <v>20.0</v>
+        <v>67.0</v>
       </c>
       <c r="H78">
-        <v>20.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="B79" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="C79" t="s">
         <v>171</v>
       </c>
       <c r="D79">
-        <v>29</v>
+        <v>1998</v>
       </c>
       <c r="E79" t="s">
         <v>172</v>
       </c>
       <c r="F79" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="G79">
-        <v>20.0</v>
+        <v>135.0</v>
       </c>
       <c r="H79">
-        <v>20.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="B80" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="C80" t="s">
         <v>173</v>
       </c>
       <c r="D80">
-        <v>29</v>
+        <v>1993</v>
       </c>
       <c r="E80" t="s">
         <v>174</v>
       </c>
       <c r="F80" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="G80">
-        <v>20.0</v>
+        <v>44.0</v>
       </c>
       <c r="H80">
-        <v>20.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="B81" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="C81" t="s">
         <v>175</v>
       </c>
       <c r="D81">
-        <v>22</v>
+        <v>1993</v>
       </c>
       <c r="E81" t="s">
         <v>176</v>
       </c>
       <c r="F81" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="G81">
-        <v>20.0</v>
+        <v>44.0</v>
       </c>
       <c r="H81">
-        <v>20.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="B82" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="C82" t="s">
         <v>177</v>
       </c>
       <c r="D82">
-        <v>2023</v>
+        <v>1997</v>
       </c>
       <c r="E82" t="s">
         <v>178</v>
       </c>
       <c r="F82" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="G82">
-        <v>67.85</v>
+        <v>44.0</v>
       </c>
       <c r="H82">
-        <v>67.85</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="B83" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="C83" t="s">
         <v>179</v>
       </c>
       <c r="D83">
-        <v>2023</v>
+        <v>1998</v>
       </c>
       <c r="E83" t="s">
         <v>180</v>
       </c>
       <c r="F83" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="G83">
-        <v>67.85</v>
+        <v>44.0</v>
       </c>
       <c r="H83">
-        <v>67.85</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B84" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C84" t="s">
         <v>181</v>
       </c>
       <c r="D84">
-        <v>1994</v>
+        <v>2002</v>
       </c>
       <c r="E84" t="s">
         <v>182</v>
       </c>
       <c r="F84" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G84">
         <v>67.0</v>
       </c>
       <c r="H84">
         <v>67.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B85" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C85" t="s">
         <v>183</v>
       </c>
       <c r="D85">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="E85" t="s">
         <v>184</v>
       </c>
       <c r="F85" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G85">
-        <v>135.0</v>
+        <v>44.0</v>
       </c>
       <c r="H85">
-        <v>135.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B86" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C86" t="s">
         <v>185</v>
       </c>
       <c r="D86">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="E86" t="s">
         <v>186</v>
       </c>
       <c r="F86" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G86">
-        <v>44.0</v>
+        <v>67.0</v>
       </c>
       <c r="H86">
-        <v>44.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B87" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C87" t="s">
         <v>187</v>
       </c>
       <c r="D87">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="E87" t="s">
         <v>188</v>
       </c>
       <c r="F87" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G87">
-        <v>44.0</v>
+        <v>67.0</v>
       </c>
       <c r="H87">
-        <v>44.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B88" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C88" t="s">
         <v>189</v>
       </c>
       <c r="D88">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="E88" t="s">
         <v>190</v>
       </c>
       <c r="F88" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G88">
         <v>44.0</v>
       </c>
       <c r="H88">
         <v>44.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B89" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C89" t="s">
         <v>191</v>
       </c>
       <c r="D89">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="E89" t="s">
         <v>192</v>
       </c>
       <c r="F89" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G89">
         <v>44.0</v>
       </c>
       <c r="H89">
         <v>44.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B90" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C90" t="s">
         <v>193</v>
       </c>
       <c r="D90">
         <v>2002</v>
       </c>
       <c r="E90" t="s">
         <v>194</v>
       </c>
       <c r="F90" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G90">
-        <v>67.0</v>
+        <v>44.0</v>
       </c>
       <c r="H90">
-        <v>67.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B91" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C91" t="s">
         <v>195</v>
       </c>
       <c r="D91">
         <v>2002</v>
       </c>
       <c r="E91" t="s">
         <v>196</v>
       </c>
       <c r="F91" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G91">
-        <v>44.0</v>
+        <v>67.0</v>
       </c>
       <c r="H91">
-        <v>44.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B92" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C92" t="s">
         <v>197</v>
       </c>
       <c r="D92">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="E92" t="s">
         <v>198</v>
       </c>
       <c r="F92" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G92">
-        <v>67.0</v>
+        <v>44.0</v>
       </c>
       <c r="H92">
-        <v>67.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B93" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C93" t="s">
         <v>199</v>
       </c>
       <c r="D93">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="E93" t="s">
         <v>200</v>
       </c>
       <c r="F93" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G93">
-        <v>67.0</v>
+        <v>135.0</v>
       </c>
       <c r="H93">
-        <v>67.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B94" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C94" t="s">
         <v>201</v>
       </c>
       <c r="D94">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="E94" t="s">
         <v>202</v>
       </c>
       <c r="F94" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G94">
         <v>44.0</v>
       </c>
       <c r="H94">
         <v>44.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B95" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C95" t="s">
         <v>203</v>
       </c>
       <c r="D95">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="E95" t="s">
         <v>204</v>
       </c>
       <c r="F95" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G95">
         <v>44.0</v>
       </c>
       <c r="H95">
         <v>44.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B96" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C96" t="s">
         <v>205</v>
       </c>
       <c r="D96">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="E96" t="s">
         <v>206</v>
       </c>
       <c r="F96" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G96">
         <v>44.0</v>
       </c>
       <c r="H96">
         <v>44.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B97" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C97" t="s">
         <v>207</v>
       </c>
       <c r="D97">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="E97" t="s">
         <v>208</v>
       </c>
       <c r="F97" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G97">
-        <v>67.0</v>
+        <v>44.0</v>
       </c>
       <c r="H97">
-        <v>67.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B98" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C98" t="s">
         <v>209</v>
       </c>
       <c r="D98">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E98" t="s">
         <v>210</v>
       </c>
       <c r="F98" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G98">
-        <v>44.0</v>
+        <v>0.0</v>
       </c>
       <c r="H98">
-        <v>44.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B99" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C99" t="s">
         <v>211</v>
       </c>
       <c r="D99">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="E99" t="s">
         <v>212</v>
       </c>
       <c r="F99" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G99">
-        <v>135.0</v>
+        <v>67.0</v>
       </c>
       <c r="H99">
-        <v>135.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B100" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C100" t="s">
         <v>213</v>
       </c>
       <c r="D100">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="E100" t="s">
         <v>214</v>
       </c>
       <c r="F100" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G100">
         <v>44.0</v>
       </c>
       <c r="H100">
         <v>44.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B101" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C101" t="s">
         <v>215</v>
       </c>
       <c r="D101">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="E101" t="s">
         <v>216</v>
       </c>
       <c r="F101" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G101">
-        <v>44.0</v>
+        <v>135.0</v>
       </c>
       <c r="H101">
-        <v>44.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B102" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C102" t="s">
         <v>217</v>
       </c>
       <c r="D102">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="E102" t="s">
         <v>218</v>
       </c>
       <c r="F102" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G102">
-        <v>44.0</v>
+        <v>100.0</v>
       </c>
       <c r="H102">
-        <v>44.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B103" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C103" t="s">
         <v>219</v>
       </c>
       <c r="D103">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="E103" t="s">
         <v>220</v>
       </c>
       <c r="F103" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G103">
         <v>44.0</v>
       </c>
       <c r="H103">
         <v>44.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B104" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C104" t="s">
         <v>221</v>
       </c>
       <c r="D104">
-        <v>2009</v>
+        <v>1993</v>
       </c>
       <c r="E104" t="s">
         <v>222</v>
       </c>
       <c r="F104" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G104">
-        <v>0.0</v>
+        <v>44.0</v>
       </c>
       <c r="H104">
-        <v>0.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B105" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C105" t="s">
         <v>223</v>
       </c>
       <c r="D105">
-        <v>2015</v>
+        <v>1998</v>
       </c>
       <c r="E105" t="s">
         <v>224</v>
       </c>
       <c r="F105" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G105">
-        <v>67.0</v>
+        <v>44.0</v>
       </c>
       <c r="H105">
-        <v>67.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B106" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C106" t="s">
         <v>225</v>
       </c>
       <c r="D106">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="E106" t="s">
         <v>226</v>
       </c>
       <c r="F106" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G106">
-        <v>44.0</v>
+        <v>159.0</v>
       </c>
       <c r="H106">
-        <v>44.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="B107" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="C107" t="s">
         <v>227</v>
       </c>
       <c r="D107">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="E107" t="s">
         <v>228</v>
       </c>
       <c r="F107" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G107">
-        <v>135.0</v>
+        <v>102.9</v>
       </c>
       <c r="H107">
-        <v>135.0</v>
+        <v>102.9</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="B108" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="C108" t="s">
         <v>229</v>
       </c>
       <c r="D108">
-        <v>2021</v>
+        <v>1968</v>
       </c>
       <c r="E108" t="s">
         <v>230</v>
       </c>
       <c r="F108" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G108">
-        <v>100.0</v>
+        <v>30.37</v>
       </c>
       <c r="H108">
-        <v>100.0</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="B109" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="C109" t="s">
         <v>231</v>
       </c>
       <c r="D109">
-        <v>2021</v>
+        <v>1968</v>
       </c>
       <c r="E109" t="s">
         <v>232</v>
       </c>
       <c r="F109" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G109">
-        <v>44.0</v>
+        <v>105.51</v>
       </c>
       <c r="H109">
-        <v>44.0</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="B110" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="C110" t="s">
         <v>233</v>
       </c>
       <c r="D110">
-        <v>1993</v>
+        <v>2015</v>
       </c>
       <c r="E110" t="s">
         <v>234</v>
       </c>
       <c r="F110" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G110">
-        <v>44.0</v>
+        <v>119.44</v>
       </c>
       <c r="H110">
-        <v>44.0</v>
+        <v>119.44</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="B111" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="C111" t="s">
         <v>235</v>
       </c>
       <c r="D111">
-        <v>1998</v>
+        <v>1983</v>
       </c>
       <c r="E111" t="s">
         <v>236</v>
       </c>
       <c r="F111" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G111">
-        <v>44.0</v>
+        <v>61.12</v>
       </c>
       <c r="H111">
-        <v>44.0</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="B112" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="C112" t="s">
         <v>237</v>
       </c>
       <c r="D112">
-        <v>1997</v>
+        <v>1984</v>
       </c>
       <c r="E112" t="s">
         <v>238</v>
       </c>
       <c r="F112" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G112">
-        <v>159.0</v>
+        <v>52.15</v>
       </c>
       <c r="H112">
-        <v>159.0</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>13</v>
       </c>
       <c r="B113" t="s">
         <v>14</v>
       </c>
       <c r="C113" t="s">
         <v>239</v>
       </c>
       <c r="D113">
-        <v>2011</v>
+        <v>1980</v>
       </c>
       <c r="E113" t="s">
         <v>240</v>
       </c>
       <c r="F113" t="s">
         <v>17</v>
       </c>
       <c r="G113">
-        <v>99.91</v>
+        <v>30.37</v>
       </c>
       <c r="H113">
-        <v>99.91</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>13</v>
       </c>
       <c r="B114" t="s">
         <v>14</v>
       </c>
       <c r="C114" t="s">
         <v>241</v>
       </c>
       <c r="D114">
-        <v>1968</v>
+        <v>1980</v>
       </c>
       <c r="E114" t="s">
         <v>242</v>
       </c>
       <c r="F114" t="s">
         <v>17</v>
       </c>
       <c r="G114">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H114">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>13</v>
       </c>
       <c r="B115" t="s">
         <v>14</v>
       </c>
       <c r="C115" t="s">
         <v>243</v>
       </c>
       <c r="D115">
-        <v>1968</v>
+        <v>1980</v>
       </c>
       <c r="E115" t="s">
         <v>244</v>
       </c>
       <c r="F115" t="s">
         <v>17</v>
       </c>
       <c r="G115">
-        <v>102.43</v>
+        <v>30.37</v>
       </c>
       <c r="H115">
-        <v>102.43</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>13</v>
       </c>
       <c r="B116" t="s">
         <v>14</v>
       </c>
       <c r="C116" t="s">
         <v>245</v>
       </c>
       <c r="D116">
-        <v>2015</v>
+        <v>1974</v>
       </c>
       <c r="E116" t="s">
         <v>246</v>
       </c>
       <c r="F116" t="s">
         <v>17</v>
       </c>
       <c r="G116">
-        <v>115.98</v>
+        <v>30.37</v>
       </c>
       <c r="H116">
-        <v>115.98</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>13</v>
       </c>
       <c r="B117" t="s">
         <v>14</v>
       </c>
       <c r="C117" t="s">
         <v>247</v>
       </c>
       <c r="D117">
-        <v>1983</v>
+        <v>1981</v>
       </c>
       <c r="E117" t="s">
         <v>248</v>
       </c>
       <c r="F117" t="s">
         <v>17</v>
       </c>
       <c r="G117">
-        <v>59.35</v>
+        <v>52.15</v>
       </c>
       <c r="H117">
-        <v>59.35</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>13</v>
       </c>
       <c r="B118" t="s">
         <v>14</v>
       </c>
       <c r="C118" t="s">
         <v>249</v>
       </c>
       <c r="D118">
-        <v>1984</v>
+        <v>1980</v>
       </c>
       <c r="E118" t="s">
         <v>250</v>
       </c>
       <c r="F118" t="s">
         <v>17</v>
       </c>
       <c r="G118">
-        <v>50.65</v>
+        <v>30.37</v>
       </c>
       <c r="H118">
-        <v>50.65</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>13</v>
       </c>
       <c r="B119" t="s">
         <v>14</v>
       </c>
       <c r="C119" t="s">
         <v>251</v>
       </c>
       <c r="D119">
         <v>1980</v>
       </c>
       <c r="E119" t="s">
         <v>252</v>
       </c>
       <c r="F119" t="s">
         <v>17</v>
       </c>
       <c r="G119">
-        <v>29.44</v>
+        <v>43.08</v>
       </c>
       <c r="H119">
-        <v>29.44</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>13</v>
       </c>
       <c r="B120" t="s">
         <v>14</v>
       </c>
       <c r="C120" t="s">
         <v>253</v>
       </c>
       <c r="D120">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="E120" t="s">
         <v>254</v>
       </c>
       <c r="F120" t="s">
         <v>17</v>
       </c>
       <c r="G120">
-        <v>29.44</v>
+        <v>52.15</v>
       </c>
       <c r="H120">
-        <v>29.44</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>13</v>
       </c>
       <c r="B121" t="s">
         <v>14</v>
       </c>
       <c r="C121" t="s">
         <v>255</v>
       </c>
       <c r="D121">
-        <v>1980</v>
+        <v>1993</v>
       </c>
       <c r="E121" t="s">
         <v>256</v>
       </c>
       <c r="F121" t="s">
         <v>17</v>
       </c>
       <c r="G121">
-        <v>29.44</v>
+        <v>137.66</v>
       </c>
       <c r="H121">
-        <v>29.44</v>
+        <v>137.66</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>13</v>
       </c>
       <c r="B122" t="s">
         <v>14</v>
       </c>
       <c r="C122" t="s">
         <v>257</v>
       </c>
       <c r="D122">
-        <v>1974</v>
+        <v>2018</v>
       </c>
       <c r="E122" t="s">
         <v>258</v>
       </c>
       <c r="F122" t="s">
         <v>17</v>
       </c>
       <c r="G122">
-        <v>29.44</v>
+        <v>171.87</v>
       </c>
       <c r="H122">
-        <v>29.44</v>
+        <v>171.87</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>13</v>
       </c>
       <c r="B123" t="s">
         <v>14</v>
       </c>
       <c r="C123" t="s">
         <v>259</v>
       </c>
       <c r="D123">
-        <v>1981</v>
+        <v>2023</v>
       </c>
       <c r="E123" t="s">
         <v>260</v>
       </c>
       <c r="F123" t="s">
         <v>17</v>
       </c>
       <c r="G123">
-        <v>50.65</v>
+        <v>111.4</v>
       </c>
       <c r="H123">
-        <v>50.65</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>13</v>
       </c>
       <c r="B124" t="s">
         <v>14</v>
       </c>
       <c r="C124" t="s">
         <v>261</v>
       </c>
       <c r="D124">
-        <v>1980</v>
+        <v>2020</v>
       </c>
       <c r="E124" t="s">
         <v>262</v>
       </c>
       <c r="F124" t="s">
         <v>17</v>
       </c>
       <c r="G124">
-        <v>29.44</v>
+        <v>128.22</v>
       </c>
       <c r="H124">
-        <v>29.44</v>
+        <v>128.22</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>13</v>
       </c>
       <c r="B125" t="s">
         <v>14</v>
       </c>
       <c r="C125" t="s">
         <v>263</v>
       </c>
       <c r="D125">
-        <v>1980</v>
+        <v>2017</v>
       </c>
       <c r="E125" t="s">
         <v>264</v>
       </c>
       <c r="F125" t="s">
         <v>17</v>
       </c>
       <c r="G125">
-        <v>41.78</v>
+        <v>63.27</v>
       </c>
       <c r="H125">
-        <v>41.78</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>13</v>
       </c>
       <c r="B126" t="s">
         <v>14</v>
       </c>
       <c r="C126" t="s">
         <v>265</v>
       </c>
       <c r="D126">
-        <v>1981</v>
+        <v>2016</v>
       </c>
       <c r="E126" t="s">
         <v>266</v>
       </c>
       <c r="F126" t="s">
         <v>17</v>
       </c>
       <c r="G126">
-        <v>50.65</v>
+        <v>63.27</v>
       </c>
       <c r="H126">
-        <v>50.65</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>13</v>
       </c>
       <c r="B127" t="s">
         <v>14</v>
       </c>
       <c r="C127" t="s">
         <v>267</v>
       </c>
       <c r="D127">
-        <v>1993</v>
+        <v>2019</v>
       </c>
       <c r="E127" t="s">
         <v>268</v>
       </c>
       <c r="F127" t="s">
         <v>17</v>
       </c>
       <c r="G127">
-        <v>133.64</v>
+        <v>91.03</v>
       </c>
       <c r="H127">
-        <v>133.64</v>
+        <v>91.03</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>13</v>
       </c>
       <c r="B128" t="s">
         <v>14</v>
       </c>
       <c r="C128" t="s">
         <v>269</v>
       </c>
       <c r="D128">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E128" t="s">
         <v>270</v>
       </c>
       <c r="F128" t="s">
         <v>17</v>
       </c>
       <c r="G128">
-        <v>166.82</v>
+        <v>77.2</v>
       </c>
       <c r="H128">
-        <v>166.82</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>13</v>
       </c>
       <c r="B129" t="s">
         <v>14</v>
       </c>
       <c r="C129" t="s">
         <v>271</v>
       </c>
       <c r="D129">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E129" t="s">
         <v>272</v>
       </c>
       <c r="F129" t="s">
         <v>17</v>
       </c>
       <c r="G129">
-        <v>108.13</v>
+        <v>69.91</v>
       </c>
       <c r="H129">
-        <v>108.13</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>13</v>
       </c>
       <c r="B130" t="s">
         <v>14</v>
       </c>
       <c r="C130" t="s">
         <v>273</v>
       </c>
       <c r="D130">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E130" t="s">
         <v>274</v>
       </c>
       <c r="F130" t="s">
         <v>17</v>
       </c>
       <c r="G130">
-        <v>124.49</v>
+        <v>77.2</v>
       </c>
       <c r="H130">
-        <v>124.49</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>13</v>
       </c>
       <c r="B131" t="s">
         <v>14</v>
       </c>
       <c r="C131" t="s">
         <v>275</v>
       </c>
       <c r="D131">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="E131" t="s">
         <v>276</v>
       </c>
       <c r="F131" t="s">
         <v>17</v>
       </c>
       <c r="G131">
-        <v>61.4</v>
+        <v>69.91</v>
       </c>
       <c r="H131">
-        <v>61.4</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>13</v>
       </c>
       <c r="B132" t="s">
         <v>14</v>
       </c>
       <c r="C132" t="s">
         <v>277</v>
       </c>
       <c r="D132">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="E132" t="s">
         <v>278</v>
       </c>
       <c r="F132" t="s">
         <v>17</v>
       </c>
       <c r="G132">
-        <v>61.4</v>
+        <v>69.91</v>
       </c>
       <c r="H132">
-        <v>61.4</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>13</v>
       </c>
       <c r="B133" t="s">
         <v>14</v>
       </c>
       <c r="C133" t="s">
         <v>279</v>
       </c>
       <c r="D133">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E133" t="s">
         <v>280</v>
       </c>
       <c r="F133" t="s">
         <v>17</v>
       </c>
       <c r="G133">
-        <v>88.41</v>
+        <v>69.91</v>
       </c>
       <c r="H133">
-        <v>88.41</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>13</v>
       </c>
       <c r="B134" t="s">
         <v>14</v>
       </c>
       <c r="C134" t="s">
         <v>281</v>
       </c>
       <c r="D134">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E134" t="s">
         <v>282</v>
       </c>
       <c r="F134" t="s">
         <v>17</v>
       </c>
       <c r="G134">
-        <v>74.95</v>
+        <v>63.27</v>
       </c>
       <c r="H134">
-        <v>74.95</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>13</v>
       </c>
       <c r="B135" t="s">
         <v>14</v>
       </c>
       <c r="C135" t="s">
         <v>283</v>
       </c>
       <c r="D135">
         <v>2022</v>
       </c>
       <c r="E135" t="s">
         <v>284</v>
       </c>
       <c r="F135" t="s">
         <v>17</v>
       </c>
       <c r="G135">
-        <v>67.85</v>
+        <v>63.27</v>
       </c>
       <c r="H135">
-        <v>67.85</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>13</v>
       </c>
       <c r="B136" t="s">
         <v>14</v>
       </c>
       <c r="C136" t="s">
         <v>285</v>
       </c>
       <c r="D136">
         <v>2022</v>
       </c>
       <c r="E136" t="s">
         <v>286</v>
       </c>
       <c r="F136" t="s">
         <v>17</v>
       </c>
       <c r="G136">
-        <v>74.95</v>
+        <v>63.27</v>
       </c>
       <c r="H136">
-        <v>74.95</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>13</v>
       </c>
       <c r="B137" t="s">
         <v>14</v>
       </c>
       <c r="C137" t="s">
         <v>287</v>
       </c>
       <c r="D137">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="E137" t="s">
         <v>288</v>
       </c>
       <c r="F137" t="s">
         <v>17</v>
       </c>
       <c r="G137">
-        <v>67.85</v>
+        <v>56.17</v>
       </c>
       <c r="H137">
-        <v>67.85</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>13</v>
       </c>
       <c r="B138" t="s">
         <v>14</v>
       </c>
       <c r="C138" t="s">
         <v>289</v>
       </c>
       <c r="D138">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="E138" t="s">
         <v>290</v>
       </c>
       <c r="F138" t="s">
         <v>17</v>
       </c>
       <c r="G138">
-        <v>67.85</v>
+        <v>56.17</v>
       </c>
       <c r="H138">
-        <v>67.85</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>13</v>
       </c>
       <c r="B139" t="s">
         <v>14</v>
       </c>
       <c r="C139" t="s">
         <v>291</v>
       </c>
       <c r="D139">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="E139" t="s">
         <v>292</v>
       </c>
       <c r="F139" t="s">
         <v>17</v>
       </c>
       <c r="G139">
-        <v>67.85</v>
+        <v>63.27</v>
       </c>
       <c r="H139">
-        <v>67.85</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>13</v>
       </c>
       <c r="B140" t="s">
         <v>14</v>
       </c>
       <c r="C140" t="s">
         <v>293</v>
       </c>
       <c r="D140">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="E140" t="s">
         <v>294</v>
       </c>
       <c r="F140" t="s">
         <v>17</v>
       </c>
       <c r="G140">
-        <v>61.4</v>
+        <v>84.58</v>
       </c>
       <c r="H140">
-        <v>61.4</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>13</v>
       </c>
       <c r="B141" t="s">
         <v>14</v>
       </c>
       <c r="C141" t="s">
         <v>295</v>
       </c>
       <c r="D141">
-        <v>2022</v>
+        <v>2007</v>
       </c>
       <c r="E141" t="s">
         <v>296</v>
       </c>
       <c r="F141" t="s">
         <v>17</v>
       </c>
       <c r="G141">
-        <v>61.4</v>
+        <v>98.32</v>
       </c>
       <c r="H141">
-        <v>61.4</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>13</v>
       </c>
       <c r="B142" t="s">
         <v>14</v>
       </c>
       <c r="C142" t="s">
         <v>297</v>
       </c>
       <c r="D142">
-        <v>2022</v>
+        <v>2007</v>
       </c>
       <c r="E142" t="s">
         <v>298</v>
       </c>
       <c r="F142" t="s">
         <v>17</v>
       </c>
       <c r="G142">
-        <v>61.4</v>
+        <v>98.32</v>
       </c>
       <c r="H142">
-        <v>61.4</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>13</v>
       </c>
       <c r="B143" t="s">
         <v>14</v>
       </c>
       <c r="C143" t="s">
         <v>299</v>
       </c>
       <c r="D143">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E143" t="s">
         <v>300</v>
       </c>
       <c r="F143" t="s">
         <v>17</v>
       </c>
       <c r="G143">
-        <v>54.49</v>
+        <v>63.27</v>
       </c>
       <c r="H143">
-        <v>54.49</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>13</v>
       </c>
       <c r="B144" t="s">
         <v>14</v>
       </c>
       <c r="C144" t="s">
         <v>301</v>
       </c>
       <c r="D144">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="E144" t="s">
         <v>302</v>
       </c>
       <c r="F144" t="s">
         <v>17</v>
       </c>
       <c r="G144">
-        <v>54.49</v>
+        <v>105.42</v>
       </c>
       <c r="H144">
-        <v>54.49</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>13</v>
       </c>
       <c r="B145" t="s">
         <v>14</v>
       </c>
       <c r="C145" t="s">
         <v>303</v>
       </c>
       <c r="D145">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E145" t="s">
         <v>304</v>
       </c>
       <c r="F145" t="s">
         <v>17</v>
       </c>
       <c r="G145">
-        <v>61.4</v>
+        <v>105.42</v>
       </c>
       <c r="H145">
-        <v>61.4</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>13</v>
       </c>
       <c r="B146" t="s">
         <v>14</v>
       </c>
       <c r="C146" t="s">
         <v>305</v>
       </c>
       <c r="D146">
-        <v>2020</v>
+        <v>2007</v>
       </c>
       <c r="E146" t="s">
         <v>306</v>
       </c>
       <c r="F146" t="s">
         <v>17</v>
       </c>
       <c r="G146">
-        <v>82.15</v>
+        <v>0.0</v>
       </c>
       <c r="H146">
-        <v>82.15</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>13</v>
       </c>
       <c r="B147" t="s">
         <v>14</v>
       </c>
       <c r="C147" t="s">
         <v>307</v>
       </c>
       <c r="D147">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E147" t="s">
         <v>308</v>
       </c>
       <c r="F147" t="s">
         <v>17</v>
       </c>
       <c r="G147">
-        <v>95.42</v>
+        <v>105.42</v>
       </c>
       <c r="H147">
-        <v>95.42</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>13</v>
       </c>
       <c r="B148" t="s">
         <v>14</v>
       </c>
       <c r="C148" t="s">
         <v>309</v>
       </c>
       <c r="D148">
         <v>2007</v>
       </c>
       <c r="E148" t="s">
         <v>310</v>
       </c>
       <c r="F148" t="s">
         <v>17</v>
       </c>
       <c r="G148">
-        <v>95.42</v>
+        <v>111.4</v>
       </c>
       <c r="H148">
-        <v>95.42</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>13</v>
       </c>
       <c r="B149" t="s">
         <v>14</v>
       </c>
       <c r="C149" t="s">
         <v>311</v>
       </c>
       <c r="D149">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E149" t="s">
         <v>312</v>
       </c>
       <c r="F149" t="s">
         <v>17</v>
       </c>
       <c r="G149">
-        <v>61.4</v>
+        <v>105.42</v>
       </c>
       <c r="H149">
-        <v>61.4</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>13</v>
       </c>
       <c r="B150" t="s">
         <v>14</v>
       </c>
       <c r="C150" t="s">
         <v>313</v>
       </c>
       <c r="D150">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E150" t="s">
         <v>314</v>
       </c>
       <c r="F150" t="s">
         <v>17</v>
       </c>
       <c r="G150">
-        <v>102.34</v>
+        <v>122.34</v>
       </c>
       <c r="H150">
-        <v>102.34</v>
+        <v>122.34</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>13</v>
       </c>
       <c r="B151" t="s">
         <v>14</v>
       </c>
       <c r="C151" t="s">
         <v>315</v>
       </c>
       <c r="D151">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E151" t="s">
         <v>316</v>
       </c>
       <c r="F151" t="s">
         <v>17</v>
       </c>
       <c r="G151">
-        <v>102.34</v>
+        <v>157.1</v>
       </c>
       <c r="H151">
-        <v>102.34</v>
+        <v>157.1</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>13</v>
       </c>
       <c r="B152" t="s">
         <v>14</v>
       </c>
       <c r="C152" t="s">
         <v>317</v>
       </c>
       <c r="D152">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E152" t="s">
         <v>318</v>
       </c>
       <c r="F152" t="s">
         <v>17</v>
       </c>
       <c r="G152">
-        <v>0.0</v>
+        <v>63.27</v>
       </c>
       <c r="H152">
-        <v>0.0</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>13</v>
       </c>
       <c r="B153" t="s">
         <v>14</v>
       </c>
       <c r="C153" t="s">
         <v>319</v>
       </c>
       <c r="D153">
         <v>2006</v>
       </c>
       <c r="E153" t="s">
         <v>320</v>
       </c>
       <c r="F153" t="s">
         <v>17</v>
       </c>
       <c r="G153">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
       <c r="H153">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>13</v>
       </c>
       <c r="B154" t="s">
         <v>14</v>
       </c>
       <c r="C154" t="s">
         <v>321</v>
       </c>
       <c r="D154">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E154" t="s">
         <v>322</v>
       </c>
       <c r="F154" t="s">
         <v>17</v>
       </c>
       <c r="G154">
-        <v>108.13</v>
+        <v>98.32</v>
       </c>
       <c r="H154">
-        <v>108.13</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>13</v>
       </c>
       <c r="B155" t="s">
         <v>14</v>
       </c>
       <c r="C155" t="s">
         <v>323</v>
       </c>
       <c r="D155">
         <v>2006</v>
       </c>
       <c r="E155" t="s">
         <v>324</v>
       </c>
       <c r="F155" t="s">
         <v>17</v>
       </c>
       <c r="G155">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
       <c r="H155">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>13</v>
       </c>
       <c r="B156" t="s">
         <v>14</v>
       </c>
       <c r="C156" t="s">
         <v>325</v>
       </c>
       <c r="D156">
         <v>2006</v>
       </c>
       <c r="E156" t="s">
         <v>326</v>
       </c>
       <c r="F156" t="s">
         <v>17</v>
       </c>
       <c r="G156">
-        <v>118.79</v>
+        <v>111.4</v>
       </c>
       <c r="H156">
-        <v>118.79</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>13</v>
       </c>
       <c r="B157" t="s">
         <v>14</v>
       </c>
       <c r="C157" t="s">
         <v>327</v>
       </c>
       <c r="D157">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E157" t="s">
         <v>328</v>
       </c>
       <c r="F157" t="s">
         <v>17</v>
       </c>
       <c r="G157">
-        <v>152.52</v>
+        <v>91.03</v>
       </c>
       <c r="H157">
-        <v>152.52</v>
+        <v>91.03</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>13</v>
       </c>
       <c r="B158" t="s">
         <v>14</v>
       </c>
       <c r="C158" t="s">
         <v>329</v>
       </c>
       <c r="D158">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E158" t="s">
         <v>330</v>
       </c>
       <c r="F158" t="s">
         <v>17</v>
       </c>
       <c r="G158">
-        <v>61.4</v>
+        <v>98.32</v>
       </c>
       <c r="H158">
-        <v>61.4</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>13</v>
       </c>
       <c r="B159" t="s">
         <v>14</v>
       </c>
       <c r="C159" t="s">
         <v>331</v>
       </c>
       <c r="D159">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E159" t="s">
         <v>332</v>
       </c>
       <c r="F159" t="s">
         <v>17</v>
       </c>
       <c r="G159">
-        <v>102.34</v>
+        <v>63.27</v>
       </c>
       <c r="H159">
-        <v>102.34</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>13</v>
       </c>
       <c r="B160" t="s">
         <v>14</v>
       </c>
       <c r="C160" t="s">
         <v>333</v>
       </c>
       <c r="D160">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="E160" t="s">
         <v>334</v>
       </c>
       <c r="F160" t="s">
         <v>17</v>
       </c>
       <c r="G160">
-        <v>95.42</v>
+        <v>63.27</v>
       </c>
       <c r="H160">
-        <v>95.42</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>13</v>
       </c>
       <c r="B161" t="s">
         <v>14</v>
       </c>
       <c r="C161" t="s">
         <v>335</v>
       </c>
       <c r="D161">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E161" t="s">
         <v>336</v>
       </c>
       <c r="F161" t="s">
         <v>17</v>
       </c>
       <c r="G161">
-        <v>102.34</v>
+        <v>63.27</v>
       </c>
       <c r="H161">
-        <v>102.34</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>13</v>
       </c>
       <c r="B162" t="s">
         <v>14</v>
       </c>
       <c r="C162" t="s">
         <v>337</v>
       </c>
       <c r="D162">
-        <v>2006</v>
+        <v>2020</v>
       </c>
       <c r="E162" t="s">
         <v>338</v>
       </c>
       <c r="F162" t="s">
         <v>17</v>
       </c>
       <c r="G162">
-        <v>108.13</v>
+        <v>63.27</v>
       </c>
       <c r="H162">
-        <v>108.13</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>13</v>
       </c>
       <c r="B163" t="s">
         <v>14</v>
       </c>
       <c r="C163" t="s">
         <v>339</v>
       </c>
       <c r="D163">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="E163" t="s">
         <v>340</v>
       </c>
       <c r="F163" t="s">
         <v>17</v>
       </c>
       <c r="G163">
-        <v>88.41</v>
+        <v>69.91</v>
       </c>
       <c r="H163">
-        <v>88.41</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>13</v>
       </c>
       <c r="B164" t="s">
         <v>14</v>
       </c>
       <c r="C164" t="s">
         <v>341</v>
       </c>
       <c r="D164">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E164" t="s">
         <v>342</v>
       </c>
       <c r="F164" t="s">
         <v>17</v>
       </c>
       <c r="G164">
-        <v>95.42</v>
+        <v>56.17</v>
       </c>
       <c r="H164">
-        <v>95.42</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>13</v>
       </c>
       <c r="B165" t="s">
         <v>14</v>
       </c>
       <c r="C165" t="s">
         <v>343</v>
       </c>
       <c r="D165">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E165" t="s">
         <v>344</v>
       </c>
       <c r="F165" t="s">
         <v>17</v>
       </c>
       <c r="G165">
-        <v>61.4</v>
+        <v>56.17</v>
       </c>
       <c r="H165">
-        <v>61.4</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>13</v>
       </c>
       <c r="B166" t="s">
         <v>14</v>
       </c>
       <c r="C166" t="s">
         <v>345</v>
       </c>
       <c r="D166">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="E166" t="s">
         <v>346</v>
       </c>
       <c r="F166" t="s">
         <v>17</v>
       </c>
       <c r="G166">
-        <v>61.4</v>
+        <v>56.17</v>
       </c>
       <c r="H166">
-        <v>61.4</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>13</v>
       </c>
       <c r="B167" t="s">
         <v>14</v>
       </c>
       <c r="C167" t="s">
         <v>347</v>
       </c>
       <c r="D167">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="E167" t="s">
         <v>348</v>
       </c>
       <c r="F167" t="s">
         <v>17</v>
       </c>
       <c r="G167">
-        <v>61.4</v>
+        <v>56.17</v>
       </c>
       <c r="H167">
-        <v>61.4</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>13</v>
       </c>
       <c r="B168" t="s">
         <v>14</v>
       </c>
       <c r="C168" t="s">
         <v>349</v>
       </c>
       <c r="D168">
-        <v>2020</v>
+        <v>2009</v>
       </c>
       <c r="E168" t="s">
         <v>350</v>
       </c>
       <c r="F168" t="s">
         <v>17</v>
       </c>
       <c r="G168">
-        <v>61.4</v>
+        <v>56.17</v>
       </c>
       <c r="H168">
-        <v>61.4</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>13</v>
       </c>
       <c r="B169" t="s">
         <v>14</v>
       </c>
       <c r="C169" t="s">
         <v>351</v>
       </c>
       <c r="D169">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="E169" t="s">
         <v>352</v>
       </c>
       <c r="F169" t="s">
         <v>17</v>
       </c>
       <c r="G169">
-        <v>67.85</v>
+        <v>56.17</v>
       </c>
       <c r="H169">
-        <v>67.85</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>13</v>
       </c>
       <c r="B170" t="s">
         <v>14</v>
       </c>
       <c r="C170" t="s">
         <v>353</v>
       </c>
       <c r="D170">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E170" t="s">
         <v>354</v>
       </c>
       <c r="F170" t="s">
         <v>17</v>
       </c>
       <c r="G170">
-        <v>54.49</v>
+        <v>63.27</v>
       </c>
       <c r="H170">
-        <v>54.49</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>13</v>
       </c>
       <c r="B171" t="s">
         <v>14</v>
       </c>
       <c r="C171" t="s">
         <v>355</v>
       </c>
       <c r="D171">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E171" t="s">
         <v>356</v>
       </c>
       <c r="F171" t="s">
         <v>17</v>
       </c>
       <c r="G171">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
       <c r="H171">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>13</v>
       </c>
       <c r="B172" t="s">
         <v>14</v>
       </c>
       <c r="C172" t="s">
         <v>357</v>
       </c>
       <c r="D172">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E172" t="s">
         <v>358</v>
       </c>
       <c r="F172" t="s">
         <v>17</v>
       </c>
       <c r="G172">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
       <c r="H172">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>13</v>
       </c>
       <c r="B173" t="s">
         <v>14</v>
       </c>
       <c r="C173" t="s">
         <v>359</v>
       </c>
       <c r="D173">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E173" t="s">
         <v>360</v>
       </c>
       <c r="F173" t="s">
         <v>17</v>
       </c>
       <c r="G173">
-        <v>54.49</v>
+        <v>63.27</v>
       </c>
       <c r="H173">
-        <v>54.49</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>13</v>
       </c>
       <c r="B174" t="s">
         <v>14</v>
       </c>
       <c r="C174" t="s">
         <v>361</v>
       </c>
       <c r="D174">
         <v>2009</v>
       </c>
       <c r="E174" t="s">
         <v>362</v>
       </c>
       <c r="F174" t="s">
         <v>17</v>
       </c>
       <c r="G174">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
       <c r="H174">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>13</v>
       </c>
       <c r="B175" t="s">
         <v>14</v>
       </c>
       <c r="C175" t="s">
         <v>363</v>
       </c>
       <c r="D175">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E175" t="s">
         <v>364</v>
       </c>
       <c r="F175" t="s">
         <v>17</v>
       </c>
       <c r="G175">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
       <c r="H175">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>13</v>
       </c>
       <c r="B176" t="s">
         <v>14</v>
       </c>
       <c r="C176" t="s">
         <v>365</v>
       </c>
       <c r="D176">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E176" t="s">
         <v>366</v>
       </c>
       <c r="F176" t="s">
         <v>17</v>
       </c>
       <c r="G176">
-        <v>61.4</v>
+        <v>56.17</v>
       </c>
       <c r="H176">
-        <v>61.4</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>13</v>
       </c>
       <c r="B177" t="s">
         <v>14</v>
       </c>
       <c r="C177" t="s">
         <v>367</v>
       </c>
       <c r="D177">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E177" t="s">
         <v>368</v>
       </c>
       <c r="F177" t="s">
         <v>17</v>
       </c>
       <c r="G177">
-        <v>54.49</v>
+        <v>63.27</v>
       </c>
       <c r="H177">
-        <v>54.49</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>13</v>
       </c>
       <c r="B178" t="s">
         <v>14</v>
       </c>
       <c r="C178" t="s">
         <v>369</v>
       </c>
       <c r="D178">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E178" t="s">
         <v>370</v>
       </c>
       <c r="F178" t="s">
         <v>17</v>
       </c>
       <c r="G178">
-        <v>54.49</v>
+        <v>63.27</v>
       </c>
       <c r="H178">
-        <v>54.49</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>13</v>
       </c>
       <c r="B179" t="s">
         <v>14</v>
       </c>
       <c r="C179" t="s">
         <v>371</v>
       </c>
       <c r="D179">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E179" t="s">
         <v>372</v>
       </c>
       <c r="F179" t="s">
         <v>17</v>
       </c>
       <c r="G179">
-        <v>61.4</v>
+        <v>105.42</v>
       </c>
       <c r="H179">
-        <v>61.4</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>13</v>
       </c>
       <c r="B180" t="s">
         <v>14</v>
       </c>
       <c r="C180" t="s">
         <v>373</v>
       </c>
       <c r="D180">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E180" t="s">
         <v>374</v>
       </c>
       <c r="F180" t="s">
         <v>17</v>
       </c>
       <c r="G180">
-        <v>54.49</v>
+        <v>98.32</v>
       </c>
       <c r="H180">
-        <v>54.49</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>13</v>
       </c>
       <c r="B181" t="s">
         <v>14</v>
       </c>
       <c r="C181" t="s">
         <v>375</v>
       </c>
       <c r="D181">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E181" t="s">
         <v>376</v>
       </c>
       <c r="F181" t="s">
         <v>17</v>
       </c>
       <c r="G181">
-        <v>54.49</v>
+        <v>48.79</v>
       </c>
       <c r="H181">
-        <v>54.49</v>
+        <v>48.79</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>13</v>
       </c>
       <c r="B182" t="s">
         <v>14</v>
       </c>
       <c r="C182" t="s">
         <v>377</v>
       </c>
       <c r="D182">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E182" t="s">
         <v>378</v>
       </c>
       <c r="F182" t="s">
         <v>17</v>
       </c>
       <c r="G182">
-        <v>54.49</v>
+        <v>105.42</v>
       </c>
       <c r="H182">
-        <v>54.49</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>13</v>
       </c>
       <c r="B183" t="s">
         <v>14</v>
       </c>
       <c r="C183" t="s">
         <v>379</v>
       </c>
       <c r="D183">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E183" t="s">
         <v>380</v>
       </c>
       <c r="F183" t="s">
         <v>17</v>
       </c>
       <c r="G183">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H183">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>13</v>
       </c>
       <c r="B184" t="s">
         <v>14</v>
       </c>
       <c r="C184" t="s">
         <v>381</v>
       </c>
       <c r="D184">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="E184" t="s">
         <v>382</v>
       </c>
       <c r="F184" t="s">
         <v>17</v>
       </c>
       <c r="G184">
-        <v>61.4</v>
+        <v>111.4</v>
       </c>
       <c r="H184">
-        <v>61.4</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>13</v>
       </c>
       <c r="B185" t="s">
         <v>14</v>
       </c>
       <c r="C185" t="s">
         <v>383</v>
       </c>
       <c r="D185">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E185" t="s">
         <v>384</v>
       </c>
       <c r="F185" t="s">
         <v>17</v>
       </c>
       <c r="G185">
-        <v>102.34</v>
+        <v>98.32</v>
       </c>
       <c r="H185">
-        <v>102.34</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>13</v>
       </c>
       <c r="B186" t="s">
         <v>14</v>
       </c>
       <c r="C186" t="s">
         <v>385</v>
       </c>
       <c r="D186">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="E186" t="s">
         <v>386</v>
       </c>
       <c r="F186" t="s">
         <v>17</v>
       </c>
       <c r="G186">
-        <v>95.42</v>
+        <v>69.91</v>
       </c>
       <c r="H186">
-        <v>95.42</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>13</v>
       </c>
       <c r="B187" t="s">
         <v>14</v>
       </c>
       <c r="C187" t="s">
         <v>387</v>
       </c>
       <c r="D187">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="E187" t="s">
         <v>388</v>
       </c>
       <c r="F187" t="s">
         <v>17</v>
       </c>
       <c r="G187">
-        <v>47.38</v>
+        <v>105.42</v>
       </c>
       <c r="H187">
-        <v>47.38</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>13</v>
       </c>
       <c r="B188" t="s">
         <v>14</v>
       </c>
       <c r="C188" t="s">
         <v>389</v>
       </c>
       <c r="D188">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="E188" t="s">
         <v>390</v>
       </c>
       <c r="F188" t="s">
         <v>17</v>
       </c>
       <c r="G188">
-        <v>102.34</v>
+        <v>84.58</v>
       </c>
       <c r="H188">
-        <v>102.34</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>13</v>
       </c>
       <c r="B189" t="s">
         <v>14</v>
       </c>
       <c r="C189" t="s">
         <v>391</v>
       </c>
       <c r="D189">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E189" t="s">
         <v>392</v>
       </c>
       <c r="F189" t="s">
         <v>17</v>
       </c>
       <c r="G189">
-        <v>61.4</v>
+        <v>69.91</v>
       </c>
       <c r="H189">
-        <v>61.4</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>13</v>
       </c>
       <c r="B190" t="s">
         <v>14</v>
       </c>
       <c r="C190" t="s">
         <v>393</v>
       </c>
       <c r="D190">
-        <v>2019</v>
+        <v>1996</v>
       </c>
       <c r="E190" t="s">
         <v>394</v>
       </c>
       <c r="F190" t="s">
         <v>17</v>
       </c>
       <c r="G190">
-        <v>108.13</v>
+        <v>69.91</v>
       </c>
       <c r="H190">
-        <v>108.13</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>13</v>
       </c>
       <c r="B191" t="s">
         <v>14</v>
       </c>
       <c r="C191" t="s">
         <v>395</v>
       </c>
       <c r="D191">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="E191" t="s">
         <v>396</v>
       </c>
       <c r="F191" t="s">
         <v>17</v>
       </c>
       <c r="G191">
-        <v>95.42</v>
+        <v>63.27</v>
       </c>
       <c r="H191">
-        <v>95.42</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>13</v>
       </c>
       <c r="B192" t="s">
         <v>14</v>
       </c>
       <c r="C192" t="s">
         <v>397</v>
       </c>
       <c r="D192">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="E192" t="s">
         <v>398</v>
       </c>
       <c r="F192" t="s">
         <v>17</v>
       </c>
       <c r="G192">
-        <v>67.85</v>
+        <v>98.32</v>
       </c>
       <c r="H192">
-        <v>67.85</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>13</v>
       </c>
       <c r="B193" t="s">
         <v>14</v>
       </c>
       <c r="C193" t="s">
         <v>399</v>
       </c>
       <c r="D193">
-        <v>2019</v>
+        <v>2005</v>
       </c>
       <c r="E193" t="s">
         <v>400</v>
       </c>
       <c r="F193" t="s">
         <v>17</v>
       </c>
       <c r="G193">
-        <v>102.34</v>
+        <v>98.32</v>
       </c>
       <c r="H193">
-        <v>102.34</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>13</v>
       </c>
       <c r="B194" t="s">
         <v>14</v>
       </c>
       <c r="C194" t="s">
         <v>401</v>
       </c>
       <c r="D194">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E194" t="s">
         <v>402</v>
       </c>
       <c r="F194" t="s">
         <v>17</v>
       </c>
       <c r="G194">
-        <v>82.15</v>
+        <v>48.79</v>
       </c>
       <c r="H194">
-        <v>82.15</v>
+        <v>48.79</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>13</v>
       </c>
       <c r="B195" t="s">
         <v>14</v>
       </c>
       <c r="C195" t="s">
         <v>403</v>
       </c>
       <c r="D195">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="E195" t="s">
         <v>404</v>
       </c>
       <c r="F195" t="s">
         <v>17</v>
       </c>
       <c r="G195">
-        <v>67.85</v>
+        <v>48.79</v>
       </c>
       <c r="H195">
-        <v>67.85</v>
+        <v>48.79</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>13</v>
       </c>
       <c r="B196" t="s">
         <v>14</v>
       </c>
       <c r="C196" t="s">
         <v>405</v>
       </c>
       <c r="D196">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="E196" t="s">
         <v>406</v>
       </c>
       <c r="F196" t="s">
         <v>17</v>
       </c>
       <c r="G196">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
       <c r="H196">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>13</v>
       </c>
       <c r="B197" t="s">
         <v>14</v>
       </c>
       <c r="C197" t="s">
         <v>407</v>
       </c>
       <c r="D197">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="E197" t="s">
         <v>408</v>
       </c>
       <c r="F197" t="s">
         <v>17</v>
       </c>
       <c r="G197">
-        <v>61.4</v>
+        <v>56.17</v>
       </c>
       <c r="H197">
-        <v>61.4</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>13</v>
       </c>
       <c r="B198" t="s">
         <v>14</v>
       </c>
       <c r="C198" t="s">
         <v>409</v>
       </c>
       <c r="D198">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="E198" t="s">
         <v>410</v>
       </c>
       <c r="F198" t="s">
         <v>17</v>
       </c>
       <c r="G198">
-        <v>95.42</v>
+        <v>105.42</v>
       </c>
       <c r="H198">
-        <v>95.42</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>13</v>
       </c>
       <c r="B199" t="s">
         <v>14</v>
       </c>
       <c r="C199" t="s">
         <v>411</v>
       </c>
       <c r="D199">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E199" t="s">
         <v>412</v>
       </c>
       <c r="F199" t="s">
         <v>17</v>
       </c>
       <c r="G199">
-        <v>95.42</v>
+        <v>77.2</v>
       </c>
       <c r="H199">
-        <v>95.42</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>13</v>
       </c>
       <c r="B200" t="s">
         <v>14</v>
       </c>
       <c r="C200" t="s">
         <v>413</v>
       </c>
       <c r="D200">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="E200" t="s">
         <v>414</v>
       </c>
       <c r="F200" t="s">
         <v>17</v>
       </c>
       <c r="G200">
-        <v>47.38</v>
+        <v>56.17</v>
       </c>
       <c r="H200">
-        <v>47.38</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>13</v>
       </c>
       <c r="B201" t="s">
         <v>14</v>
       </c>
       <c r="C201" t="s">
         <v>415</v>
       </c>
       <c r="D201">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="E201" t="s">
         <v>416</v>
       </c>
       <c r="F201" t="s">
         <v>17</v>
       </c>
       <c r="G201">
-        <v>47.38</v>
+        <v>48.79</v>
       </c>
       <c r="H201">
-        <v>47.38</v>
+        <v>48.79</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>13</v>
       </c>
       <c r="B202" t="s">
         <v>14</v>
       </c>
       <c r="C202" t="s">
         <v>417</v>
       </c>
       <c r="D202">
-        <v>2012</v>
+        <v>1997</v>
       </c>
       <c r="E202" t="s">
         <v>418</v>
       </c>
       <c r="F202" t="s">
         <v>17</v>
       </c>
       <c r="G202">
-        <v>67.85</v>
+        <v>77.2</v>
       </c>
       <c r="H202">
-        <v>67.85</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>13</v>
       </c>
       <c r="B203" t="s">
         <v>14</v>
       </c>
       <c r="C203" t="s">
         <v>419</v>
       </c>
       <c r="D203">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E203" t="s">
         <v>420</v>
       </c>
       <c r="F203" t="s">
         <v>17</v>
       </c>
       <c r="G203">
-        <v>54.49</v>
+        <v>98.32</v>
       </c>
       <c r="H203">
-        <v>54.49</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>13</v>
       </c>
       <c r="B204" t="s">
         <v>14</v>
       </c>
       <c r="C204" t="s">
         <v>421</v>
       </c>
       <c r="D204">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="E204" t="s">
         <v>422</v>
       </c>
       <c r="F204" t="s">
         <v>17</v>
       </c>
       <c r="G204">
-        <v>102.34</v>
+        <v>77.2</v>
       </c>
       <c r="H204">
-        <v>102.34</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>13</v>
       </c>
       <c r="B205" t="s">
         <v>14</v>
       </c>
       <c r="C205" t="s">
         <v>423</v>
       </c>
       <c r="D205">
         <v>2008</v>
       </c>
       <c r="E205" t="s">
         <v>424</v>
       </c>
       <c r="F205" t="s">
         <v>17</v>
       </c>
       <c r="G205">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
       <c r="H205">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>13</v>
       </c>
       <c r="B206" t="s">
         <v>14</v>
       </c>
       <c r="C206" t="s">
         <v>425</v>
       </c>
       <c r="D206">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E206" t="s">
         <v>426</v>
       </c>
       <c r="F206" t="s">
         <v>17</v>
       </c>
       <c r="G206">
-        <v>54.49</v>
+        <v>77.2</v>
       </c>
       <c r="H206">
-        <v>54.49</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>13</v>
       </c>
       <c r="B207" t="s">
         <v>14</v>
       </c>
       <c r="C207" t="s">
         <v>427</v>
       </c>
       <c r="D207">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E207" t="s">
         <v>428</v>
       </c>
       <c r="F207" t="s">
         <v>17</v>
       </c>
       <c r="G207">
-        <v>47.38</v>
+        <v>77.2</v>
       </c>
       <c r="H207">
-        <v>47.38</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>13</v>
       </c>
       <c r="B208" t="s">
         <v>14</v>
       </c>
       <c r="C208" t="s">
         <v>429</v>
       </c>
       <c r="D208">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="E208" t="s">
         <v>430</v>
       </c>
       <c r="F208" t="s">
         <v>17</v>
       </c>
       <c r="G208">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H208">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>13</v>
       </c>
       <c r="B209" t="s">
         <v>14</v>
       </c>
       <c r="C209" t="s">
         <v>431</v>
       </c>
       <c r="D209">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E209" t="s">
         <v>432</v>
       </c>
       <c r="F209" t="s">
         <v>17</v>
       </c>
       <c r="G209">
-        <v>95.42</v>
+        <v>63.27</v>
       </c>
       <c r="H209">
-        <v>95.42</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>13</v>
       </c>
       <c r="B210" t="s">
         <v>14</v>
       </c>
       <c r="C210" t="s">
         <v>433</v>
       </c>
       <c r="D210">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E210" t="s">
         <v>434</v>
       </c>
       <c r="F210" t="s">
         <v>17</v>
       </c>
       <c r="G210">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H210">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>13</v>
       </c>
       <c r="B211" t="s">
         <v>14</v>
       </c>
       <c r="C211" t="s">
         <v>435</v>
       </c>
       <c r="D211">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E211" t="s">
         <v>436</v>
       </c>
       <c r="F211" t="s">
         <v>17</v>
       </c>
       <c r="G211">
-        <v>82.15</v>
+        <v>69.91</v>
       </c>
       <c r="H211">
-        <v>82.15</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>13</v>
       </c>
       <c r="B212" t="s">
         <v>14</v>
       </c>
       <c r="C212" t="s">
         <v>437</v>
       </c>
       <c r="D212">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E212" t="s">
         <v>438</v>
       </c>
       <c r="F212" t="s">
         <v>17</v>
       </c>
       <c r="G212">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H212">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>13</v>
       </c>
       <c r="B213" t="s">
         <v>14</v>
       </c>
       <c r="C213" t="s">
         <v>439</v>
       </c>
       <c r="D213">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E213" t="s">
         <v>440</v>
       </c>
       <c r="F213" t="s">
         <v>17</v>
       </c>
       <c r="G213">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H213">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>13</v>
       </c>
       <c r="B214" t="s">
         <v>14</v>
       </c>
       <c r="C214" t="s">
         <v>441</v>
       </c>
       <c r="D214">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E214" t="s">
         <v>442</v>
       </c>
       <c r="F214" t="s">
         <v>17</v>
       </c>
       <c r="G214">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H214">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>13</v>
       </c>
       <c r="B215" t="s">
         <v>14</v>
       </c>
       <c r="C215" t="s">
         <v>443</v>
       </c>
       <c r="D215">
-        <v>2009</v>
+        <v>1997</v>
       </c>
       <c r="E215" t="s">
         <v>444</v>
       </c>
       <c r="F215" t="s">
         <v>17</v>
       </c>
       <c r="G215">
-        <v>61.4</v>
+        <v>77.2</v>
       </c>
       <c r="H215">
-        <v>61.4</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>13</v>
       </c>
       <c r="B216" t="s">
         <v>14</v>
       </c>
       <c r="C216" t="s">
         <v>445</v>
       </c>
       <c r="D216">
-        <v>1996</v>
+        <v>2017</v>
       </c>
       <c r="E216" t="s">
         <v>446</v>
       </c>
       <c r="F216" t="s">
         <v>17</v>
       </c>
       <c r="G216">
-        <v>74.95</v>
+        <v>105.42</v>
       </c>
       <c r="H216">
-        <v>74.95</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>13</v>
       </c>
       <c r="B217" t="s">
         <v>14</v>
       </c>
       <c r="C217" t="s">
         <v>447</v>
       </c>
       <c r="D217">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E217" t="s">
         <v>448</v>
       </c>
       <c r="F217" t="s">
         <v>17</v>
       </c>
       <c r="G217">
-        <v>67.85</v>
+        <v>77.2</v>
       </c>
       <c r="H217">
-        <v>67.85</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>13</v>
       </c>
       <c r="B218" t="s">
         <v>14</v>
       </c>
       <c r="C218" t="s">
         <v>449</v>
       </c>
       <c r="D218">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E218" t="s">
         <v>450</v>
       </c>
       <c r="F218" t="s">
         <v>17</v>
       </c>
       <c r="G218">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H218">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>13</v>
       </c>
       <c r="B219" t="s">
         <v>14</v>
       </c>
       <c r="C219" t="s">
         <v>451</v>
       </c>
       <c r="D219">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E219" t="s">
         <v>452</v>
       </c>
       <c r="F219" t="s">
         <v>17</v>
       </c>
       <c r="G219">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H219">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>13</v>
       </c>
       <c r="B220" t="s">
         <v>14</v>
       </c>
       <c r="C220" t="s">
         <v>453</v>
       </c>
       <c r="D220">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="E220" t="s">
         <v>454</v>
       </c>
       <c r="F220" t="s">
         <v>17</v>
       </c>
       <c r="G220">
-        <v>74.95</v>
+        <v>69.91</v>
       </c>
       <c r="H220">
-        <v>74.95</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>13</v>
       </c>
       <c r="B221" t="s">
         <v>14</v>
       </c>
       <c r="C221" t="s">
         <v>455</v>
       </c>
       <c r="D221">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="E221" t="s">
         <v>456</v>
       </c>
       <c r="F221" t="s">
         <v>17</v>
       </c>
       <c r="G221">
-        <v>74.95</v>
+        <v>69.91</v>
       </c>
       <c r="H221">
-        <v>74.95</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>13</v>
       </c>
       <c r="B222" t="s">
         <v>14</v>
       </c>
       <c r="C222" t="s">
         <v>457</v>
       </c>
       <c r="D222">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="E222" t="s">
         <v>458</v>
       </c>
       <c r="F222" t="s">
         <v>17</v>
       </c>
       <c r="G222">
-        <v>102.34</v>
+        <v>56.17</v>
       </c>
       <c r="H222">
-        <v>102.34</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>13</v>
       </c>
       <c r="B223" t="s">
         <v>14</v>
       </c>
       <c r="C223" t="s">
         <v>459</v>
       </c>
       <c r="D223">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E223" t="s">
         <v>460</v>
       </c>
       <c r="F223" t="s">
         <v>17</v>
       </c>
       <c r="G223">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H223">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>13</v>
       </c>
       <c r="B224" t="s">
         <v>14</v>
       </c>
       <c r="C224" t="s">
         <v>461</v>
       </c>
       <c r="D224">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E224" t="s">
         <v>462</v>
       </c>
       <c r="F224" t="s">
         <v>17</v>
       </c>
       <c r="G224">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H224">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>13</v>
       </c>
       <c r="B225" t="s">
         <v>14</v>
       </c>
       <c r="C225" t="s">
         <v>463</v>
       </c>
       <c r="D225">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E225" t="s">
         <v>464</v>
       </c>
       <c r="F225" t="s">
         <v>17</v>
       </c>
       <c r="G225">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H225">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>13</v>
       </c>
       <c r="B226" t="s">
         <v>14</v>
       </c>
       <c r="C226" t="s">
         <v>465</v>
       </c>
       <c r="D226">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="E226" t="s">
         <v>466</v>
       </c>
       <c r="F226" t="s">
         <v>17</v>
       </c>
       <c r="G226">
-        <v>67.85</v>
+        <v>77.2</v>
       </c>
       <c r="H226">
-        <v>67.85</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>13</v>
       </c>
       <c r="B227" t="s">
         <v>14</v>
       </c>
       <c r="C227" t="s">
         <v>467</v>
       </c>
       <c r="D227">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="E227" t="s">
         <v>468</v>
       </c>
       <c r="F227" t="s">
         <v>17</v>
       </c>
       <c r="G227">
-        <v>67.85</v>
+        <v>77.2</v>
       </c>
       <c r="H227">
-        <v>67.85</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>13</v>
       </c>
       <c r="B228" t="s">
         <v>14</v>
       </c>
       <c r="C228" t="s">
         <v>469</v>
       </c>
       <c r="D228">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="E228" t="s">
         <v>470</v>
       </c>
       <c r="F228" t="s">
         <v>17</v>
       </c>
       <c r="G228">
-        <v>54.49</v>
+        <v>77.2</v>
       </c>
       <c r="H228">
-        <v>54.49</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>13</v>
       </c>
       <c r="B229" t="s">
         <v>14</v>
       </c>
       <c r="C229" t="s">
         <v>471</v>
       </c>
       <c r="D229">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="E229" t="s">
         <v>472</v>
       </c>
       <c r="F229" t="s">
         <v>17</v>
       </c>
       <c r="G229">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H229">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>13</v>
       </c>
       <c r="B230" t="s">
         <v>14</v>
       </c>
       <c r="C230" t="s">
         <v>473</v>
       </c>
       <c r="D230">
         <v>1996</v>
       </c>
       <c r="E230" t="s">
         <v>474</v>
       </c>
       <c r="F230" t="s">
         <v>17</v>
       </c>
       <c r="G230">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
       <c r="H230">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>13</v>
       </c>
       <c r="B231" t="s">
         <v>14</v>
       </c>
       <c r="C231" t="s">
         <v>475</v>
       </c>
       <c r="D231">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="E231" t="s">
         <v>476</v>
       </c>
       <c r="F231" t="s">
         <v>17</v>
       </c>
       <c r="G231">
-        <v>74.95</v>
+        <v>69.91</v>
       </c>
       <c r="H231">
-        <v>74.95</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>13</v>
       </c>
       <c r="B232" t="s">
         <v>14</v>
       </c>
       <c r="C232" t="s">
         <v>477</v>
       </c>
       <c r="D232">
-        <v>1998</v>
+        <v>1995</v>
       </c>
       <c r="E232" t="s">
         <v>478</v>
       </c>
       <c r="F232" t="s">
         <v>17</v>
       </c>
       <c r="G232">
-        <v>74.95</v>
+        <v>63.27</v>
       </c>
       <c r="H232">
-        <v>74.95</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>13</v>
       </c>
       <c r="B233" t="s">
         <v>14</v>
       </c>
       <c r="C233" t="s">
         <v>479</v>
       </c>
       <c r="D233">
-        <v>1998</v>
+        <v>1995</v>
       </c>
       <c r="E233" t="s">
         <v>480</v>
       </c>
       <c r="F233" t="s">
         <v>17</v>
       </c>
       <c r="G233">
-        <v>74.95</v>
+        <v>63.27</v>
       </c>
       <c r="H233">
-        <v>74.95</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>13</v>
       </c>
       <c r="B234" t="s">
         <v>14</v>
       </c>
       <c r="C234" t="s">
         <v>481</v>
       </c>
       <c r="D234">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="E234" t="s">
         <v>482</v>
       </c>
       <c r="F234" t="s">
         <v>17</v>
       </c>
       <c r="G234">
-        <v>74.95</v>
+        <v>56.17</v>
       </c>
       <c r="H234">
-        <v>74.95</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>13</v>
       </c>
       <c r="B235" t="s">
         <v>14</v>
       </c>
       <c r="C235" t="s">
         <v>483</v>
       </c>
       <c r="D235">
-        <v>1998</v>
+        <v>1996</v>
       </c>
       <c r="E235" t="s">
         <v>484</v>
       </c>
       <c r="F235" t="s">
         <v>17</v>
       </c>
       <c r="G235">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H235">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>13</v>
       </c>
       <c r="B236" t="s">
         <v>14</v>
       </c>
       <c r="C236" t="s">
         <v>485</v>
       </c>
       <c r="D236">
         <v>1996</v>
       </c>
       <c r="E236" t="s">
         <v>486</v>
       </c>
       <c r="F236" t="s">
         <v>17</v>
       </c>
       <c r="G236">
-        <v>82.15</v>
+        <v>77.2</v>
       </c>
       <c r="H236">
-        <v>82.15</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>13</v>
       </c>
       <c r="B237" t="s">
         <v>14</v>
       </c>
       <c r="C237" t="s">
         <v>487</v>
       </c>
       <c r="D237">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="E237" t="s">
         <v>488</v>
       </c>
       <c r="F237" t="s">
         <v>17</v>
       </c>
       <c r="G237">
-        <v>67.85</v>
+        <v>77.2</v>
       </c>
       <c r="H237">
-        <v>67.85</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>13</v>
       </c>
       <c r="B238" t="s">
         <v>14</v>
       </c>
       <c r="C238" t="s">
         <v>489</v>
       </c>
       <c r="D238">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E238" t="s">
         <v>490</v>
       </c>
       <c r="F238" t="s">
         <v>17</v>
       </c>
       <c r="G238">
-        <v>61.4</v>
+        <v>77.2</v>
       </c>
       <c r="H238">
-        <v>61.4</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>13</v>
       </c>
       <c r="B239" t="s">
         <v>14</v>
       </c>
       <c r="C239" t="s">
         <v>491</v>
       </c>
       <c r="D239">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E239" t="s">
         <v>492</v>
       </c>
       <c r="F239" t="s">
         <v>17</v>
       </c>
       <c r="G239">
-        <v>61.4</v>
+        <v>77.2</v>
       </c>
       <c r="H239">
-        <v>61.4</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>13</v>
       </c>
       <c r="B240" t="s">
         <v>14</v>
       </c>
       <c r="C240" t="s">
         <v>493</v>
       </c>
       <c r="D240">
         <v>1994</v>
       </c>
       <c r="E240" t="s">
         <v>494</v>
       </c>
       <c r="F240" t="s">
         <v>17</v>
       </c>
       <c r="G240">
-        <v>54.49</v>
+        <v>69.91</v>
       </c>
       <c r="H240">
-        <v>54.49</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>13</v>
       </c>
       <c r="B241" t="s">
         <v>14</v>
       </c>
       <c r="C241" t="s">
         <v>495</v>
       </c>
       <c r="D241">
         <v>1996</v>
       </c>
       <c r="E241" t="s">
         <v>496</v>
       </c>
       <c r="F241" t="s">
         <v>17</v>
       </c>
       <c r="G241">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
       <c r="H241">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>13</v>
       </c>
       <c r="B242" t="s">
         <v>14</v>
       </c>
       <c r="C242" t="s">
         <v>497</v>
       </c>
       <c r="D242">
         <v>1996</v>
       </c>
       <c r="E242" t="s">
         <v>498</v>
       </c>
       <c r="F242" t="s">
         <v>17</v>
       </c>
       <c r="G242">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
       <c r="H242">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>13</v>
       </c>
       <c r="B243" t="s">
         <v>14</v>
       </c>
       <c r="C243" t="s">
         <v>499</v>
       </c>
       <c r="D243">
         <v>1996</v>
       </c>
       <c r="E243" t="s">
         <v>500</v>
       </c>
       <c r="F243" t="s">
         <v>17</v>
       </c>
       <c r="G243">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
       <c r="H243">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>13</v>
       </c>
       <c r="B244" t="s">
         <v>14</v>
       </c>
       <c r="C244" t="s">
         <v>501</v>
       </c>
       <c r="D244">
         <v>1996</v>
       </c>
       <c r="E244" t="s">
         <v>502</v>
       </c>
       <c r="F244" t="s">
         <v>17</v>
       </c>
       <c r="G244">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
       <c r="H244">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>13</v>
       </c>
       <c r="B245" t="s">
         <v>14</v>
       </c>
       <c r="C245" t="s">
         <v>503</v>
       </c>
       <c r="D245">
         <v>1996</v>
       </c>
       <c r="E245" t="s">
         <v>504</v>
       </c>
       <c r="F245" t="s">
         <v>17</v>
       </c>
       <c r="G245">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
       <c r="H245">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>13</v>
       </c>
       <c r="B246" t="s">
         <v>14</v>
       </c>
       <c r="C246" t="s">
         <v>505</v>
       </c>
       <c r="D246">
         <v>1994</v>
       </c>
       <c r="E246" t="s">
         <v>506</v>
       </c>
       <c r="F246" t="s">
         <v>17</v>
       </c>
       <c r="G246">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
       <c r="H246">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>13</v>
       </c>
       <c r="B247" t="s">
         <v>14</v>
       </c>
       <c r="C247" t="s">
         <v>507</v>
       </c>
       <c r="D247">
         <v>1996</v>
       </c>
       <c r="E247" t="s">
         <v>508</v>
       </c>
       <c r="F247" t="s">
         <v>17</v>
       </c>
       <c r="G247">
-        <v>82.15</v>
+        <v>77.2</v>
       </c>
       <c r="H247">
-        <v>82.15</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>13</v>
       </c>
       <c r="B248" t="s">
         <v>14</v>
       </c>
       <c r="C248" t="s">
         <v>509</v>
       </c>
       <c r="D248">
-        <v>1996</v>
+        <v>2007</v>
       </c>
       <c r="E248" t="s">
         <v>510</v>
       </c>
       <c r="F248" t="s">
         <v>17</v>
       </c>
       <c r="G248">
-        <v>82.15</v>
+        <v>111.4</v>
       </c>
       <c r="H248">
-        <v>82.15</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>13</v>
       </c>
       <c r="B249" t="s">
         <v>14</v>
       </c>
       <c r="C249" t="s">
         <v>511</v>
       </c>
       <c r="D249">
-        <v>1996</v>
+        <v>2007</v>
       </c>
       <c r="E249" t="s">
         <v>512</v>
       </c>
       <c r="F249" t="s">
         <v>17</v>
       </c>
       <c r="G249">
-        <v>82.15</v>
+        <v>111.4</v>
       </c>
       <c r="H249">
-        <v>82.15</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>13</v>
       </c>
       <c r="B250" t="s">
         <v>14</v>
       </c>
       <c r="C250" t="s">
         <v>513</v>
       </c>
       <c r="D250">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="E250" t="s">
         <v>514</v>
       </c>
       <c r="F250" t="s">
         <v>17</v>
       </c>
       <c r="G250">
-        <v>82.15</v>
+        <v>69.91</v>
       </c>
       <c r="H250">
-        <v>82.15</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>13</v>
       </c>
       <c r="B251" t="s">
         <v>14</v>
       </c>
       <c r="C251" t="s">
         <v>515</v>
       </c>
       <c r="D251">
         <v>1996</v>
       </c>
       <c r="E251" t="s">
         <v>516</v>
       </c>
       <c r="F251" t="s">
         <v>17</v>
       </c>
       <c r="G251">
-        <v>82.15</v>
+        <v>77.2</v>
       </c>
       <c r="H251">
-        <v>82.15</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>13</v>
       </c>
       <c r="B252" t="s">
         <v>14</v>
       </c>
       <c r="C252" t="s">
         <v>517</v>
       </c>
       <c r="D252">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="E252" t="s">
         <v>518</v>
       </c>
       <c r="F252" t="s">
         <v>17</v>
       </c>
       <c r="G252">
-        <v>67.85</v>
+        <v>77.2</v>
       </c>
       <c r="H252">
-        <v>67.85</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>13</v>
       </c>
       <c r="B253" t="s">
         <v>14</v>
       </c>
       <c r="C253" t="s">
         <v>519</v>
       </c>
       <c r="D253">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E253" t="s">
         <v>520</v>
       </c>
       <c r="F253" t="s">
         <v>17</v>
       </c>
       <c r="G253">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
       <c r="H253">
-        <v>74.95</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>13</v>
       </c>
       <c r="B254" t="s">
         <v>14</v>
       </c>
       <c r="C254" t="s">
         <v>521</v>
       </c>
       <c r="D254">
-        <v>2007</v>
+        <v>1996</v>
       </c>
       <c r="E254" t="s">
         <v>522</v>
       </c>
       <c r="F254" t="s">
         <v>17</v>
       </c>
       <c r="G254">
-        <v>108.13</v>
+        <v>69.91</v>
       </c>
       <c r="H254">
-        <v>108.13</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>13</v>
       </c>
       <c r="B255" t="s">
         <v>14</v>
       </c>
       <c r="C255" t="s">
         <v>523</v>
       </c>
       <c r="D255">
-        <v>2007</v>
+        <v>1996</v>
       </c>
       <c r="E255" t="s">
         <v>524</v>
       </c>
       <c r="F255" t="s">
         <v>17</v>
       </c>
       <c r="G255">
-        <v>108.13</v>
+        <v>69.91</v>
       </c>
       <c r="H255">
-        <v>108.13</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>13</v>
       </c>
       <c r="B256" t="s">
         <v>14</v>
       </c>
       <c r="C256" t="s">
         <v>525</v>
       </c>
       <c r="D256">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="E256" t="s">
         <v>526</v>
       </c>
       <c r="F256" t="s">
         <v>17</v>
       </c>
       <c r="G256">
-        <v>67.85</v>
+        <v>77.2</v>
       </c>
       <c r="H256">
-        <v>67.85</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>13</v>
       </c>
       <c r="B257" t="s">
         <v>14</v>
       </c>
       <c r="C257" t="s">
         <v>527</v>
       </c>
       <c r="D257">
         <v>1996</v>
       </c>
       <c r="E257" t="s">
         <v>528</v>
       </c>
       <c r="F257" t="s">
         <v>17</v>
       </c>
       <c r="G257">
-        <v>74.95</v>
+        <v>63.27</v>
       </c>
       <c r="H257">
-        <v>74.95</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>13</v>
       </c>
       <c r="B258" t="s">
         <v>14</v>
       </c>
       <c r="C258" t="s">
         <v>529</v>
       </c>
       <c r="D258">
         <v>1996</v>
       </c>
       <c r="E258" t="s">
         <v>530</v>
       </c>
       <c r="F258" t="s">
         <v>17</v>
       </c>
       <c r="G258">
-        <v>74.95</v>
+        <v>63.27</v>
       </c>
       <c r="H258">
-        <v>74.95</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>13</v>
       </c>
       <c r="B259" t="s">
         <v>14</v>
       </c>
       <c r="C259" t="s">
         <v>531</v>
       </c>
       <c r="D259">
-        <v>2008</v>
+        <v>1995</v>
       </c>
       <c r="E259" t="s">
         <v>532</v>
       </c>
       <c r="F259" t="s">
         <v>17</v>
       </c>
       <c r="G259">
-        <v>82.15</v>
+        <v>77.2</v>
       </c>
       <c r="H259">
-        <v>82.15</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>13</v>
       </c>
       <c r="B260" t="s">
         <v>14</v>
       </c>
       <c r="C260" t="s">
         <v>533</v>
       </c>
       <c r="D260">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="E260" t="s">
         <v>534</v>
       </c>
       <c r="F260" t="s">
         <v>17</v>
       </c>
       <c r="G260">
-        <v>67.85</v>
+        <v>56.17</v>
       </c>
       <c r="H260">
-        <v>67.85</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>13</v>
       </c>
       <c r="B261" t="s">
         <v>14</v>
       </c>
       <c r="C261" t="s">
         <v>535</v>
       </c>
       <c r="D261">
-        <v>1996</v>
+        <v>2019</v>
       </c>
       <c r="E261" t="s">
         <v>536</v>
       </c>
       <c r="F261" t="s">
         <v>17</v>
       </c>
       <c r="G261">
-        <v>67.85</v>
+        <v>111.4</v>
       </c>
       <c r="H261">
-        <v>67.85</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>13</v>
       </c>
       <c r="B262" t="s">
         <v>14</v>
       </c>
       <c r="C262" t="s">
         <v>537</v>
       </c>
       <c r="D262">
-        <v>1997</v>
+        <v>2020</v>
       </c>
       <c r="E262" t="s">
         <v>538</v>
       </c>
       <c r="F262" t="s">
         <v>17</v>
       </c>
       <c r="G262">
-        <v>74.95</v>
+        <v>105.42</v>
       </c>
       <c r="H262">
-        <v>74.95</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>13</v>
       </c>
       <c r="B263" t="s">
         <v>14</v>
       </c>
       <c r="C263" t="s">
         <v>539</v>
       </c>
       <c r="D263">
-        <v>1996</v>
+        <v>2007</v>
       </c>
       <c r="E263" t="s">
         <v>540</v>
       </c>
       <c r="F263" t="s">
         <v>17</v>
       </c>
       <c r="G263">
-        <v>61.4</v>
+        <v>140.0</v>
       </c>
       <c r="H263">
-        <v>61.4</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>13</v>
       </c>
       <c r="B264" t="s">
         <v>14</v>
       </c>
       <c r="C264" t="s">
         <v>541</v>
       </c>
       <c r="D264">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="E264" t="s">
         <v>542</v>
       </c>
       <c r="F264" t="s">
         <v>17</v>
       </c>
       <c r="G264">
-        <v>61.4</v>
+        <v>77.2</v>
       </c>
       <c r="H264">
-        <v>61.4</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>13</v>
       </c>
       <c r="B265" t="s">
         <v>14</v>
       </c>
       <c r="C265" t="s">
         <v>543</v>
       </c>
       <c r="D265">
-        <v>1995</v>
+        <v>1991</v>
       </c>
       <c r="E265" t="s">
         <v>544</v>
       </c>
       <c r="F265" t="s">
         <v>17</v>
       </c>
       <c r="G265">
-        <v>74.95</v>
+        <v>48.79</v>
       </c>
       <c r="H265">
-        <v>74.95</v>
+        <v>48.79</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>13</v>
       </c>
       <c r="B266" t="s">
         <v>14</v>
       </c>
       <c r="C266" t="s">
         <v>545</v>
       </c>
       <c r="D266">
-        <v>2010</v>
+        <v>1991</v>
       </c>
       <c r="E266" t="s">
         <v>546</v>
       </c>
       <c r="F266" t="s">
         <v>17</v>
       </c>
       <c r="G266">
-        <v>54.49</v>
+        <v>41.78</v>
       </c>
       <c r="H266">
-        <v>54.49</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>13</v>
       </c>
       <c r="B267" t="s">
         <v>14</v>
       </c>
       <c r="C267" t="s">
         <v>547</v>
       </c>
       <c r="D267">
-        <v>2019</v>
+        <v>1989</v>
       </c>
       <c r="E267" t="s">
         <v>548</v>
       </c>
       <c r="F267" t="s">
         <v>17</v>
       </c>
       <c r="G267">
-        <v>108.13</v>
+        <v>41.78</v>
       </c>
       <c r="H267">
-        <v>108.13</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>13</v>
       </c>
       <c r="B268" t="s">
         <v>14</v>
       </c>
       <c r="C268" t="s">
         <v>549</v>
       </c>
       <c r="D268">
-        <v>2020</v>
+        <v>1989</v>
       </c>
       <c r="E268" t="s">
         <v>550</v>
       </c>
       <c r="F268" t="s">
         <v>17</v>
       </c>
       <c r="G268">
-        <v>102.34</v>
+        <v>41.78</v>
       </c>
       <c r="H268">
-        <v>102.34</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>13</v>
       </c>
       <c r="B269" t="s">
         <v>14</v>
       </c>
       <c r="C269" t="s">
         <v>551</v>
       </c>
       <c r="D269">
-        <v>2007</v>
+        <v>1987</v>
       </c>
       <c r="E269" t="s">
         <v>552</v>
       </c>
       <c r="F269" t="s">
         <v>17</v>
       </c>
       <c r="G269">
-        <v>135.89</v>
+        <v>48.79</v>
       </c>
       <c r="H269">
-        <v>135.89</v>
+        <v>48.79</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>13</v>
       </c>
       <c r="B270" t="s">
         <v>14</v>
       </c>
       <c r="C270" t="s">
         <v>553</v>
       </c>
       <c r="D270">
-        <v>1995</v>
+        <v>1987</v>
       </c>
       <c r="E270" t="s">
         <v>554</v>
       </c>
       <c r="F270" t="s">
         <v>17</v>
       </c>
       <c r="G270">
-        <v>74.95</v>
+        <v>41.78</v>
       </c>
       <c r="H270">
-        <v>74.95</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>13</v>
       </c>
       <c r="B271" t="s">
         <v>14</v>
       </c>
       <c r="C271" t="s">
         <v>555</v>
       </c>
       <c r="D271">
-        <v>1991</v>
+        <v>2011</v>
       </c>
       <c r="E271" t="s">
         <v>556</v>
       </c>
       <c r="F271" t="s">
         <v>17</v>
       </c>
       <c r="G271">
-        <v>47.38</v>
+        <v>48.79</v>
       </c>
       <c r="H271">
-        <v>47.38</v>
+        <v>48.79</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>13</v>
       </c>
       <c r="B272" t="s">
         <v>14</v>
       </c>
       <c r="C272" t="s">
         <v>557</v>
       </c>
       <c r="D272">
-        <v>1991</v>
+        <v>2020</v>
       </c>
       <c r="E272" t="s">
         <v>558</v>
       </c>
       <c r="F272" t="s">
         <v>17</v>
       </c>
       <c r="G272">
-        <v>40.56</v>
+        <v>69.91</v>
       </c>
       <c r="H272">
-        <v>40.56</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>13</v>
       </c>
       <c r="B273" t="s">
         <v>14</v>
       </c>
       <c r="C273" t="s">
         <v>559</v>
       </c>
       <c r="D273">
-        <v>1989</v>
+        <v>2021</v>
       </c>
       <c r="E273" t="s">
         <v>560</v>
       </c>
       <c r="F273" t="s">
         <v>17</v>
       </c>
       <c r="G273">
-        <v>40.56</v>
+        <v>56.17</v>
       </c>
       <c r="H273">
-        <v>40.56</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>13</v>
       </c>
       <c r="B274" t="s">
         <v>14</v>
       </c>
       <c r="C274" t="s">
         <v>561</v>
       </c>
       <c r="D274">
-        <v>1989</v>
+        <v>2020</v>
       </c>
       <c r="E274" t="s">
         <v>562</v>
       </c>
       <c r="F274" t="s">
         <v>17</v>
       </c>
       <c r="G274">
-        <v>40.56</v>
+        <v>63.27</v>
       </c>
       <c r="H274">
-        <v>40.56</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>13</v>
       </c>
       <c r="B275" t="s">
         <v>14</v>
       </c>
       <c r="C275" t="s">
         <v>563</v>
       </c>
       <c r="D275">
-        <v>1987</v>
+        <v>2021</v>
       </c>
       <c r="E275" t="s">
         <v>564</v>
       </c>
       <c r="F275" t="s">
         <v>17</v>
       </c>
       <c r="G275">
-        <v>47.38</v>
+        <v>63.27</v>
       </c>
       <c r="H275">
-        <v>47.38</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>13</v>
       </c>
       <c r="B276" t="s">
         <v>14</v>
       </c>
       <c r="C276" t="s">
         <v>565</v>
       </c>
       <c r="D276">
-        <v>1987</v>
+        <v>2020</v>
       </c>
       <c r="E276" t="s">
         <v>566</v>
       </c>
       <c r="F276" t="s">
         <v>17</v>
       </c>
       <c r="G276">
-        <v>40.56</v>
+        <v>69.91</v>
       </c>
       <c r="H276">
-        <v>40.56</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>13</v>
       </c>
       <c r="B277" t="s">
         <v>14</v>
       </c>
       <c r="C277" t="s">
         <v>567</v>
       </c>
       <c r="D277">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="E277" t="s">
         <v>568</v>
       </c>
       <c r="F277" t="s">
         <v>17</v>
       </c>
       <c r="G277">
-        <v>47.38</v>
+        <v>56.17</v>
       </c>
       <c r="H277">
-        <v>47.38</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>13</v>
       </c>
       <c r="B278" t="s">
         <v>14</v>
       </c>
       <c r="C278" t="s">
         <v>569</v>
       </c>
       <c r="D278">
         <v>2020</v>
       </c>
       <c r="E278" t="s">
         <v>570</v>
       </c>
       <c r="F278" t="s">
         <v>17</v>
       </c>
       <c r="G278">
-        <v>67.85</v>
+        <v>56.17</v>
       </c>
       <c r="H278">
-        <v>67.85</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>13</v>
       </c>
       <c r="B279" t="s">
         <v>14</v>
       </c>
       <c r="C279" t="s">
         <v>571</v>
       </c>
       <c r="D279">
-        <v>2021</v>
+        <v>1987</v>
       </c>
       <c r="E279" t="s">
         <v>572</v>
       </c>
       <c r="F279" t="s">
         <v>17</v>
       </c>
       <c r="G279">
-        <v>54.49</v>
+        <v>48.79</v>
       </c>
       <c r="H279">
-        <v>54.49</v>
+        <v>48.79</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>13</v>
       </c>
       <c r="B280" t="s">
         <v>14</v>
       </c>
       <c r="C280" t="s">
         <v>573</v>
       </c>
       <c r="D280">
-        <v>2020</v>
+        <v>1987</v>
       </c>
       <c r="E280" t="s">
         <v>574</v>
       </c>
       <c r="F280" t="s">
         <v>17</v>
       </c>
       <c r="G280">
-        <v>61.4</v>
+        <v>41.78</v>
       </c>
       <c r="H280">
-        <v>61.4</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>13</v>
       </c>
       <c r="B281" t="s">
         <v>14</v>
       </c>
       <c r="C281" t="s">
         <v>575</v>
       </c>
       <c r="D281">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E281" t="s">
         <v>576</v>
       </c>
       <c r="F281" t="s">
         <v>17</v>
       </c>
       <c r="G281">
-        <v>61.4</v>
+        <v>56.17</v>
       </c>
       <c r="H281">
-        <v>61.4</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>13</v>
       </c>
       <c r="B282" t="s">
         <v>14</v>
       </c>
       <c r="C282" t="s">
         <v>577</v>
       </c>
       <c r="D282">
-        <v>2020</v>
+        <v>1987</v>
       </c>
       <c r="E282" t="s">
         <v>578</v>
       </c>
       <c r="F282" t="s">
         <v>17</v>
       </c>
       <c r="G282">
-        <v>67.85</v>
+        <v>41.78</v>
       </c>
       <c r="H282">
-        <v>67.85</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>13</v>
       </c>
       <c r="B283" t="s">
         <v>14</v>
       </c>
       <c r="C283" t="s">
         <v>579</v>
       </c>
       <c r="D283">
-        <v>2020</v>
+        <v>1987</v>
       </c>
       <c r="E283" t="s">
         <v>580</v>
       </c>
       <c r="F283" t="s">
         <v>17</v>
       </c>
       <c r="G283">
-        <v>54.49</v>
+        <v>41.78</v>
       </c>
       <c r="H283">
-        <v>54.49</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>13</v>
       </c>
       <c r="B284" t="s">
         <v>14</v>
       </c>
       <c r="C284" t="s">
         <v>581</v>
       </c>
       <c r="D284">
         <v>2020</v>
       </c>
       <c r="E284" t="s">
         <v>582</v>
       </c>
       <c r="F284" t="s">
         <v>17</v>
       </c>
       <c r="G284">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
       <c r="H284">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>13</v>
       </c>
       <c r="B285" t="s">
         <v>14</v>
       </c>
       <c r="C285" t="s">
         <v>583</v>
       </c>
       <c r="D285">
-        <v>1987</v>
+        <v>2020</v>
       </c>
       <c r="E285" t="s">
         <v>584</v>
       </c>
       <c r="F285" t="s">
         <v>17</v>
       </c>
       <c r="G285">
-        <v>47.38</v>
+        <v>56.17</v>
       </c>
       <c r="H285">
-        <v>47.38</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>13</v>
       </c>
       <c r="B286" t="s">
         <v>14</v>
       </c>
       <c r="C286" t="s">
         <v>585</v>
       </c>
       <c r="D286">
-        <v>1987</v>
+        <v>2013</v>
       </c>
       <c r="E286" t="s">
         <v>586</v>
       </c>
       <c r="F286" t="s">
         <v>17</v>
       </c>
       <c r="G286">
-        <v>40.56</v>
+        <v>114.11</v>
       </c>
       <c r="H286">
-        <v>40.56</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>13</v>
       </c>
       <c r="B287" t="s">
         <v>14</v>
       </c>
       <c r="C287" t="s">
         <v>587</v>
       </c>
       <c r="D287">
         <v>2020</v>
       </c>
       <c r="E287" t="s">
         <v>588</v>
       </c>
       <c r="F287" t="s">
         <v>17</v>
       </c>
       <c r="G287">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
       <c r="H287">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>13</v>
       </c>
       <c r="B288" t="s">
         <v>14</v>
       </c>
       <c r="C288" t="s">
         <v>589</v>
       </c>
       <c r="D288">
-        <v>1987</v>
+        <v>2010</v>
       </c>
       <c r="E288" t="s">
         <v>590</v>
       </c>
       <c r="F288" t="s">
         <v>17</v>
       </c>
       <c r="G288">
-        <v>40.56</v>
+        <v>105.42</v>
       </c>
       <c r="H288">
-        <v>40.56</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B289" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C289" t="s">
         <v>591</v>
       </c>
       <c r="D289">
-        <v>1987</v>
+        <v>31</v>
       </c>
       <c r="E289" t="s">
         <v>592</v>
       </c>
       <c r="F289" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G289">
-        <v>40.56</v>
+        <v>20.0</v>
       </c>
       <c r="H289">
-        <v>40.56</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B290" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C290" t="s">
         <v>593</v>
       </c>
-      <c r="D290">
-[...1 lines deleted...]
-      </c>
       <c r="E290" t="s">
         <v>594</v>
       </c>
       <c r="F290" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G290">
-        <v>54.49</v>
+        <v>20.0</v>
       </c>
       <c r="H290">
-        <v>54.49</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B291" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C291" t="s">
         <v>595</v>
       </c>
       <c r="D291">
-        <v>2020</v>
+        <v>15</v>
       </c>
       <c r="E291" t="s">
         <v>596</v>
       </c>
       <c r="F291" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G291">
-        <v>54.49</v>
+        <v>20.0</v>
       </c>
       <c r="H291">
-        <v>54.49</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B292" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C292" t="s">
         <v>597</v>
       </c>
       <c r="D292">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="E292" t="s">
         <v>598</v>
       </c>
       <c r="F292" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G292">
-        <v>110.75</v>
+        <v>166.0</v>
       </c>
       <c r="H292">
-        <v>110.75</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>13</v>
+        <v>599</v>
       </c>
       <c r="B293" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D293">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E293" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="F293" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G293">
-        <v>54.49</v>
+        <v>232.0</v>
       </c>
       <c r="H293">
-        <v>54.49</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B294" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D294">
-        <v>2010</v>
+        <v>24</v>
       </c>
       <c r="E294" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F294" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G294">
-        <v>102.34</v>
+        <v>20.0</v>
       </c>
       <c r="H294">
-        <v>102.34</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>8</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D295">
-        <v>31</v>
+        <v>2019</v>
       </c>
       <c r="E295" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F295" t="s">
         <v>12</v>
       </c>
       <c r="G295">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H295">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>8</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>605</v>
+        <v>606</v>
+      </c>
+      <c r="D296">
+        <v>2020</v>
       </c>
       <c r="E296" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="F296" t="s">
         <v>12</v>
       </c>
       <c r="G296">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H296">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>8</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D297">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E297" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="F297" t="s">
         <v>12</v>
       </c>
       <c r="G297">
         <v>20.0</v>
       </c>
       <c r="H297">
         <v>20.0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>8</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>609</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>610</v>
       </c>
       <c r="E298" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="F298" t="s">
         <v>12</v>
       </c>
       <c r="G298">
-        <v>166.0</v>
+        <v>20.0</v>
       </c>
       <c r="H298">
-        <v>166.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D299">
-        <v>2019</v>
+        <v>1992</v>
       </c>
       <c r="E299" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="F299" t="s">
         <v>12</v>
       </c>
       <c r="G299">
-        <v>232.0</v>
+        <v>166.0</v>
       </c>
       <c r="H299">
-        <v>232.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>8</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D300">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="E300" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="F300" t="s">
         <v>12</v>
       </c>
       <c r="G300">
         <v>20.0</v>
       </c>
       <c r="H300">
         <v>20.0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D301">
         <v>2019</v>
       </c>
       <c r="E301" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="F301" t="s">
         <v>12</v>
       </c>
       <c r="G301">
-        <v>232.0</v>
+        <v>166.0</v>
       </c>
       <c r="H301">
-        <v>232.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>8</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D302">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E302" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F302" t="s">
         <v>12</v>
       </c>
       <c r="G302">
-        <v>232.0</v>
+        <v>142.0</v>
       </c>
       <c r="H302">
-        <v>232.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>8</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D303">
-        <v>25</v>
+        <v>2023</v>
       </c>
       <c r="E303" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
       <c r="G303">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H303">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>622</v>
+        <v>623</v>
+      </c>
+      <c r="D304">
+        <v>2019</v>
       </c>
       <c r="E304" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H304">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>625</v>
       </c>
       <c r="D305">
-        <v>1992</v>
+        <v>1962</v>
       </c>
       <c r="E305" t="s">
         <v>626</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305">
         <v>166.0</v>
       </c>
       <c r="H305">
         <v>166.0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>8</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
         <v>627</v>
       </c>
       <c r="D306">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="E306" t="s">
         <v>628</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306">
         <v>20.0</v>
       </c>
       <c r="H306">
         <v>20.0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
         <v>629</v>
       </c>
       <c r="D307">
-        <v>2019</v>
+        <v>8</v>
       </c>
       <c r="E307" t="s">
         <v>630</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307">
-        <v>166.0</v>
+        <v>20.0</v>
       </c>
       <c r="H307">
-        <v>166.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>8</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>631</v>
       </c>
       <c r="D308">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E308" t="s">
         <v>632</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
       <c r="H308">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
         <v>633</v>
       </c>
       <c r="D309">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="E309" t="s">
         <v>634</v>
       </c>
       <c r="F309" t="s">
         <v>12</v>
       </c>
       <c r="G309">
         <v>142.0</v>
       </c>
       <c r="H309">
         <v>142.0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>611</v>
+        <v>8</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
         <v>635</v>
       </c>
       <c r="D310">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="E310" t="s">
         <v>636</v>
       </c>
       <c r="F310" t="s">
         <v>12</v>
       </c>
       <c r="G310">
-        <v>232.0</v>
+        <v>200.0</v>
       </c>
       <c r="H310">
-        <v>232.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
         <v>637</v>
       </c>
       <c r="D311">
-        <v>1962</v>
+        <v>2019</v>
       </c>
       <c r="E311" t="s">
         <v>638</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311">
-        <v>166.0</v>
+        <v>326.0</v>
       </c>
       <c r="H311">
-        <v>166.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>8</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
         <v>639</v>
       </c>
       <c r="D312">
-        <v>10</v>
+        <v>2017</v>
       </c>
       <c r="E312" t="s">
         <v>640</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312">
-        <v>20.0</v>
+        <v>326.0</v>
       </c>
       <c r="H312">
-        <v>20.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>8</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>641</v>
       </c>
       <c r="D313">
-        <v>8</v>
+        <v>2019</v>
       </c>
       <c r="E313" t="s">
         <v>642</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
       <c r="G313">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H313">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
         <v>643</v>
       </c>
       <c r="D314">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E314" t="s">
         <v>644</v>
       </c>
       <c r="F314" t="s">
         <v>12</v>
       </c>
       <c r="G314">
         <v>232.0</v>
       </c>
       <c r="H314">
         <v>232.0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>611</v>
+        <v>8</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>645</v>
       </c>
       <c r="D315">
         <v>2019</v>
       </c>
       <c r="E315" t="s">
         <v>646</v>
       </c>
       <c r="F315" t="s">
         <v>12</v>
       </c>
       <c r="G315">
-        <v>142.0</v>
+        <v>326.0</v>
       </c>
       <c r="H315">
-        <v>142.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>8</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
         <v>647</v>
       </c>
       <c r="D316">
         <v>2023</v>
       </c>
       <c r="E316" t="s">
         <v>648</v>
       </c>
       <c r="F316" t="s">
         <v>12</v>
       </c>
       <c r="G316">
-        <v>200.0</v>
+        <v>142.0</v>
       </c>
       <c r="H316">
-        <v>200.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>8</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>649</v>
       </c>
       <c r="D317">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="E317" t="s">
         <v>650</v>
       </c>
       <c r="F317" t="s">
         <v>12</v>
       </c>
       <c r="G317">
-        <v>326.0</v>
+        <v>142.0</v>
       </c>
       <c r="H317">
-        <v>326.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
         <v>651</v>
       </c>
       <c r="D318">
-        <v>2017</v>
+        <v>2002</v>
       </c>
       <c r="E318" t="s">
         <v>652</v>
       </c>
       <c r="F318" t="s">
         <v>12</v>
       </c>
       <c r="G318">
-        <v>326.0</v>
+        <v>166.0</v>
       </c>
       <c r="H318">
-        <v>326.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>8</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
         <v>653</v>
       </c>
       <c r="D319">
-        <v>2019</v>
+        <v>23</v>
       </c>
       <c r="E319" t="s">
         <v>654</v>
       </c>
       <c r="F319" t="s">
         <v>12</v>
       </c>
       <c r="G319">
-        <v>232.0</v>
+        <v>20.0</v>
       </c>
       <c r="H319">
-        <v>232.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>8</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
         <v>655</v>
       </c>
-      <c r="D320">
-[...1 lines deleted...]
-      </c>
       <c r="E320" t="s">
         <v>656</v>
       </c>
       <c r="F320" t="s">
         <v>12</v>
       </c>
       <c r="G320">
-        <v>232.0</v>
+        <v>20.0</v>
       </c>
       <c r="H320">
-        <v>232.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>8</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
         <v>657</v>
       </c>
-      <c r="D321">
-[...1 lines deleted...]
-      </c>
       <c r="E321" t="s">
         <v>658</v>
       </c>
       <c r="F321" t="s">
         <v>12</v>
       </c>
       <c r="G321">
-        <v>326.0</v>
+        <v>20.0</v>
       </c>
       <c r="H321">
-        <v>326.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>8</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
         <v>659</v>
       </c>
       <c r="D322">
-        <v>2023</v>
+        <v>13</v>
       </c>
       <c r="E322" t="s">
         <v>660</v>
       </c>
       <c r="F322" t="s">
         <v>12</v>
       </c>
       <c r="G322">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H322">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>8</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>661</v>
       </c>
       <c r="D323">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="E323" t="s">
         <v>662</v>
       </c>
       <c r="F323" t="s">
         <v>12</v>
       </c>
       <c r="G323">
         <v>142.0</v>
       </c>
       <c r="H323">
         <v>142.0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>663</v>
       </c>
       <c r="D324">
-        <v>2002</v>
+        <v>15</v>
       </c>
       <c r="E324" t="s">
         <v>664</v>
       </c>
       <c r="F324" t="s">
         <v>12</v>
       </c>
       <c r="G324">
-        <v>166.0</v>
+        <v>20.0</v>
       </c>
       <c r="H324">
-        <v>166.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>8</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
         <v>665</v>
       </c>
       <c r="D325">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="E325" t="s">
-        <v>666</v>
+        <v>660</v>
       </c>
       <c r="F325" t="s">
         <v>12</v>
       </c>
       <c r="G325">
         <v>20.0</v>
       </c>
       <c r="H325">
         <v>20.0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
+        <v>666</v>
+      </c>
+      <c r="D326">
+        <v>2019</v>
+      </c>
+      <c r="E326" t="s">
         <v>667</v>
       </c>
-      <c r="E326" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F326" t="s">
         <v>12</v>
       </c>
       <c r="G326">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H326">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>8</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
+        <v>668</v>
+      </c>
+      <c r="D327">
+        <v>2022</v>
+      </c>
+      <c r="E327" t="s">
         <v>669</v>
       </c>
-      <c r="E327" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F327" t="s">
         <v>12</v>
       </c>
       <c r="G327">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H327">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>8</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
+        <v>670</v>
+      </c>
+      <c r="D328">
+        <v>2019</v>
+      </c>
+      <c r="E328" t="s">
         <v>671</v>
       </c>
-      <c r="D328">
-[...4 lines deleted...]
-      </c>
       <c r="F328" t="s">
         <v>12</v>
       </c>
       <c r="G328">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H328">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>8</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
+        <v>672</v>
+      </c>
+      <c r="D329">
+        <v>2016</v>
+      </c>
+      <c r="E329" t="s">
         <v>673</v>
       </c>
-      <c r="D329">
-[...4 lines deleted...]
-      </c>
       <c r="F329" t="s">
         <v>12</v>
       </c>
       <c r="G329">
-        <v>142.0</v>
+        <v>200.0</v>
       </c>
       <c r="H329">
-        <v>142.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="D330">
-        <v>15</v>
+        <v>2002</v>
       </c>
       <c r="E330" t="s">
-        <v>676</v>
+        <v>652</v>
       </c>
       <c r="F330" t="s">
         <v>12</v>
       </c>
       <c r="G330">
-        <v>20.0</v>
+        <v>234.0</v>
       </c>
       <c r="H330">
-        <v>20.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>8</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="D331">
-        <v>7</v>
+        <v>2022</v>
       </c>
       <c r="E331" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="F331" t="s">
         <v>12</v>
       </c>
       <c r="G331">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H331">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
+        <v>677</v>
+      </c>
+      <c r="D332">
+        <v>29</v>
+      </c>
+      <c r="E332" t="s">
         <v>678</v>
       </c>
-      <c r="D332">
-[...4 lines deleted...]
-      </c>
       <c r="F332" t="s">
         <v>12</v>
       </c>
       <c r="G332">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H332">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>8</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
+        <v>679</v>
+      </c>
+      <c r="D333">
+        <v>8</v>
+      </c>
+      <c r="E333" t="s">
         <v>680</v>
       </c>
-      <c r="D333">
-[...4 lines deleted...]
-      </c>
       <c r="F333" t="s">
         <v>12</v>
       </c>
       <c r="G333">
-        <v>166.0</v>
+        <v>20.0</v>
       </c>
       <c r="H333">
-        <v>166.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>8</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
+        <v>681</v>
+      </c>
+      <c r="D334">
+        <v>2023</v>
+      </c>
+      <c r="E334" t="s">
         <v>682</v>
       </c>
-      <c r="D334">
-[...4 lines deleted...]
-      </c>
       <c r="F334" t="s">
         <v>12</v>
       </c>
       <c r="G334">
-        <v>142.0</v>
+        <v>200.0</v>
       </c>
       <c r="H334">
-        <v>142.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
+        <v>683</v>
+      </c>
+      <c r="D335">
+        <v>2021</v>
+      </c>
+      <c r="E335" t="s">
         <v>684</v>
-      </c>
-[...4 lines deleted...]
-        <v>685</v>
       </c>
       <c r="F335" t="s">
         <v>12</v>
       </c>
       <c r="G335">
         <v>200.0</v>
       </c>
       <c r="H335">
         <v>200.0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>611</v>
+        <v>8</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
+        <v>685</v>
+      </c>
+      <c r="D336">
+        <v>18</v>
+      </c>
+      <c r="E336" t="s">
         <v>686</v>
       </c>
-      <c r="D336">
-[...4 lines deleted...]
-      </c>
       <c r="F336" t="s">
         <v>12</v>
       </c>
       <c r="G336">
-        <v>234.0</v>
+        <v>20.0</v>
       </c>
       <c r="H336">
-        <v>234.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>8</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
         <v>687</v>
       </c>
       <c r="D337">
         <v>2022</v>
       </c>
       <c r="E337" t="s">
         <v>688</v>
       </c>
       <c r="F337" t="s">
         <v>12</v>
       </c>
       <c r="G337">
         <v>142.0</v>
       </c>
       <c r="H337">
         <v>142.0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
         <v>689</v>
       </c>
       <c r="D338">
-        <v>29</v>
+        <v>2016</v>
       </c>
       <c r="E338" t="s">
         <v>690</v>
       </c>
       <c r="F338" t="s">
         <v>12</v>
       </c>
       <c r="G338">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H338">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>8</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>691</v>
       </c>
       <c r="D339">
-        <v>8</v>
+        <v>2022</v>
       </c>
       <c r="E339" t="s">
         <v>692</v>
       </c>
       <c r="F339" t="s">
         <v>12</v>
       </c>
       <c r="G339">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H339">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
         <v>693</v>
       </c>
       <c r="D340">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="E340" t="s">
         <v>694</v>
       </c>
       <c r="F340" t="s">
         <v>12</v>
       </c>
       <c r="G340">
-        <v>200.0</v>
+        <v>142.0</v>
       </c>
       <c r="H340">
-        <v>200.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>8</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
         <v>695</v>
       </c>
       <c r="D341">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E341" t="s">
         <v>696</v>
       </c>
       <c r="F341" t="s">
         <v>12</v>
       </c>
       <c r="G341">
-        <v>200.0</v>
+        <v>142.0</v>
       </c>
       <c r="H341">
-        <v>200.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
         <v>697</v>
       </c>
       <c r="D342">
-        <v>18</v>
+        <v>1994</v>
       </c>
       <c r="E342" t="s">
         <v>698</v>
       </c>
       <c r="F342" t="s">
         <v>12</v>
       </c>
       <c r="G342">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H342">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
         <v>699</v>
       </c>
       <c r="D343">
-        <v>2022</v>
+        <v>2002</v>
       </c>
       <c r="E343" t="s">
         <v>700</v>
       </c>
       <c r="F343" t="s">
         <v>12</v>
       </c>
       <c r="G343">
         <v>142.0</v>
       </c>
       <c r="H343">
         <v>142.0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
         <v>701</v>
       </c>
       <c r="D344">
-        <v>2016</v>
+        <v>1998</v>
       </c>
       <c r="E344" t="s">
         <v>702</v>
       </c>
       <c r="F344" t="s">
         <v>12</v>
       </c>
       <c r="G344">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
       <c r="H344">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
         <v>703</v>
       </c>
       <c r="D345">
-        <v>2022</v>
+        <v>1962</v>
       </c>
       <c r="E345" t="s">
         <v>704</v>
       </c>
       <c r="F345" t="s">
         <v>12</v>
       </c>
       <c r="G345">
         <v>142.0</v>
       </c>
       <c r="H345">
         <v>142.0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
         <v>705</v>
       </c>
       <c r="D346">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="E346" t="s">
         <v>706</v>
       </c>
       <c r="F346" t="s">
         <v>12</v>
       </c>
       <c r="G346">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
       <c r="H346">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
         <v>707</v>
       </c>
       <c r="D347">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="E347" t="s">
         <v>708</v>
       </c>
       <c r="F347" t="s">
         <v>12</v>
       </c>
       <c r="G347">
         <v>142.0</v>
       </c>
       <c r="H347">
         <v>142.0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
         <v>709</v>
       </c>
       <c r="D348">
-        <v>1994</v>
+        <v>2004</v>
       </c>
       <c r="E348" t="s">
         <v>710</v>
       </c>
       <c r="F348" t="s">
         <v>12</v>
       </c>
       <c r="G348">
         <v>142.0</v>
       </c>
       <c r="H348">
         <v>142.0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>611</v>
+        <v>8</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
         <v>711</v>
       </c>
       <c r="D349">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="E349" t="s">
         <v>712</v>
       </c>
       <c r="F349" t="s">
         <v>12</v>
       </c>
       <c r="G349">
         <v>142.0</v>
       </c>
       <c r="H349">
         <v>142.0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
         <v>713</v>
       </c>
       <c r="D350">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="E350" t="s">
         <v>714</v>
       </c>
       <c r="F350" t="s">
         <v>12</v>
       </c>
       <c r="G350">
         <v>142.0</v>
       </c>
       <c r="H350">
         <v>142.0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
         <v>715</v>
       </c>
       <c r="D351">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="E351" t="s">
         <v>716</v>
       </c>
       <c r="F351" t="s">
         <v>12</v>
       </c>
       <c r="G351">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
       <c r="H351">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
         <v>717</v>
       </c>
       <c r="D352">
-        <v>2004</v>
+        <v>3</v>
       </c>
       <c r="E352" t="s">
         <v>718</v>
       </c>
       <c r="F352" t="s">
         <v>12</v>
       </c>
       <c r="G352">
-        <v>232.0</v>
+        <v>20.0</v>
       </c>
       <c r="H352">
-        <v>232.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
         <v>719</v>
       </c>
       <c r="D353">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E353" t="s">
         <v>720</v>
       </c>
       <c r="F353" t="s">
         <v>12</v>
       </c>
       <c r="G353">
         <v>142.0</v>
       </c>
       <c r="H353">
         <v>142.0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
         <v>721</v>
       </c>
       <c r="D354">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="E354" t="s">
         <v>722</v>
       </c>
       <c r="F354" t="s">
         <v>12</v>
       </c>
       <c r="G354">
         <v>142.0</v>
       </c>
       <c r="H354">
         <v>142.0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>8</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
         <v>723</v>
       </c>
       <c r="D355">
-        <v>1997</v>
+        <v>3</v>
       </c>
       <c r="E355" t="s">
         <v>724</v>
       </c>
       <c r="F355" t="s">
         <v>12</v>
       </c>
       <c r="G355">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H355">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>611</v>
+        <v>8</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
         <v>725</v>
       </c>
       <c r="D356">
-        <v>1994</v>
+        <v>3</v>
       </c>
       <c r="E356" t="s">
         <v>726</v>
       </c>
       <c r="F356" t="s">
         <v>12</v>
       </c>
       <c r="G356">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H356">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
         <v>727</v>
       </c>
       <c r="D357">
-        <v>1963</v>
+        <v>1996</v>
       </c>
       <c r="E357" t="s">
         <v>728</v>
       </c>
       <c r="F357" t="s">
         <v>12</v>
       </c>
       <c r="G357">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
       <c r="H357">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>8</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
         <v>729</v>
       </c>
       <c r="D358">
-        <v>3</v>
+        <v>1997</v>
       </c>
       <c r="E358" t="s">
         <v>730</v>
       </c>
       <c r="F358" t="s">
         <v>12</v>
       </c>
       <c r="G358">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H358">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
         <v>731</v>
       </c>
       <c r="D359">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="E359" t="s">
         <v>732</v>
       </c>
       <c r="F359" t="s">
         <v>12</v>
       </c>
       <c r="G359">
         <v>142.0</v>
       </c>
       <c r="H359">
         <v>142.0</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
         <v>733</v>
       </c>
       <c r="D360">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E360" t="s">
         <v>734</v>
       </c>
       <c r="F360" t="s">
         <v>12</v>
       </c>
       <c r="G360">
         <v>142.0</v>
       </c>
       <c r="H360">
         <v>142.0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
         <v>735</v>
       </c>
       <c r="D361">
-        <v>3</v>
+        <v>2009</v>
       </c>
       <c r="E361" t="s">
         <v>736</v>
       </c>
       <c r="F361" t="s">
         <v>12</v>
       </c>
       <c r="G361">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H361">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
         <v>737</v>
       </c>
       <c r="D362">
-        <v>3</v>
+        <v>2010</v>
       </c>
       <c r="E362" t="s">
         <v>738</v>
       </c>
       <c r="F362" t="s">
         <v>12</v>
       </c>
       <c r="G362">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H362">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>8</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
         <v>739</v>
       </c>
       <c r="D363">
-        <v>1996</v>
+        <v>1993</v>
       </c>
       <c r="E363" t="s">
         <v>740</v>
       </c>
       <c r="F363" t="s">
         <v>12</v>
       </c>
       <c r="G363">
         <v>142.0</v>
       </c>
       <c r="H363">
         <v>142.0</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
         <v>741</v>
       </c>
       <c r="D364">
-        <v>1997</v>
+        <v>1951</v>
       </c>
       <c r="E364" t="s">
         <v>742</v>
       </c>
       <c r="F364" t="s">
         <v>12</v>
       </c>
       <c r="G364">
-        <v>142.0</v>
+        <v>70.0</v>
       </c>
       <c r="H364">
-        <v>142.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>8</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
         <v>743</v>
       </c>
       <c r="D365">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="E365" t="s">
         <v>744</v>
       </c>
       <c r="F365" t="s">
         <v>12</v>
       </c>
       <c r="G365">
         <v>142.0</v>
       </c>
       <c r="H365">
         <v>142.0</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
         <v>745</v>
       </c>
       <c r="D366">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="E366" t="s">
         <v>746</v>
       </c>
       <c r="F366" t="s">
         <v>12</v>
       </c>
       <c r="G366">
         <v>142.0</v>
       </c>
       <c r="H366">
         <v>142.0</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
         <v>747</v>
       </c>
       <c r="D367">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E367" t="s">
         <v>748</v>
       </c>
       <c r="F367" t="s">
         <v>12</v>
       </c>
       <c r="G367">
         <v>142.0</v>
       </c>
       <c r="H367">
         <v>142.0</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
         <v>749</v>
       </c>
       <c r="D368">
-        <v>2010</v>
+        <v>1994</v>
       </c>
       <c r="E368" t="s">
         <v>750</v>
       </c>
       <c r="F368" t="s">
         <v>12</v>
       </c>
       <c r="G368">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
       <c r="H368">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
         <v>751</v>
       </c>
       <c r="D369">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="E369" t="s">
         <v>752</v>
       </c>
       <c r="F369" t="s">
         <v>12</v>
       </c>
       <c r="G369">
         <v>142.0</v>
       </c>
       <c r="H369">
         <v>142.0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
         <v>753</v>
       </c>
       <c r="D370">
-        <v>1951</v>
+        <v>1993</v>
       </c>
       <c r="E370" t="s">
         <v>754</v>
       </c>
       <c r="F370" t="s">
         <v>12</v>
       </c>
       <c r="G370">
-        <v>70.0</v>
+        <v>142.0</v>
       </c>
       <c r="H370">
-        <v>70.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
         <v>755</v>
       </c>
       <c r="D371">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="E371" t="s">
         <v>756</v>
       </c>
       <c r="F371" t="s">
         <v>12</v>
       </c>
       <c r="G371">
         <v>142.0</v>
       </c>
       <c r="H371">
         <v>142.0</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
         <v>757</v>
       </c>
       <c r="D372">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E372" t="s">
         <v>758</v>
       </c>
       <c r="F372" t="s">
         <v>12</v>
       </c>
       <c r="G372">
         <v>142.0</v>
       </c>
       <c r="H372">
         <v>142.0</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
         <v>759</v>
       </c>
       <c r="D373">
-        <v>2017</v>
+        <v>1962</v>
       </c>
       <c r="E373" t="s">
         <v>760</v>
       </c>
       <c r="F373" t="s">
         <v>12</v>
       </c>
       <c r="G373">
         <v>142.0</v>
       </c>
       <c r="H373">
         <v>142.0</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>611</v>
+        <v>8</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
         <v>761</v>
       </c>
       <c r="D374">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="E374" t="s">
         <v>762</v>
       </c>
       <c r="F374" t="s">
         <v>12</v>
       </c>
       <c r="G374">
         <v>142.0</v>
       </c>
       <c r="H374">
         <v>142.0</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
         <v>763</v>
       </c>
       <c r="D375">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="E375" t="s">
         <v>764</v>
       </c>
       <c r="F375" t="s">
         <v>12</v>
       </c>
       <c r="G375">
         <v>142.0</v>
       </c>
       <c r="H375">
         <v>142.0</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
         <v>765</v>
       </c>
       <c r="D376">
-        <v>1993</v>
+        <v>2009</v>
       </c>
       <c r="E376" t="s">
         <v>766</v>
       </c>
       <c r="F376" t="s">
         <v>12</v>
       </c>
       <c r="G376">
         <v>142.0</v>
       </c>
       <c r="H376">
         <v>142.0</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>611</v>
+        <v>8</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
         <v>767</v>
       </c>
       <c r="D377">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="E377" t="s">
         <v>768</v>
       </c>
       <c r="F377" t="s">
         <v>12</v>
       </c>
       <c r="G377">
         <v>142.0</v>
       </c>
       <c r="H377">
         <v>142.0</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
         <v>769</v>
       </c>
       <c r="D378">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="E378" t="s">
         <v>770</v>
       </c>
       <c r="F378" t="s">
         <v>12</v>
       </c>
       <c r="G378">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
       <c r="H378">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
         <v>771</v>
       </c>
       <c r="D379">
-        <v>1962</v>
+        <v>1996</v>
       </c>
       <c r="E379" t="s">
         <v>772</v>
       </c>
       <c r="F379" t="s">
         <v>12</v>
       </c>
       <c r="G379">
         <v>142.0</v>
       </c>
       <c r="H379">
         <v>142.0</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>8</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
         <v>773</v>
       </c>
       <c r="D380">
-        <v>1997</v>
+        <v>3</v>
       </c>
       <c r="E380" t="s">
         <v>774</v>
       </c>
       <c r="F380" t="s">
         <v>12</v>
       </c>
       <c r="G380">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H380">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
         <v>775</v>
       </c>
       <c r="D381">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E381" t="s">
         <v>776</v>
       </c>
       <c r="F381" t="s">
         <v>12</v>
       </c>
       <c r="G381">
         <v>142.0</v>
       </c>
       <c r="H381">
         <v>142.0</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
         <v>777</v>
       </c>
       <c r="D382">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E382" t="s">
         <v>778</v>
       </c>
       <c r="F382" t="s">
         <v>12</v>
       </c>
       <c r="G382">
         <v>142.0</v>
       </c>
       <c r="H382">
         <v>142.0</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>8</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
         <v>779</v>
       </c>
       <c r="D383">
-        <v>1998</v>
+        <v>1997</v>
       </c>
       <c r="E383" t="s">
         <v>780</v>
       </c>
       <c r="F383" t="s">
         <v>12</v>
       </c>
       <c r="G383">
         <v>142.0</v>
       </c>
       <c r="H383">
         <v>142.0</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
         <v>781</v>
       </c>
       <c r="D384">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="E384" t="s">
         <v>782</v>
       </c>
       <c r="F384" t="s">
         <v>12</v>
       </c>
       <c r="G384">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
       <c r="H384">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
         <v>783</v>
       </c>
       <c r="D385">
-        <v>1996</v>
+        <v>1989</v>
       </c>
       <c r="E385" t="s">
         <v>784</v>
       </c>
       <c r="F385" t="s">
         <v>12</v>
       </c>
       <c r="G385">
         <v>142.0</v>
       </c>
       <c r="H385">
         <v>142.0</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>8</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
         <v>785</v>
       </c>
       <c r="D386">
-        <v>3</v>
+        <v>2022</v>
       </c>
       <c r="E386" t="s">
         <v>786</v>
       </c>
       <c r="F386" t="s">
         <v>12</v>
       </c>
       <c r="G386">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H386">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
         <v>787</v>
       </c>
       <c r="D387">
-        <v>2007</v>
+        <v>27</v>
       </c>
       <c r="E387" t="s">
-        <v>788</v>
+        <v>654</v>
       </c>
       <c r="F387" t="s">
         <v>12</v>
       </c>
       <c r="G387">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H387">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>611</v>
+        <v>8</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
+        <v>788</v>
+      </c>
+      <c r="E388" t="s">
         <v>789</v>
       </c>
-      <c r="D388">
-[...4 lines deleted...]
-      </c>
       <c r="F388" t="s">
         <v>12</v>
       </c>
       <c r="G388">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H388">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>8</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
+        <v>790</v>
+      </c>
+      <c r="D389">
+        <v>2022</v>
+      </c>
+      <c r="E389" t="s">
         <v>791</v>
       </c>
-      <c r="D389">
-[...4 lines deleted...]
-      </c>
       <c r="F389" t="s">
         <v>12</v>
       </c>
       <c r="G389">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
       <c r="H389">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
+        <v>792</v>
+      </c>
+      <c r="D390">
+        <v>1961</v>
+      </c>
+      <c r="E390" t="s">
         <v>793</v>
       </c>
-      <c r="D390">
-[...4 lines deleted...]
-      </c>
       <c r="F390" t="s">
         <v>12</v>
       </c>
       <c r="G390">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
       <c r="H390">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>8</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
+        <v>794</v>
+      </c>
+      <c r="D391">
+        <v>1</v>
+      </c>
+      <c r="E391" t="s">
         <v>795</v>
       </c>
-      <c r="D391">
-[...4 lines deleted...]
-      </c>
       <c r="F391" t="s">
         <v>12</v>
       </c>
       <c r="G391">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H391">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>8</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
+        <v>796</v>
+      </c>
+      <c r="D392">
+        <v>10</v>
+      </c>
+      <c r="E392" t="s">
         <v>797</v>
       </c>
-      <c r="D392">
-[...4 lines deleted...]
-      </c>
       <c r="F392" t="s">
         <v>12</v>
       </c>
       <c r="G392">
-        <v>166.0</v>
+        <v>20.0</v>
       </c>
       <c r="H392">
-        <v>166.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>8</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
+        <v>798</v>
+      </c>
+      <c r="E393" t="s">
         <v>799</v>
-      </c>
-[...4 lines deleted...]
-        <v>666</v>
       </c>
       <c r="F393" t="s">
         <v>12</v>
       </c>
       <c r="G393">
         <v>20.0</v>
       </c>
       <c r="H393">
         <v>20.0</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
         <v>800</v>
       </c>
+      <c r="D394">
+        <v>2021</v>
+      </c>
       <c r="E394" t="s">
         <v>801</v>
       </c>
       <c r="F394" t="s">
         <v>12</v>
       </c>
       <c r="G394">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H394">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>8</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
         <v>802</v>
       </c>
       <c r="D395">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="E395" t="s">
         <v>803</v>
       </c>
       <c r="F395" t="s">
         <v>12</v>
       </c>
       <c r="G395">
-        <v>166.0</v>
+        <v>200.0</v>
       </c>
       <c r="H395">
-        <v>166.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
         <v>804</v>
       </c>
       <c r="D396">
-        <v>1961</v>
+        <v>2019</v>
       </c>
       <c r="E396" t="s">
         <v>805</v>
       </c>
       <c r="F396" t="s">
         <v>12</v>
       </c>
       <c r="G396">
         <v>166.0</v>
       </c>
       <c r="H396">
         <v>166.0</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
         <v>806</v>
       </c>
       <c r="D397">
-        <v>1</v>
+        <v>2019</v>
       </c>
       <c r="E397" t="s">
         <v>807</v>
       </c>
       <c r="F397" t="s">
         <v>12</v>
       </c>
       <c r="G397">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H397">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
         <v>808</v>
       </c>
       <c r="D398">
-        <v>10</v>
+        <v>1967</v>
       </c>
       <c r="E398" t="s">
         <v>809</v>
       </c>
       <c r="F398" t="s">
         <v>12</v>
       </c>
       <c r="G398">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H398">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>8</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
         <v>810</v>
       </c>
+      <c r="D399">
+        <v>1995</v>
+      </c>
       <c r="E399" t="s">
         <v>811</v>
       </c>
       <c r="F399" t="s">
         <v>12</v>
       </c>
       <c r="G399">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H399">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>8</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
         <v>812</v>
       </c>
       <c r="D400">
-        <v>2021</v>
+        <v>3</v>
       </c>
       <c r="E400" t="s">
         <v>813</v>
       </c>
       <c r="F400" t="s">
         <v>12</v>
       </c>
       <c r="G400">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H400">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
         <v>814</v>
       </c>
       <c r="D401">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="E401" t="s">
         <v>815</v>
       </c>
       <c r="F401" t="s">
         <v>12</v>
       </c>
       <c r="G401">
-        <v>200.0</v>
+        <v>142.0</v>
       </c>
       <c r="H401">
-        <v>200.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
         <v>816</v>
       </c>
       <c r="D402">
-        <v>2019</v>
+        <v>2007</v>
       </c>
       <c r="E402" t="s">
         <v>817</v>
       </c>
       <c r="F402" t="s">
         <v>12</v>
       </c>
       <c r="G402">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
       <c r="H402">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
         <v>818</v>
       </c>
       <c r="D403">
-        <v>2019</v>
+        <v>2003</v>
       </c>
       <c r="E403" t="s">
         <v>819</v>
       </c>
       <c r="F403" t="s">
         <v>12</v>
       </c>
       <c r="G403">
         <v>232.0</v>
       </c>
       <c r="H403">
         <v>232.0</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
         <v>820</v>
       </c>
       <c r="D404">
-        <v>1967</v>
+        <v>1951</v>
       </c>
       <c r="E404" t="s">
         <v>821</v>
       </c>
       <c r="F404" t="s">
         <v>12</v>
       </c>
       <c r="G404">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
       <c r="H404">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>8</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
         <v>822</v>
       </c>
-      <c r="D405">
-[...1 lines deleted...]
-      </c>
       <c r="E405" t="s">
         <v>823</v>
       </c>
       <c r="F405" t="s">
         <v>12</v>
       </c>
       <c r="G405">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H405">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
         <v>824</v>
       </c>
       <c r="D406">
-        <v>3</v>
+        <v>1996</v>
       </c>
       <c r="E406" t="s">
         <v>825</v>
       </c>
       <c r="F406" t="s">
         <v>12</v>
       </c>
       <c r="G406">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H406">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
         <v>826</v>
       </c>
       <c r="D407">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E407" t="s">
         <v>827</v>
       </c>
       <c r="F407" t="s">
         <v>12</v>
       </c>
       <c r="G407">
         <v>142.0</v>
       </c>
       <c r="H407">
         <v>142.0</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
         <v>828</v>
       </c>
       <c r="D408">
-        <v>2007</v>
+        <v>1981</v>
       </c>
       <c r="E408" t="s">
         <v>829</v>
       </c>
       <c r="F408" t="s">
         <v>12</v>
       </c>
       <c r="G408">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
       <c r="H408">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
         <v>830</v>
       </c>
       <c r="D409">
-        <v>2003</v>
+        <v>1962</v>
       </c>
       <c r="E409" t="s">
         <v>831</v>
       </c>
       <c r="F409" t="s">
         <v>12</v>
       </c>
       <c r="G409">
-        <v>232.0</v>
+        <v>82.0</v>
       </c>
       <c r="H409">
-        <v>232.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
         <v>832</v>
       </c>
       <c r="D410">
-        <v>1951</v>
+        <v>1997</v>
       </c>
       <c r="E410" t="s">
         <v>833</v>
       </c>
       <c r="F410" t="s">
         <v>12</v>
       </c>
       <c r="G410">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
       <c r="H410">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>8</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
         <v>834</v>
       </c>
+      <c r="D411">
+        <v>1997</v>
+      </c>
       <c r="E411" t="s">
         <v>835</v>
       </c>
       <c r="F411" t="s">
         <v>12</v>
       </c>
       <c r="G411">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H411">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
         <v>836</v>
       </c>
       <c r="D412">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="E412" t="s">
         <v>837</v>
       </c>
       <c r="F412" t="s">
         <v>12</v>
       </c>
       <c r="G412">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
       <c r="H412">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
         <v>838</v>
       </c>
       <c r="D413">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="E413" t="s">
         <v>839</v>
       </c>
       <c r="F413" t="s">
         <v>12</v>
       </c>
       <c r="G413">
         <v>142.0</v>
       </c>
       <c r="H413">
         <v>142.0</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
         <v>840</v>
       </c>
       <c r="D414">
-        <v>1981</v>
+        <v>1996</v>
       </c>
       <c r="E414" t="s">
         <v>841</v>
       </c>
       <c r="F414" t="s">
         <v>12</v>
       </c>
       <c r="G414">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
       <c r="H414">
-        <v>220.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
         <v>842</v>
       </c>
       <c r="D415">
         <v>1962</v>
       </c>
       <c r="E415" t="s">
         <v>843</v>
       </c>
       <c r="F415" t="s">
         <v>12</v>
       </c>
       <c r="G415">
-        <v>78.0</v>
+        <v>70.0</v>
       </c>
       <c r="H415">
-        <v>78.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
         <v>844</v>
       </c>
       <c r="D416">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="E416" t="s">
         <v>845</v>
       </c>
       <c r="F416" t="s">
         <v>12</v>
       </c>
       <c r="G416">
         <v>142.0</v>
       </c>
       <c r="H416">
         <v>142.0</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
         <v>846</v>
       </c>
       <c r="D417">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E417" t="s">
         <v>847</v>
       </c>
       <c r="F417" t="s">
         <v>12</v>
       </c>
       <c r="G417">
         <v>142.0</v>
       </c>
       <c r="H417">
         <v>142.0</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
         <v>848</v>
       </c>
       <c r="D418">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="E418" t="s">
         <v>849</v>
       </c>
       <c r="F418" t="s">
         <v>12</v>
       </c>
       <c r="G418">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
       <c r="H418">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
         <v>850</v>
       </c>
       <c r="D419">
-        <v>2012</v>
+        <v>1974</v>
       </c>
       <c r="E419" t="s">
         <v>851</v>
       </c>
       <c r="F419" t="s">
         <v>12</v>
       </c>
       <c r="G419">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
       <c r="H419">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
         <v>852</v>
       </c>
       <c r="D420">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E420" t="s">
         <v>853</v>
       </c>
       <c r="F420" t="s">
         <v>12</v>
       </c>
       <c r="G420">
         <v>142.0</v>
       </c>
       <c r="H420">
         <v>142.0</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
         <v>854</v>
       </c>
       <c r="D421">
-        <v>1962</v>
+        <v>2006</v>
       </c>
       <c r="E421" t="s">
         <v>855</v>
       </c>
       <c r="F421" t="s">
         <v>12</v>
       </c>
       <c r="G421">
-        <v>66.0</v>
+        <v>142.0</v>
       </c>
       <c r="H421">
-        <v>66.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
         <v>856</v>
       </c>
       <c r="D422">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E422" t="s">
         <v>857</v>
       </c>
       <c r="F422" t="s">
         <v>12</v>
       </c>
       <c r="G422">
         <v>142.0</v>
       </c>
       <c r="H422">
         <v>142.0</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
         <v>858</v>
       </c>
       <c r="D423">
-        <v>2009</v>
+        <v>1958</v>
       </c>
       <c r="E423" t="s">
         <v>859</v>
       </c>
       <c r="F423" t="s">
         <v>12</v>
       </c>
       <c r="G423">
         <v>142.0</v>
       </c>
       <c r="H423">
         <v>142.0</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
         <v>860</v>
       </c>
       <c r="D424">
-        <v>2007</v>
+        <v>1997</v>
       </c>
       <c r="E424" t="s">
         <v>861</v>
       </c>
       <c r="F424" t="s">
         <v>12</v>
       </c>
       <c r="G424">
         <v>142.0</v>
       </c>
       <c r="H424">
         <v>142.0</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
         <v>862</v>
       </c>
       <c r="D425">
-        <v>1974</v>
+        <v>1999</v>
       </c>
       <c r="E425" t="s">
         <v>863</v>
       </c>
       <c r="F425" t="s">
         <v>12</v>
       </c>
       <c r="G425">
-        <v>232.0</v>
+        <v>142.0</v>
       </c>
       <c r="H425">
-        <v>232.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
         <v>864</v>
       </c>
       <c r="D426">
         <v>2009</v>
       </c>
       <c r="E426" t="s">
         <v>865</v>
       </c>
       <c r="F426" t="s">
         <v>12</v>
       </c>
       <c r="G426">
         <v>142.0</v>
       </c>
       <c r="H426">
         <v>142.0</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
         <v>866</v>
       </c>
       <c r="D427">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="E427" t="s">
         <v>867</v>
       </c>
       <c r="F427" t="s">
         <v>12</v>
       </c>
       <c r="G427">
         <v>142.0</v>
       </c>
       <c r="H427">
         <v>142.0</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
         <v>868</v>
       </c>
       <c r="D428">
-        <v>2009</v>
+        <v>1996</v>
       </c>
       <c r="E428" t="s">
         <v>869</v>
       </c>
       <c r="F428" t="s">
         <v>12</v>
       </c>
       <c r="G428">
         <v>142.0</v>
       </c>
       <c r="H428">
         <v>142.0</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
         <v>870</v>
       </c>
       <c r="D429">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="E429" t="s">
         <v>871</v>
       </c>
       <c r="F429" t="s">
         <v>12</v>
       </c>
       <c r="G429">
         <v>142.0</v>
       </c>
       <c r="H429">
         <v>142.0</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>8</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
         <v>872</v>
       </c>
       <c r="D430">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E430" t="s">
         <v>873</v>
       </c>
       <c r="F430" t="s">
         <v>12</v>
       </c>
       <c r="G430">
         <v>142.0</v>
       </c>
       <c r="H430">
         <v>142.0</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
         <v>874</v>
       </c>
       <c r="D431">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="E431" t="s">
         <v>875</v>
       </c>
       <c r="F431" t="s">
         <v>12</v>
       </c>
       <c r="G431">
         <v>142.0</v>
       </c>
       <c r="H431">
         <v>142.0</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>8</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
         <v>876</v>
       </c>
       <c r="D432">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="E432" t="s">
         <v>877</v>
       </c>
       <c r="F432" t="s">
         <v>12</v>
       </c>
       <c r="G432">
         <v>142.0</v>
       </c>
       <c r="H432">
         <v>142.0</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>8</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
         <v>878</v>
       </c>
       <c r="D433">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="E433" t="s">
         <v>879</v>
       </c>
       <c r="F433" t="s">
         <v>12</v>
       </c>
       <c r="G433">
         <v>142.0</v>
       </c>
       <c r="H433">
         <v>142.0</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
         <v>880</v>
       </c>
       <c r="D434">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="E434" t="s">
         <v>881</v>
       </c>
       <c r="F434" t="s">
         <v>12</v>
       </c>
       <c r="G434">
         <v>142.0</v>
       </c>
       <c r="H434">
         <v>142.0</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>8</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
         <v>882</v>
       </c>
       <c r="D435">
-        <v>1998</v>
+        <v>1997</v>
       </c>
       <c r="E435" t="s">
         <v>883</v>
       </c>
       <c r="F435" t="s">
         <v>12</v>
       </c>
       <c r="G435">
         <v>142.0</v>
       </c>
       <c r="H435">
         <v>142.0</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>8</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
         <v>884</v>
       </c>
       <c r="D436">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E436" t="s">
         <v>885</v>
       </c>
       <c r="F436" t="s">
         <v>12</v>
       </c>
       <c r="G436">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
       <c r="H436">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
         <v>886</v>
       </c>
       <c r="D437">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="E437" t="s">
         <v>887</v>
       </c>
       <c r="F437" t="s">
         <v>12</v>
       </c>
       <c r="G437">
         <v>142.0</v>
       </c>
       <c r="H437">
         <v>142.0</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>8</v>
+        <v>888</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D438">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="E438" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="F438" t="s">
         <v>12</v>
       </c>
       <c r="G438">
         <v>142.0</v>
       </c>
       <c r="H438">
         <v>142.0</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>8</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D439">
-        <v>1994</v>
+        <v>2008</v>
       </c>
       <c r="E439" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="F439" t="s">
         <v>12</v>
       </c>
       <c r="G439">
         <v>142.0</v>
       </c>
       <c r="H439">
         <v>142.0</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D440">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E440" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="F440" t="s">
         <v>12</v>
       </c>
       <c r="G440">
         <v>142.0</v>
       </c>
       <c r="H440">
         <v>142.0</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="D441">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="E441" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="F441" t="s">
         <v>12</v>
       </c>
       <c r="G441">
         <v>142.0</v>
       </c>
       <c r="H441">
         <v>142.0</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D442">
-        <v>2016</v>
+        <v>2007</v>
       </c>
       <c r="E442" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="F442" t="s">
         <v>12</v>
       </c>
       <c r="G442">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
       <c r="H442">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="D443">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="E443" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="F443" t="s">
         <v>12</v>
       </c>
       <c r="G443">
         <v>142.0</v>
       </c>
       <c r="H443">
         <v>142.0</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>900</v>
+        <v>612</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
         <v>901</v>
       </c>
       <c r="D444">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E444" t="s">
         <v>902</v>
       </c>
       <c r="F444" t="s">
         <v>12</v>
       </c>
       <c r="G444">
         <v>142.0</v>
       </c>
       <c r="H444">
         <v>142.0</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
         <v>903</v>
       </c>
       <c r="D445">
         <v>2008</v>
       </c>
       <c r="E445" t="s">
         <v>904</v>
       </c>
       <c r="F445" t="s">
         <v>12</v>
       </c>
       <c r="G445">
         <v>142.0</v>
       </c>
       <c r="H445">
         <v>142.0</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>8</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
         <v>905</v>
       </c>
       <c r="D446">
-        <v>2005</v>
+        <v>1997</v>
       </c>
       <c r="E446" t="s">
         <v>906</v>
       </c>
       <c r="F446" t="s">
         <v>12</v>
       </c>
       <c r="G446">
         <v>142.0</v>
       </c>
       <c r="H446">
         <v>142.0</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
         <v>907</v>
       </c>
       <c r="D447">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="E447" t="s">
         <v>908</v>
       </c>
       <c r="F447" t="s">
         <v>12</v>
       </c>
       <c r="G447">
         <v>142.0</v>
       </c>
       <c r="H447">
         <v>142.0</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
         <v>909</v>
       </c>
       <c r="D448">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E448" t="s">
         <v>910</v>
       </c>
       <c r="F448" t="s">
         <v>12</v>
       </c>
       <c r="G448">
         <v>142.0</v>
       </c>
       <c r="H448">
         <v>142.0</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
         <v>911</v>
       </c>
       <c r="D449">
-        <v>2004</v>
+        <v>1962</v>
       </c>
       <c r="E449" t="s">
         <v>912</v>
       </c>
       <c r="F449" t="s">
         <v>12</v>
       </c>
       <c r="G449">
-        <v>142.0</v>
+        <v>82.0</v>
       </c>
       <c r="H449">
-        <v>142.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
         <v>913</v>
       </c>
       <c r="D450">
-        <v>2009</v>
+        <v>1996</v>
       </c>
       <c r="E450" t="s">
         <v>914</v>
       </c>
       <c r="F450" t="s">
         <v>12</v>
       </c>
       <c r="G450">
         <v>142.0</v>
       </c>
       <c r="H450">
         <v>142.0</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
         <v>915</v>
       </c>
       <c r="D451">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="E451" t="s">
         <v>916</v>
       </c>
       <c r="F451" t="s">
         <v>12</v>
       </c>
       <c r="G451">
-        <v>142.0</v>
+        <v>272.0</v>
       </c>
       <c r="H451">
-        <v>142.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
         <v>917</v>
       </c>
       <c r="D452">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="E452" t="s">
         <v>918</v>
       </c>
       <c r="F452" t="s">
         <v>12</v>
       </c>
       <c r="G452">
-        <v>142.0</v>
+        <v>134.0</v>
       </c>
       <c r="H452">
-        <v>142.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
         <v>919</v>
       </c>
       <c r="D453">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="E453" t="s">
         <v>920</v>
       </c>
       <c r="F453" t="s">
         <v>12</v>
       </c>
       <c r="G453">
         <v>142.0</v>
       </c>
       <c r="H453">
         <v>142.0</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
         <v>921</v>
       </c>
       <c r="D454">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="E454" t="s">
         <v>922</v>
       </c>
       <c r="F454" t="s">
         <v>12</v>
       </c>
       <c r="G454">
-        <v>142.0</v>
+        <v>272.0</v>
       </c>
       <c r="H454">
-        <v>142.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
         <v>923</v>
       </c>
       <c r="D455">
-        <v>1962</v>
+        <v>1997</v>
       </c>
       <c r="E455" t="s">
         <v>924</v>
       </c>
       <c r="F455" t="s">
         <v>12</v>
       </c>
       <c r="G455">
-        <v>78.0</v>
+        <v>142.0</v>
       </c>
       <c r="H455">
-        <v>78.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
         <v>925</v>
       </c>
       <c r="D456">
-        <v>1996</v>
+        <v>2006</v>
       </c>
       <c r="E456" t="s">
         <v>926</v>
       </c>
       <c r="F456" t="s">
         <v>12</v>
       </c>
       <c r="G456">
         <v>142.0</v>
       </c>
       <c r="H456">
         <v>142.0</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
         <v>927</v>
       </c>
       <c r="D457">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E457" t="s">
         <v>928</v>
       </c>
       <c r="F457" t="s">
         <v>12</v>
       </c>
       <c r="G457">
-        <v>272.0</v>
+        <v>142.0</v>
       </c>
       <c r="H457">
-        <v>272.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
         <v>929</v>
       </c>
       <c r="D458">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="E458" t="s">
         <v>930</v>
       </c>
       <c r="F458" t="s">
         <v>12</v>
       </c>
       <c r="G458">
         <v>142.0</v>
       </c>
       <c r="H458">
         <v>142.0</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
         <v>931</v>
       </c>
       <c r="D459">
         <v>2009</v>
       </c>
       <c r="E459" t="s">
         <v>932</v>
       </c>
       <c r="F459" t="s">
         <v>12</v>
       </c>
       <c r="G459">
         <v>142.0</v>
       </c>
       <c r="H459">
         <v>142.0</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
         <v>933</v>
       </c>
       <c r="D460">
-        <v>2015</v>
+        <v>1995</v>
       </c>
       <c r="E460" t="s">
         <v>934</v>
       </c>
       <c r="F460" t="s">
         <v>12</v>
       </c>
       <c r="G460">
-        <v>272.0</v>
+        <v>142.0</v>
       </c>
       <c r="H460">
-        <v>272.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
         <v>935</v>
       </c>
       <c r="D461">
-        <v>1997</v>
+        <v>1955</v>
       </c>
       <c r="E461" t="s">
         <v>936</v>
       </c>
       <c r="F461" t="s">
         <v>12</v>
       </c>
       <c r="G461">
         <v>142.0</v>
       </c>
       <c r="H461">
         <v>142.0</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
         <v>937</v>
       </c>
       <c r="D462">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="E462" t="s">
         <v>938</v>
       </c>
       <c r="F462" t="s">
         <v>12</v>
       </c>
       <c r="G462">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
       <c r="H462">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
         <v>939</v>
       </c>
       <c r="D463">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="E463" t="s">
         <v>940</v>
       </c>
       <c r="F463" t="s">
         <v>12</v>
       </c>
       <c r="G463">
         <v>142.0</v>
       </c>
       <c r="H463">
         <v>142.0</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
         <v>941</v>
       </c>
       <c r="D464">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E464" t="s">
         <v>942</v>
       </c>
       <c r="F464" t="s">
         <v>12</v>
       </c>
       <c r="G464">
         <v>142.0</v>
       </c>
       <c r="H464">
         <v>142.0</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
         <v>943</v>
       </c>
       <c r="D465">
-        <v>2009</v>
+        <v>1978</v>
       </c>
       <c r="E465" t="s">
         <v>944</v>
       </c>
       <c r="F465" t="s">
         <v>12</v>
       </c>
       <c r="G465">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
       <c r="H465">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>8</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
         <v>945</v>
       </c>
       <c r="D466">
-        <v>1995</v>
+        <v>2008</v>
       </c>
       <c r="E466" t="s">
         <v>946</v>
       </c>
       <c r="F466" t="s">
         <v>12</v>
       </c>
       <c r="G466">
         <v>142.0</v>
       </c>
       <c r="H466">
         <v>142.0</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
         <v>947</v>
       </c>
       <c r="D467">
-        <v>1955</v>
+        <v>2005</v>
       </c>
       <c r="E467" t="s">
         <v>948</v>
       </c>
       <c r="F467" t="s">
         <v>12</v>
       </c>
       <c r="G467">
         <v>142.0</v>
       </c>
       <c r="H467">
         <v>142.0</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
         <v>949</v>
       </c>
       <c r="D468">
-        <v>2012</v>
+        <v>1969</v>
       </c>
       <c r="E468" t="s">
         <v>950</v>
       </c>
       <c r="F468" t="s">
         <v>12</v>
       </c>
       <c r="G468">
-        <v>166.0</v>
+        <v>232.0</v>
       </c>
       <c r="H468">
-        <v>166.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
         <v>951</v>
       </c>
       <c r="D469">
-        <v>1996</v>
+        <v>2006</v>
       </c>
       <c r="E469" t="s">
         <v>952</v>
       </c>
       <c r="F469" t="s">
         <v>12</v>
       </c>
       <c r="G469">
         <v>142.0</v>
       </c>
       <c r="H469">
         <v>142.0</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>624</v>
+        <v>888</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
         <v>953</v>
       </c>
       <c r="D470">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="E470" t="s">
         <v>954</v>
       </c>
       <c r="F470" t="s">
         <v>12</v>
       </c>
       <c r="G470">
         <v>142.0</v>
       </c>
       <c r="H470">
         <v>142.0</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
         <v>955</v>
       </c>
       <c r="D471">
-        <v>1978</v>
+        <v>1995</v>
       </c>
       <c r="E471" t="s">
         <v>956</v>
       </c>
       <c r="F471" t="s">
         <v>12</v>
       </c>
       <c r="G471">
-        <v>232.0</v>
+        <v>142.0</v>
       </c>
       <c r="H471">
-        <v>232.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>8</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
         <v>957</v>
       </c>
       <c r="D472">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E472" t="s">
         <v>958</v>
       </c>
       <c r="F472" t="s">
         <v>12</v>
       </c>
       <c r="G472">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
       <c r="H472">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>8</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
         <v>959</v>
       </c>
       <c r="D473">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="E473" t="s">
         <v>960</v>
       </c>
       <c r="F473" t="s">
         <v>12</v>
       </c>
       <c r="G473">
         <v>142.0</v>
       </c>
       <c r="H473">
         <v>142.0</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
         <v>961</v>
       </c>
       <c r="D474">
-        <v>1969</v>
+        <v>1996</v>
       </c>
       <c r="E474" t="s">
         <v>962</v>
       </c>
       <c r="F474" t="s">
         <v>12</v>
       </c>
       <c r="G474">
-        <v>232.0</v>
+        <v>142.0</v>
       </c>
       <c r="H474">
-        <v>232.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
         <v>963</v>
       </c>
       <c r="D475">
         <v>2006</v>
       </c>
       <c r="E475" t="s">
-        <v>964</v>
+        <v>855</v>
       </c>
       <c r="F475" t="s">
         <v>12</v>
       </c>
       <c r="G475">
         <v>142.0</v>
       </c>
       <c r="H475">
         <v>142.0</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>900</v>
+        <v>612</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
+        <v>964</v>
+      </c>
+      <c r="D476">
+        <v>2004</v>
+      </c>
+      <c r="E476" t="s">
         <v>965</v>
-      </c>
-[...4 lines deleted...]
-        <v>966</v>
       </c>
       <c r="F476" t="s">
         <v>12</v>
       </c>
       <c r="G476">
         <v>142.0</v>
       </c>
       <c r="H476">
         <v>142.0</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
+        <v>966</v>
+      </c>
+      <c r="D477">
+        <v>2002</v>
+      </c>
+      <c r="E477" t="s">
         <v>967</v>
       </c>
-      <c r="D477">
-[...4 lines deleted...]
-      </c>
       <c r="F477" t="s">
         <v>12</v>
       </c>
       <c r="G477">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
       <c r="H477">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
+        <v>968</v>
+      </c>
+      <c r="D478">
+        <v>1962</v>
+      </c>
+      <c r="E478" t="s">
         <v>969</v>
       </c>
-      <c r="D478">
-[...4 lines deleted...]
-      </c>
       <c r="F478" t="s">
         <v>12</v>
       </c>
       <c r="G478">
-        <v>166.0</v>
+        <v>66.0</v>
       </c>
       <c r="H478">
-        <v>166.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
+        <v>970</v>
+      </c>
+      <c r="D479">
+        <v>2004</v>
+      </c>
+      <c r="E479" t="s">
         <v>971</v>
-      </c>
-[...4 lines deleted...]
-        <v>972</v>
       </c>
       <c r="F479" t="s">
         <v>12</v>
       </c>
       <c r="G479">
         <v>142.0</v>
       </c>
       <c r="H479">
         <v>142.0</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="D480">
         <v>1996</v>
       </c>
       <c r="E480" t="s">
-        <v>974</v>
+        <v>973</v>
       </c>
       <c r="F480" t="s">
         <v>12</v>
       </c>
       <c r="G480">
         <v>142.0</v>
       </c>
       <c r="H480">
         <v>142.0</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
+        <v>974</v>
+      </c>
+      <c r="D481">
+        <v>3</v>
+      </c>
+      <c r="E481" t="s">
         <v>975</v>
       </c>
-      <c r="D481">
-[...4 lines deleted...]
-      </c>
       <c r="F481" t="s">
         <v>12</v>
       </c>
       <c r="G481">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H481">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
         <v>976</v>
       </c>
       <c r="D482">
-        <v>2004</v>
+        <v>1968</v>
       </c>
       <c r="E482" t="s">
         <v>977</v>
       </c>
       <c r="F482" t="s">
         <v>12</v>
       </c>
       <c r="G482">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
       <c r="H482">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
         <v>978</v>
       </c>
       <c r="D483">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="E483" t="s">
         <v>979</v>
       </c>
       <c r="F483" t="s">
         <v>12</v>
       </c>
       <c r="G483">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
       <c r="H483">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
         <v>980</v>
       </c>
       <c r="D484">
-        <v>1962</v>
+        <v>2002</v>
       </c>
       <c r="E484" t="s">
         <v>981</v>
       </c>
       <c r="F484" t="s">
         <v>12</v>
       </c>
       <c r="G484">
-        <v>62.0</v>
+        <v>142.0</v>
       </c>
       <c r="H484">
-        <v>62.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
         <v>982</v>
       </c>
       <c r="D485">
-        <v>2004</v>
+        <v>2017</v>
       </c>
       <c r="E485" t="s">
         <v>983</v>
       </c>
       <c r="F485" t="s">
         <v>12</v>
       </c>
       <c r="G485">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
       <c r="H485">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
         <v>984</v>
       </c>
       <c r="D486">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E486" t="s">
         <v>985</v>
       </c>
       <c r="F486" t="s">
         <v>12</v>
       </c>
       <c r="G486">
         <v>142.0</v>
       </c>
       <c r="H486">
         <v>142.0</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
         <v>986</v>
       </c>
       <c r="D487">
-        <v>3</v>
+        <v>1996</v>
       </c>
       <c r="E487" t="s">
         <v>987</v>
       </c>
       <c r="F487" t="s">
         <v>12</v>
       </c>
       <c r="G487">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H487">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
         <v>988</v>
       </c>
       <c r="D488">
-        <v>1968</v>
+        <v>2012</v>
       </c>
       <c r="E488" t="s">
         <v>989</v>
       </c>
       <c r="F488" t="s">
         <v>12</v>
       </c>
       <c r="G488">
-        <v>232.0</v>
+        <v>166.0</v>
       </c>
       <c r="H488">
-        <v>232.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
         <v>990</v>
       </c>
       <c r="D489">
-        <v>2009</v>
+        <v>1996</v>
       </c>
       <c r="E489" t="s">
         <v>991</v>
       </c>
       <c r="F489" t="s">
         <v>12</v>
       </c>
       <c r="G489">
         <v>142.0</v>
       </c>
       <c r="H489">
         <v>142.0</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
         <v>992</v>
       </c>
       <c r="D490">
         <v>2002</v>
       </c>
       <c r="E490" t="s">
         <v>993</v>
       </c>
       <c r="F490" t="s">
         <v>12</v>
       </c>
       <c r="G490">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
       <c r="H490">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
         <v>8</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
         <v>994</v>
       </c>
       <c r="D491">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="E491" t="s">
         <v>995</v>
       </c>
       <c r="F491" t="s">
         <v>12</v>
       </c>
       <c r="G491">
-        <v>232.0</v>
+        <v>166.0</v>
       </c>
       <c r="H491">
-        <v>232.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
         <v>996</v>
       </c>
       <c r="D492">
-        <v>2009</v>
+        <v>1996</v>
       </c>
       <c r="E492" t="s">
         <v>997</v>
       </c>
       <c r="F492" t="s">
         <v>12</v>
       </c>
       <c r="G492">
         <v>142.0</v>
       </c>
       <c r="H492">
         <v>142.0</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
         <v>998</v>
       </c>
       <c r="D493">
         <v>1996</v>
       </c>
       <c r="E493" t="s">
         <v>999</v>
       </c>
       <c r="F493" t="s">
         <v>12</v>
       </c>
       <c r="G493">
         <v>142.0</v>
       </c>
       <c r="H493">
         <v>142.0</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
         <v>1000</v>
       </c>
       <c r="D494">
-        <v>2012</v>
+        <v>1972</v>
       </c>
       <c r="E494" t="s">
         <v>1001</v>
       </c>
       <c r="F494" t="s">
         <v>12</v>
       </c>
       <c r="G494">
         <v>166.0</v>
       </c>
       <c r="H494">
         <v>166.0</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
         <v>1002</v>
       </c>
       <c r="D495">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E495" t="s">
         <v>1003</v>
       </c>
       <c r="F495" t="s">
         <v>12</v>
       </c>
       <c r="G495">
-        <v>142.0</v>
+        <v>220.0</v>
       </c>
       <c r="H495">
-        <v>142.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>611</v>
+        <v>8</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
         <v>1004</v>
       </c>
-      <c r="D496">
-[...1 lines deleted...]
-      </c>
       <c r="E496" t="s">
         <v>1005</v>
       </c>
       <c r="F496" t="s">
         <v>12</v>
       </c>
       <c r="G496">
-        <v>166.0</v>
+        <v>20.0</v>
       </c>
       <c r="H496">
-        <v>166.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
         <v>1006</v>
       </c>
       <c r="D497">
         <v>2009</v>
       </c>
       <c r="E497" t="s">
         <v>1007</v>
       </c>
       <c r="F497" t="s">
         <v>12</v>
       </c>
       <c r="G497">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
       <c r="H497">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
         <v>1008</v>
       </c>
       <c r="D498">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E498" t="s">
         <v>1009</v>
       </c>
       <c r="F498" t="s">
         <v>12</v>
       </c>
       <c r="G498">
         <v>142.0</v>
       </c>
       <c r="H498">
         <v>142.0</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
         <v>1010</v>
       </c>
       <c r="D499">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E499" t="s">
         <v>1011</v>
       </c>
       <c r="F499" t="s">
         <v>12</v>
       </c>
       <c r="G499">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
       <c r="H499">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
         <v>1012</v>
       </c>
       <c r="D500">
-        <v>1972</v>
+        <v>2015</v>
       </c>
       <c r="E500" t="s">
         <v>1013</v>
       </c>
       <c r="F500" t="s">
         <v>12</v>
       </c>
       <c r="G500">
         <v>166.0</v>
       </c>
       <c r="H500">
         <v>166.0</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
         <v>1014</v>
       </c>
       <c r="D501">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="E501" t="s">
         <v>1015</v>
       </c>
       <c r="F501" t="s">
         <v>12</v>
       </c>
       <c r="G501">
-        <v>232.0</v>
+        <v>166.0</v>
       </c>
       <c r="H501">
-        <v>232.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
         <v>1016</v>
       </c>
+      <c r="D502">
+        <v>2009</v>
+      </c>
       <c r="E502" t="s">
         <v>1017</v>
       </c>
       <c r="F502" t="s">
         <v>12</v>
       </c>
       <c r="G502">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H502">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
         <v>1018</v>
       </c>
       <c r="D503">
-        <v>2009</v>
+        <v>1995</v>
       </c>
       <c r="E503" t="s">
         <v>1019</v>
       </c>
       <c r="F503" t="s">
         <v>12</v>
       </c>
       <c r="G503">
         <v>142.0</v>
       </c>
       <c r="H503">
         <v>142.0</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
         <v>1020</v>
       </c>
       <c r="D504">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E504" t="s">
         <v>1021</v>
       </c>
       <c r="F504" t="s">
         <v>12</v>
       </c>
       <c r="G504">
         <v>142.0</v>
       </c>
       <c r="H504">
         <v>142.0</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
         <v>1022</v>
       </c>
       <c r="D505">
-        <v>2009</v>
+        <v>1999</v>
       </c>
       <c r="E505" t="s">
         <v>1023</v>
       </c>
       <c r="F505" t="s">
         <v>12</v>
       </c>
       <c r="G505">
-        <v>232.0</v>
+        <v>142.0</v>
       </c>
       <c r="H505">
-        <v>232.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
         <v>1024</v>
       </c>
       <c r="D506">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E506" t="s">
         <v>1025</v>
       </c>
       <c r="F506" t="s">
         <v>12</v>
       </c>
       <c r="G506">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
       <c r="H506">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
         <v>1026</v>
       </c>
       <c r="D507">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E507" t="s">
         <v>1027</v>
       </c>
       <c r="F507" t="s">
         <v>12</v>
       </c>
       <c r="G507">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
       <c r="H507">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
         <v>1028</v>
       </c>
       <c r="D508">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="E508" t="s">
         <v>1029</v>
       </c>
       <c r="F508" t="s">
         <v>12</v>
       </c>
       <c r="G508">
         <v>142.0</v>
       </c>
       <c r="H508">
         <v>142.0</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>8</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
         <v>1030</v>
       </c>
       <c r="D509">
-        <v>1995</v>
+        <v>17</v>
       </c>
       <c r="E509" t="s">
         <v>1031</v>
       </c>
       <c r="F509" t="s">
         <v>12</v>
       </c>
       <c r="G509">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H509">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
         <v>1032</v>
       </c>
       <c r="D510">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E510" t="s">
         <v>1033</v>
       </c>
       <c r="F510" t="s">
         <v>12</v>
       </c>
       <c r="G510">
         <v>142.0</v>
       </c>
       <c r="H510">
         <v>142.0</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
         <v>1034</v>
       </c>
       <c r="D511">
-        <v>1999</v>
+        <v>23</v>
       </c>
       <c r="E511" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="F511" t="s">
         <v>12</v>
       </c>
       <c r="G511">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H511">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>624</v>
+        <v>1035</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
         <v>1036</v>
       </c>
       <c r="D512">
         <v>2008</v>
       </c>
       <c r="E512" t="s">
         <v>1037</v>
       </c>
       <c r="F512" t="s">
         <v>12</v>
       </c>
       <c r="G512">
         <v>142.0</v>
       </c>
       <c r="H512">
         <v>142.0</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
         <v>1038</v>
       </c>
       <c r="D513">
-        <v>2012</v>
+        <v>3</v>
       </c>
       <c r="E513" t="s">
         <v>1039</v>
       </c>
       <c r="F513" t="s">
         <v>12</v>
       </c>
       <c r="G513">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
       <c r="H513">
-        <v>142.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
         <v>1040</v>
       </c>
       <c r="D514">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="E514" t="s">
         <v>1041</v>
       </c>
       <c r="F514" t="s">
         <v>12</v>
       </c>
       <c r="G514">
         <v>142.0</v>
       </c>
       <c r="H514">
         <v>142.0</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
         <v>1042</v>
       </c>
       <c r="D515">
-        <v>17</v>
+        <v>2016</v>
       </c>
       <c r="E515" t="s">
         <v>1043</v>
       </c>
       <c r="F515" t="s">
         <v>12</v>
       </c>
       <c r="G515">
-        <v>20.0</v>
+        <v>272.0</v>
       </c>
       <c r="H515">
-        <v>20.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
         <v>1044</v>
       </c>
       <c r="D516">
-        <v>2006</v>
+        <v>1962</v>
       </c>
       <c r="E516" t="s">
         <v>1045</v>
       </c>
       <c r="F516" t="s">
         <v>12</v>
       </c>
       <c r="G516">
         <v>142.0</v>
       </c>
       <c r="H516">
         <v>142.0</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>8</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
         <v>1046</v>
       </c>
       <c r="D517">
-        <v>23</v>
+        <v>1997</v>
       </c>
       <c r="E517" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="F517" t="s">
         <v>12</v>
       </c>
       <c r="G517">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H517">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1047</v>
+        <v>8</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
         <v>1048</v>
       </c>
       <c r="D518">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="E518" t="s">
         <v>1049</v>
       </c>
       <c r="F518" t="s">
         <v>12</v>
       </c>
       <c r="G518">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
       <c r="H518">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
         <v>1050</v>
       </c>
       <c r="D519">
-        <v>3</v>
+        <v>2006</v>
       </c>
       <c r="E519" t="s">
         <v>1051</v>
       </c>
       <c r="F519" t="s">
         <v>12</v>
       </c>
       <c r="G519">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H519">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
         <v>1052</v>
       </c>
       <c r="D520">
-        <v>2009</v>
+        <v>1999</v>
       </c>
       <c r="E520" t="s">
         <v>1053</v>
       </c>
       <c r="F520" t="s">
         <v>12</v>
       </c>
       <c r="G520">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
       <c r="H520">
-        <v>142.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
         <v>1054</v>
       </c>
       <c r="D521">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="E521" t="s">
         <v>1055</v>
       </c>
       <c r="F521" t="s">
         <v>12</v>
       </c>
       <c r="G521">
-        <v>272.0</v>
+        <v>134.0</v>
       </c>
       <c r="H521">
-        <v>272.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
         <v>1056</v>
       </c>
       <c r="D522">
-        <v>1962</v>
+        <v>1965</v>
       </c>
       <c r="E522" t="s">
         <v>1057</v>
       </c>
       <c r="F522" t="s">
         <v>12</v>
       </c>
       <c r="G522">
         <v>142.0</v>
       </c>
       <c r="H522">
         <v>142.0</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
         <v>1058</v>
       </c>
       <c r="D523">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E523" t="s">
         <v>1059</v>
       </c>
       <c r="F523" t="s">
         <v>12</v>
       </c>
       <c r="G523">
         <v>142.0</v>
       </c>
       <c r="H523">
         <v>142.0</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
         <v>8</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
         <v>1060</v>
       </c>
       <c r="D524">
-        <v>2005</v>
+        <v>1994</v>
       </c>
       <c r="E524" t="s">
         <v>1061</v>
       </c>
       <c r="F524" t="s">
         <v>12</v>
       </c>
       <c r="G524">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
       <c r="H524">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
         <v>1062</v>
       </c>
       <c r="D525">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="E525" t="s">
         <v>1063</v>
       </c>
       <c r="F525" t="s">
         <v>12</v>
       </c>
       <c r="G525">
         <v>142.0</v>
       </c>
       <c r="H525">
         <v>142.0</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
         <v>1064</v>
       </c>
       <c r="D526">
-        <v>1999</v>
+        <v>2016</v>
       </c>
       <c r="E526" t="s">
         <v>1065</v>
       </c>
       <c r="F526" t="s">
         <v>12</v>
       </c>
       <c r="G526">
-        <v>232.0</v>
+        <v>142.0</v>
       </c>
       <c r="H526">
-        <v>232.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
         <v>1066</v>
       </c>
       <c r="D527">
-        <v>2008</v>
+        <v>1962</v>
       </c>
       <c r="E527" t="s">
         <v>1067</v>
       </c>
       <c r="F527" t="s">
         <v>12</v>
       </c>
       <c r="G527">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
       <c r="H527">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
         <v>1068</v>
       </c>
       <c r="D528">
-        <v>1965</v>
+        <v>2016</v>
       </c>
       <c r="E528" t="s">
         <v>1069</v>
       </c>
       <c r="F528" t="s">
         <v>12</v>
       </c>
       <c r="G528">
         <v>142.0</v>
       </c>
       <c r="H528">
         <v>142.0</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
         <v>1070</v>
       </c>
       <c r="D529">
-        <v>2009</v>
+        <v>1999</v>
       </c>
       <c r="E529" t="s">
         <v>1071</v>
       </c>
       <c r="F529" t="s">
         <v>12</v>
       </c>
       <c r="G529">
         <v>142.0</v>
       </c>
       <c r="H529">
         <v>142.0</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
         <v>1072</v>
       </c>
       <c r="D530">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="E530" t="s">
         <v>1073</v>
       </c>
       <c r="F530" t="s">
         <v>12</v>
       </c>
       <c r="G530">
         <v>142.0</v>
       </c>
       <c r="H530">
         <v>142.0</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
         <v>1074</v>
       </c>
       <c r="D531">
-        <v>2009</v>
+        <v>1994</v>
       </c>
       <c r="E531" t="s">
         <v>1075</v>
       </c>
       <c r="F531" t="s">
         <v>12</v>
       </c>
       <c r="G531">
         <v>142.0</v>
       </c>
       <c r="H531">
         <v>142.0</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
         <v>1076</v>
       </c>
       <c r="D532">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="E532" t="s">
         <v>1077</v>
       </c>
       <c r="F532" t="s">
         <v>12</v>
       </c>
       <c r="G532">
         <v>142.0</v>
       </c>
       <c r="H532">
         <v>142.0</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
         <v>1078</v>
       </c>
       <c r="D533">
-        <v>1962</v>
+        <v>2</v>
       </c>
       <c r="E533" t="s">
         <v>1079</v>
       </c>
       <c r="F533" t="s">
         <v>12</v>
       </c>
       <c r="G533">
-        <v>166.0</v>
+        <v>20.0</v>
       </c>
       <c r="H533">
-        <v>166.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
         <v>1080</v>
       </c>
       <c r="D534">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="E534" t="s">
         <v>1081</v>
       </c>
       <c r="F534" t="s">
         <v>12</v>
       </c>
       <c r="G534">
         <v>142.0</v>
       </c>
       <c r="H534">
         <v>142.0</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
         <v>1082</v>
       </c>
       <c r="D535">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="E535" t="s">
         <v>1083</v>
       </c>
       <c r="F535" t="s">
         <v>12</v>
       </c>
       <c r="G535">
         <v>142.0</v>
       </c>
       <c r="H535">
         <v>142.0</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
         <v>1084</v>
       </c>
       <c r="D536">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="E536" t="s">
         <v>1085</v>
       </c>
       <c r="F536" t="s">
         <v>12</v>
       </c>
       <c r="G536">
         <v>142.0</v>
       </c>
       <c r="H536">
         <v>142.0</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
         <v>1086</v>
       </c>
       <c r="D537">
-        <v>1994</v>
+        <v>2008</v>
       </c>
       <c r="E537" t="s">
         <v>1087</v>
       </c>
       <c r="F537" t="s">
         <v>12</v>
       </c>
       <c r="G537">
         <v>142.0</v>
       </c>
       <c r="H537">
         <v>142.0</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
         <v>1088</v>
       </c>
       <c r="D538">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="E538" t="s">
         <v>1089</v>
       </c>
       <c r="F538" t="s">
         <v>12</v>
       </c>
       <c r="G538">
         <v>142.0</v>
       </c>
       <c r="H538">
         <v>142.0</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
         <v>8</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
         <v>1090</v>
       </c>
       <c r="D539">
-        <v>2</v>
+        <v>1994</v>
       </c>
       <c r="E539" t="s">
         <v>1091</v>
       </c>
       <c r="F539" t="s">
         <v>12</v>
       </c>
       <c r="G539">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
       <c r="H539">
-        <v>20.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
         <v>1092</v>
       </c>
       <c r="D540">
-        <v>1996</v>
+        <v>2002</v>
       </c>
       <c r="E540" t="s">
         <v>1093</v>
       </c>
       <c r="F540" t="s">
         <v>12</v>
       </c>
       <c r="G540">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
       <c r="H540">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>611</v>
+        <v>8</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
         <v>1094</v>
       </c>
       <c r="D541">
-        <v>1998</v>
+        <v>1997</v>
       </c>
       <c r="E541" t="s">
         <v>1095</v>
       </c>
       <c r="F541" t="s">
         <v>12</v>
       </c>
       <c r="G541">
         <v>142.0</v>
       </c>
       <c r="H541">
         <v>142.0</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>611</v>
+        <v>8</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
         <v>1096</v>
       </c>
       <c r="D542">
         <v>1995</v>
       </c>
       <c r="E542" t="s">
         <v>1097</v>
       </c>
       <c r="F542" t="s">
         <v>12</v>
       </c>
       <c r="G542">
         <v>142.0</v>
       </c>
       <c r="H542">
         <v>142.0</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
         <v>1098</v>
       </c>
       <c r="D543">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="E543" t="s">
         <v>1099</v>
       </c>
       <c r="F543" t="s">
         <v>12</v>
       </c>
       <c r="G543">
         <v>142.0</v>
       </c>
       <c r="H543">
         <v>142.0</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
         <v>1100</v>
       </c>
       <c r="D544">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E544" t="s">
         <v>1101</v>
       </c>
       <c r="F544" t="s">
         <v>12</v>
       </c>
       <c r="G544">
         <v>142.0</v>
       </c>
       <c r="H544">
         <v>142.0</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
         <v>1102</v>
       </c>
       <c r="D545">
-        <v>1994</v>
+        <v>2006</v>
       </c>
       <c r="E545" t="s">
         <v>1103</v>
       </c>
       <c r="F545" t="s">
         <v>12</v>
       </c>
       <c r="G545">
         <v>142.0</v>
       </c>
       <c r="H545">
         <v>142.0</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>611</v>
+        <v>8</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
         <v>1104</v>
       </c>
       <c r="D546">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="E546" t="s">
         <v>1105</v>
       </c>
       <c r="F546" t="s">
         <v>12</v>
       </c>
       <c r="G546">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
       <c r="H546">
-        <v>166.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
         <v>1106</v>
       </c>
       <c r="D547">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="E547" t="s">
         <v>1107</v>
       </c>
       <c r="F547" t="s">
         <v>12</v>
       </c>
       <c r="G547">
         <v>142.0</v>
       </c>
       <c r="H547">
         <v>142.0</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
         <v>8</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
         <v>1108</v>
       </c>
       <c r="D548">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E548" t="s">
         <v>1109</v>
       </c>
       <c r="F548" t="s">
         <v>12</v>
       </c>
       <c r="G548">
         <v>142.0</v>
       </c>
       <c r="H548">
         <v>142.0</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>8</v>
+        <v>599</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
         <v>1110</v>
       </c>
       <c r="D549">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E549" t="s">
         <v>1111</v>
       </c>
       <c r="F549" t="s">
         <v>12</v>
       </c>
       <c r="G549">
         <v>142.0</v>
       </c>
       <c r="H549">
         <v>142.0</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>624</v>
+        <v>8</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
         <v>1112</v>
       </c>
       <c r="D550">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E550" t="s">
         <v>1113</v>
       </c>
       <c r="F550" t="s">
         <v>12</v>
       </c>
       <c r="G550">
-        <v>142.0</v>
+        <v>166.0</v>
       </c>
       <c r="H550">
-        <v>142.0</v>
-[...154 lines deleted...]
-      <c r="H556">
         <v>166.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>