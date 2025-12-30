--- v0 (2025-11-08)
+++ v1 (2025-12-30)
@@ -637,80 +637,80 @@
       </c>
       <c r="H5">
         <v>68.04</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6">
         <v>2015</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H6">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7">
         <v>2018</v>
       </c>
       <c r="E7" t="s">
         <v>29</v>
       </c>
       <c r="F7" t="s">
         <v>26</v>
       </c>
       <c r="G7">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H7">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8">
         <v>2005</v>
       </c>
       <c r="E8" t="s">
         <v>32</v>
       </c>
       <c r="F8" t="s">
         <v>33</v>
       </c>
       <c r="G8">
         <v>72.0</v>
       </c>
       <c r="H8">