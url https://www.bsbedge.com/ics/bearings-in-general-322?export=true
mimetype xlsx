--- v1 (2025-12-30)
+++ v2 (2026-02-17)
@@ -533,132 +533,132 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2015</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
       <c r="H2">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2019</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>237.66</v>
+        <v>244.77</v>
       </c>
       <c r="H3">
-        <v>237.66</v>
+        <v>244.77</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4">
         <v>2020</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
       <c r="G4">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H4">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>2020</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H5">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6">
         <v>2015</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6">
         <v>272.0</v>
       </c>
       <c r="H6">