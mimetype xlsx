--- v0 (2025-11-17)
+++ v1 (2026-01-10)
@@ -968,184 +968,184 @@
       </c>
       <c r="H7">
         <v>72.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8" t="s">
         <v>28</v>
       </c>
       <c r="C8" t="s">
         <v>29</v>
       </c>
       <c r="D8">
         <v>2004</v>
       </c>
       <c r="E8" t="s">
         <v>30</v>
       </c>
       <c r="F8" t="s">
         <v>31</v>
       </c>
       <c r="G8">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
       <c r="H8">
-        <v>8000.0</v>
+        <v>9200.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9">
         <v>2006</v>
       </c>
       <c r="E9" t="s">
         <v>33</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="G9">
-        <v>10000.0</v>
+        <v>11500.0</v>
       </c>
       <c r="H9">
-        <v>10000.0</v>
+        <v>11500.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>34</v>
       </c>
       <c r="B10" t="s">
         <v>35</v>
       </c>
       <c r="C10" t="s">
         <v>36</v>
       </c>
       <c r="D10">
         <v>1999</v>
       </c>
       <c r="E10" t="s">
         <v>37</v>
       </c>
       <c r="F10" t="s">
         <v>38</v>
       </c>
       <c r="G10">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H10">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>34</v>
       </c>
       <c r="B11" t="s">
         <v>35</v>
       </c>
       <c r="C11" t="s">
         <v>39</v>
       </c>
       <c r="D11">
         <v>2011</v>
       </c>
       <c r="E11" t="s">
         <v>40</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
       <c r="G11">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H11">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>34</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>41</v>
       </c>
       <c r="D12">
         <v>2016</v>
       </c>
       <c r="E12" t="s">
         <v>42</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
       <c r="G12">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H12">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>34</v>
       </c>
       <c r="B13" t="s">
         <v>35</v>
       </c>
       <c r="C13" t="s">
         <v>43</v>
       </c>
       <c r="D13">
         <v>2021</v>
       </c>
       <c r="E13" t="s">
         <v>44</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
       <c r="G13">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H13">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14">
         <v>1998</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>17</v>
       </c>
       <c r="G14">
         <v>59.35</v>
       </c>
       <c r="H14">
@@ -1488,470 +1488,470 @@
       </c>
       <c r="H27">
         <v>59.35</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>73</v>
       </c>
       <c r="D28">
         <v>2021</v>
       </c>
       <c r="E28" t="s">
         <v>74</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
       <c r="H28">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>75</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>76</v>
       </c>
       <c r="D29">
         <v>2021</v>
       </c>
       <c r="E29" t="s">
         <v>77</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H29">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>78</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>79</v>
       </c>
       <c r="D30">
         <v>2016</v>
       </c>
       <c r="E30" t="s">
         <v>80</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H30">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>78</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>81</v>
       </c>
       <c r="D31">
         <v>2004</v>
       </c>
       <c r="E31" t="s">
         <v>82</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H31">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>78</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>83</v>
       </c>
       <c r="D32">
         <v>2004</v>
       </c>
       <c r="E32" t="s">
         <v>84</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H32">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>78</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>85</v>
       </c>
       <c r="D33">
         <v>2000</v>
       </c>
       <c r="E33" t="s">
         <v>86</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H33">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>78</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>87</v>
       </c>
       <c r="D34">
         <v>2004</v>
       </c>
       <c r="E34" t="s">
         <v>88</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H34">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>78</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>89</v>
       </c>
       <c r="D35">
         <v>2011</v>
       </c>
       <c r="E35" t="s">
         <v>90</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H35">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>78</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>91</v>
       </c>
       <c r="D36">
         <v>2000</v>
       </c>
       <c r="E36" t="s">
         <v>92</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H36">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>93</v>
       </c>
       <c r="D37">
         <v>2003</v>
       </c>
       <c r="E37" t="s">
         <v>94</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H37">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>75</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>95</v>
       </c>
       <c r="D38">
         <v>1999</v>
       </c>
       <c r="E38" t="s">
         <v>96</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H38">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>97</v>
       </c>
       <c r="D39">
         <v>2000</v>
       </c>
       <c r="E39" t="s">
         <v>98</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H39">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>78</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>99</v>
       </c>
       <c r="D40">
         <v>2004</v>
       </c>
       <c r="E40" t="s">
         <v>100</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H40">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>78</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>101</v>
       </c>
       <c r="D41">
         <v>2016</v>
       </c>
       <c r="E41" t="s">
         <v>102</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H41">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>78</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>103</v>
       </c>
       <c r="D42">
         <v>2000</v>
       </c>
       <c r="E42" t="s">
         <v>104</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H42">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>78</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>105</v>
       </c>
       <c r="D43">
         <v>2008</v>
       </c>
       <c r="E43" t="s">
         <v>106</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H43">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>78</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>107</v>
       </c>
       <c r="D44">
         <v>1999</v>
       </c>
       <c r="E44" t="s">
         <v>108</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H44">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>13</v>
       </c>
       <c r="B45" t="s">
         <v>18</v>
       </c>
       <c r="C45" t="s">
         <v>109</v>
       </c>
       <c r="D45">
         <v>2023</v>
       </c>
       <c r="E45" t="s">
         <v>110</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45">
         <v>72.0</v>
       </c>
       <c r="H45">