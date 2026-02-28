--- v1 (2026-01-10)
+++ v2 (2026-02-28)
@@ -838,54 +838,54 @@
       </c>
       <c r="H2">
         <v>20.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>33.27</v>
+        <v>34.3</v>
       </c>
       <c r="H3">
-        <v>33.27</v>
+        <v>34.3</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
         <v>2024</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4">
         <v>72.0</v>
       </c>
       <c r="H4">
@@ -1124,392 +1124,392 @@
       </c>
       <c r="H13">
         <v>44.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14">
         <v>1998</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>17</v>
       </c>
       <c r="G14">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H14">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>13</v>
       </c>
       <c r="B15" t="s">
         <v>14</v>
       </c>
       <c r="C15" t="s">
         <v>47</v>
       </c>
       <c r="D15">
         <v>1997</v>
       </c>
       <c r="E15" t="s">
         <v>48</v>
       </c>
       <c r="F15" t="s">
         <v>17</v>
       </c>
       <c r="G15">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H15">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>13</v>
       </c>
       <c r="B16" t="s">
         <v>14</v>
       </c>
       <c r="C16" t="s">
         <v>49</v>
       </c>
       <c r="D16">
         <v>2010</v>
       </c>
       <c r="E16" t="s">
         <v>50</v>
       </c>
       <c r="F16" t="s">
         <v>17</v>
       </c>
       <c r="G16">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H16">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" t="s">
         <v>14</v>
       </c>
       <c r="C17" t="s">
         <v>51</v>
       </c>
       <c r="D17">
         <v>2021</v>
       </c>
       <c r="E17" t="s">
         <v>52</v>
       </c>
       <c r="F17" t="s">
         <v>17</v>
       </c>
       <c r="G17">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H17">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>13</v>
       </c>
       <c r="B18" t="s">
         <v>14</v>
       </c>
       <c r="C18" t="s">
         <v>53</v>
       </c>
       <c r="D18">
         <v>2017</v>
       </c>
       <c r="E18" t="s">
         <v>54</v>
       </c>
       <c r="F18" t="s">
         <v>17</v>
       </c>
       <c r="G18">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H18">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>13</v>
       </c>
       <c r="B19" t="s">
         <v>14</v>
       </c>
       <c r="C19" t="s">
         <v>55</v>
       </c>
       <c r="D19">
         <v>2012</v>
       </c>
       <c r="E19" t="s">
         <v>56</v>
       </c>
       <c r="F19" t="s">
         <v>17</v>
       </c>
       <c r="G19">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H19">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>13</v>
       </c>
       <c r="B20" t="s">
         <v>14</v>
       </c>
       <c r="C20" t="s">
         <v>57</v>
       </c>
       <c r="D20">
         <v>2004</v>
       </c>
       <c r="E20" t="s">
         <v>58</v>
       </c>
       <c r="F20" t="s">
         <v>17</v>
       </c>
       <c r="G20">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H20">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>13</v>
       </c>
       <c r="B21" t="s">
         <v>14</v>
       </c>
       <c r="C21" t="s">
         <v>59</v>
       </c>
       <c r="D21">
         <v>2004</v>
       </c>
       <c r="E21" t="s">
         <v>60</v>
       </c>
       <c r="F21" t="s">
         <v>17</v>
       </c>
       <c r="G21">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H21">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>13</v>
       </c>
       <c r="B22" t="s">
         <v>14</v>
       </c>
       <c r="C22" t="s">
         <v>61</v>
       </c>
       <c r="D22">
         <v>2004</v>
       </c>
       <c r="E22" t="s">
         <v>62</v>
       </c>
       <c r="F22" t="s">
         <v>17</v>
       </c>
       <c r="G22">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H22">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>13</v>
       </c>
       <c r="B23" t="s">
         <v>14</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23">
         <v>2004</v>
       </c>
       <c r="E23" t="s">
         <v>64</v>
       </c>
       <c r="F23" t="s">
         <v>17</v>
       </c>
       <c r="G23">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H23">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>13</v>
       </c>
       <c r="B24" t="s">
         <v>14</v>
       </c>
       <c r="C24" t="s">
         <v>65</v>
       </c>
       <c r="D24">
         <v>2000</v>
       </c>
       <c r="E24" t="s">
         <v>66</v>
       </c>
       <c r="F24" t="s">
         <v>17</v>
       </c>
       <c r="G24">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H24">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>13</v>
       </c>
       <c r="B25" t="s">
         <v>14</v>
       </c>
       <c r="C25" t="s">
         <v>67</v>
       </c>
       <c r="D25">
         <v>2000</v>
       </c>
       <c r="E25" t="s">
         <v>68</v>
       </c>
       <c r="F25" t="s">
         <v>17</v>
       </c>
       <c r="G25">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H25">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>13</v>
       </c>
       <c r="B26" t="s">
         <v>14</v>
       </c>
       <c r="C26" t="s">
         <v>69</v>
       </c>
       <c r="D26">
         <v>2000</v>
       </c>
       <c r="E26" t="s">
         <v>70</v>
       </c>
       <c r="F26" t="s">
         <v>17</v>
       </c>
       <c r="G26">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H26">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" t="s">
         <v>14</v>
       </c>
       <c r="C27" t="s">
         <v>71</v>
       </c>
       <c r="D27">
         <v>2000</v>
       </c>
       <c r="E27" t="s">
         <v>72</v>
       </c>
       <c r="F27" t="s">
         <v>17</v>
       </c>
       <c r="G27">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H27">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>73</v>
       </c>
       <c r="D28">
         <v>2021</v>
       </c>
       <c r="E28" t="s">
         <v>74</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
         <v>200.0</v>
       </c>
       <c r="H28">