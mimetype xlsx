--- v2 (2026-01-12)
+++ v3 (2026-01-12)
@@ -7635,54 +7635,54 @@
       </c>
       <c r="H15">
         <v>20.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>25</v>
       </c>
       <c r="B16" t="s">
         <v>40</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16">
         <v>2025</v>
       </c>
       <c r="E16" t="s">
         <v>42</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
       <c r="H16">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>25</v>
       </c>
       <c r="B17" t="s">
         <v>26</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17">
         <v>2025</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" t="s">
         <v>29</v>
       </c>
       <c r="G17">
         <v>80.0</v>
       </c>
       <c r="H17">
@@ -8709,54 +8709,54 @@
       </c>
       <c r="H57">
         <v>0.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>25</v>
       </c>
       <c r="B58" t="s">
         <v>40</v>
       </c>
       <c r="C58" t="s">
         <v>119</v>
       </c>
       <c r="D58">
         <v>2025</v>
       </c>
       <c r="E58" t="s">
         <v>120</v>
       </c>
       <c r="F58" t="s">
         <v>43</v>
       </c>
       <c r="G58">
-        <v>168.69</v>
+        <v>173.74</v>
       </c>
       <c r="H58">
-        <v>168.69</v>
+        <v>173.74</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>121</v>
       </c>
       <c r="D59">
         <v>12</v>
       </c>
       <c r="E59" t="s">
         <v>122</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
         <v>20.0</v>
       </c>
       <c r="H59">
@@ -26293,1042 +26293,1042 @@
       </c>
       <c r="H734">
         <v>40.0</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
         <v>25</v>
       </c>
       <c r="B735" t="s">
         <v>40</v>
       </c>
       <c r="C735" t="s">
         <v>1326</v>
       </c>
       <c r="D735">
         <v>2008</v>
       </c>
       <c r="E735" t="s">
         <v>1327</v>
       </c>
       <c r="F735" t="s">
         <v>43</v>
       </c>
       <c r="G735">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
       <c r="H735">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
         <v>25</v>
       </c>
       <c r="B736" t="s">
         <v>40</v>
       </c>
       <c r="C736" t="s">
         <v>1328</v>
       </c>
       <c r="D736">
         <v>2008</v>
       </c>
       <c r="E736" t="s">
         <v>1329</v>
       </c>
       <c r="F736" t="s">
         <v>43</v>
       </c>
       <c r="G736">
-        <v>174.3</v>
+        <v>179.53</v>
       </c>
       <c r="H736">
-        <v>174.3</v>
+        <v>179.53</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
         <v>25</v>
       </c>
       <c r="B737" t="s">
         <v>40</v>
       </c>
       <c r="C737" t="s">
         <v>1330</v>
       </c>
       <c r="D737">
         <v>2008</v>
       </c>
       <c r="E737" t="s">
         <v>1331</v>
       </c>
       <c r="F737" t="s">
         <v>43</v>
       </c>
       <c r="G737">
-        <v>190.09</v>
+        <v>195.79</v>
       </c>
       <c r="H737">
-        <v>190.09</v>
+        <v>195.79</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
         <v>25</v>
       </c>
       <c r="B738" t="s">
         <v>40</v>
       </c>
       <c r="C738" t="s">
         <v>1332</v>
       </c>
       <c r="D738">
         <v>1998</v>
       </c>
       <c r="E738" t="s">
         <v>1333</v>
       </c>
       <c r="F738" t="s">
         <v>43</v>
       </c>
       <c r="G738">
-        <v>152.52</v>
+        <v>157.1</v>
       </c>
       <c r="H738">
-        <v>152.52</v>
+        <v>157.1</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
         <v>25</v>
       </c>
       <c r="B739" t="s">
         <v>40</v>
       </c>
       <c r="C739" t="s">
         <v>1334</v>
       </c>
       <c r="D739">
         <v>1998</v>
       </c>
       <c r="E739" t="s">
         <v>1335</v>
       </c>
       <c r="F739" t="s">
         <v>43</v>
       </c>
       <c r="G739">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
       <c r="H739">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
         <v>25</v>
       </c>
       <c r="B740" t="s">
         <v>40</v>
       </c>
       <c r="C740" t="s">
         <v>1336</v>
       </c>
       <c r="D740">
         <v>1998</v>
       </c>
       <c r="E740" t="s">
         <v>1337</v>
       </c>
       <c r="F740" t="s">
         <v>43</v>
       </c>
       <c r="G740">
-        <v>40.56</v>
+        <v>41.78</v>
       </c>
       <c r="H740">
-        <v>40.56</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
         <v>25</v>
       </c>
       <c r="B741" t="s">
         <v>40</v>
       </c>
       <c r="C741" t="s">
         <v>1338</v>
       </c>
       <c r="D741">
         <v>1998</v>
       </c>
       <c r="E741" t="s">
         <v>1339</v>
       </c>
       <c r="F741" t="s">
         <v>43</v>
       </c>
       <c r="G741">
-        <v>179.63</v>
+        <v>185.05</v>
       </c>
       <c r="H741">
-        <v>179.63</v>
+        <v>185.05</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
         <v>25</v>
       </c>
       <c r="B742" t="s">
         <v>40</v>
       </c>
       <c r="C742" t="s">
         <v>1340</v>
       </c>
       <c r="D742">
         <v>1998</v>
       </c>
       <c r="E742" t="s">
         <v>1341</v>
       </c>
       <c r="F742" t="s">
         <v>43</v>
       </c>
       <c r="G742">
-        <v>179.63</v>
+        <v>185.05</v>
       </c>
       <c r="H742">
-        <v>179.63</v>
+        <v>185.05</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
         <v>25</v>
       </c>
       <c r="B743" t="s">
         <v>40</v>
       </c>
       <c r="C743" t="s">
         <v>1342</v>
       </c>
       <c r="D743">
         <v>1997</v>
       </c>
       <c r="E743" t="s">
         <v>1343</v>
       </c>
       <c r="F743" t="s">
         <v>43</v>
       </c>
       <c r="G743">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H743">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
         <v>25</v>
       </c>
       <c r="B744" t="s">
         <v>40</v>
       </c>
       <c r="C744" t="s">
         <v>1344</v>
       </c>
       <c r="D744">
         <v>1995</v>
       </c>
       <c r="E744" t="s">
         <v>1345</v>
       </c>
       <c r="F744" t="s">
         <v>43</v>
       </c>
       <c r="G744">
-        <v>179.63</v>
+        <v>185.05</v>
       </c>
       <c r="H744">
-        <v>179.63</v>
+        <v>185.05</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
         <v>25</v>
       </c>
       <c r="B745" t="s">
         <v>40</v>
       </c>
       <c r="C745" t="s">
         <v>1346</v>
       </c>
       <c r="D745">
         <v>1994</v>
       </c>
       <c r="E745" t="s">
         <v>1347</v>
       </c>
       <c r="F745" t="s">
         <v>43</v>
       </c>
       <c r="G745">
-        <v>40.56</v>
+        <v>41.78</v>
       </c>
       <c r="H745">
-        <v>40.56</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
         <v>25</v>
       </c>
       <c r="B746" t="s">
         <v>40</v>
       </c>
       <c r="C746" t="s">
         <v>1348</v>
       </c>
       <c r="D746">
         <v>1995</v>
       </c>
       <c r="E746" t="s">
         <v>1349</v>
       </c>
       <c r="F746" t="s">
         <v>43</v>
       </c>
       <c r="G746">
-        <v>179.63</v>
+        <v>185.05</v>
       </c>
       <c r="H746">
-        <v>179.63</v>
+        <v>185.05</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
         <v>25</v>
       </c>
       <c r="B747" t="s">
         <v>40</v>
       </c>
       <c r="C747" t="s">
         <v>1350</v>
       </c>
       <c r="D747">
         <v>1992</v>
       </c>
       <c r="E747" t="s">
         <v>1351</v>
       </c>
       <c r="F747" t="s">
         <v>43</v>
       </c>
       <c r="G747">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H747">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
         <v>25</v>
       </c>
       <c r="B748" t="s">
         <v>40</v>
       </c>
       <c r="C748" t="s">
         <v>1352</v>
       </c>
       <c r="D748">
         <v>1993</v>
       </c>
       <c r="E748" t="s">
         <v>1353</v>
       </c>
       <c r="F748" t="s">
         <v>43</v>
       </c>
       <c r="G748">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H748">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
         <v>25</v>
       </c>
       <c r="B749" t="s">
         <v>40</v>
       </c>
       <c r="C749" t="s">
         <v>1354</v>
       </c>
       <c r="D749">
         <v>1992</v>
       </c>
       <c r="E749" t="s">
         <v>1355</v>
       </c>
       <c r="F749" t="s">
         <v>43</v>
       </c>
       <c r="G749">
-        <v>40.56</v>
+        <v>41.78</v>
       </c>
       <c r="H749">
-        <v>40.56</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
         <v>25</v>
       </c>
       <c r="B750" t="s">
         <v>40</v>
       </c>
       <c r="C750" t="s">
         <v>1356</v>
       </c>
       <c r="D750">
         <v>1996</v>
       </c>
       <c r="E750" t="s">
         <v>1357</v>
       </c>
       <c r="F750" t="s">
         <v>43</v>
       </c>
       <c r="G750">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
       <c r="H750">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
         <v>25</v>
       </c>
       <c r="B751" t="s">
         <v>40</v>
       </c>
       <c r="C751" t="s">
         <v>1358</v>
       </c>
       <c r="D751">
         <v>1994</v>
       </c>
       <c r="E751" t="s">
         <v>1359</v>
       </c>
       <c r="F751" t="s">
         <v>43</v>
       </c>
       <c r="G751">
-        <v>179.63</v>
+        <v>185.05</v>
       </c>
       <c r="H751">
-        <v>179.63</v>
+        <v>185.05</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
         <v>25</v>
       </c>
       <c r="B752" t="s">
         <v>40</v>
       </c>
       <c r="C752" t="s">
         <v>1360</v>
       </c>
       <c r="D752">
         <v>1992</v>
       </c>
       <c r="E752" t="s">
         <v>1361</v>
       </c>
       <c r="F752" t="s">
         <v>43</v>
       </c>
       <c r="G752">
-        <v>40.56</v>
+        <v>41.78</v>
       </c>
       <c r="H752">
-        <v>40.56</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
         <v>25</v>
       </c>
       <c r="B753" t="s">
         <v>40</v>
       </c>
       <c r="C753" t="s">
         <v>1362</v>
       </c>
       <c r="D753">
         <v>1992</v>
       </c>
       <c r="E753" t="s">
         <v>1363</v>
       </c>
       <c r="F753" t="s">
         <v>43</v>
       </c>
       <c r="G753">
-        <v>146.26</v>
+        <v>150.65</v>
       </c>
       <c r="H753">
-        <v>146.26</v>
+        <v>150.65</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
         <v>25</v>
       </c>
       <c r="B754" t="s">
         <v>40</v>
       </c>
       <c r="C754" t="s">
         <v>1364</v>
       </c>
       <c r="D754">
         <v>2021</v>
       </c>
       <c r="E754" t="s">
         <v>1365</v>
       </c>
       <c r="F754" t="s">
         <v>43</v>
       </c>
       <c r="G754">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
       <c r="H754">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
         <v>25</v>
       </c>
       <c r="B755" t="s">
         <v>40</v>
       </c>
       <c r="C755" t="s">
         <v>1366</v>
       </c>
       <c r="D755">
         <v>2021</v>
       </c>
       <c r="E755" t="s">
         <v>1367</v>
       </c>
       <c r="F755" t="s">
         <v>43</v>
       </c>
       <c r="G755">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H755">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
         <v>25</v>
       </c>
       <c r="B756" t="s">
         <v>40</v>
       </c>
       <c r="C756" t="s">
         <v>1368</v>
       </c>
       <c r="D756">
         <v>2003</v>
       </c>
       <c r="E756" t="s">
         <v>1369</v>
       </c>
       <c r="F756" t="s">
         <v>43</v>
       </c>
       <c r="G756">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H756">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
         <v>25</v>
       </c>
       <c r="B757" t="s">
         <v>40</v>
       </c>
       <c r="C757" t="s">
         <v>1370</v>
       </c>
       <c r="D757">
         <v>1998</v>
       </c>
       <c r="E757" t="s">
         <v>1371</v>
       </c>
       <c r="F757" t="s">
         <v>43</v>
       </c>
       <c r="G757">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
       <c r="H757">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
         <v>25</v>
       </c>
       <c r="B758" t="s">
         <v>40</v>
       </c>
       <c r="C758" t="s">
         <v>1372</v>
       </c>
       <c r="D758">
         <v>1998</v>
       </c>
       <c r="E758" t="s">
         <v>1373</v>
       </c>
       <c r="F758" t="s">
         <v>43</v>
       </c>
       <c r="G758">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H758">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
         <v>25</v>
       </c>
       <c r="B759" t="s">
         <v>40</v>
       </c>
       <c r="C759" t="s">
         <v>1374</v>
       </c>
       <c r="D759">
         <v>2018</v>
       </c>
       <c r="E759" t="s">
         <v>1375</v>
       </c>
       <c r="F759" t="s">
         <v>43</v>
       </c>
       <c r="G759">
-        <v>124.49</v>
+        <v>128.22</v>
       </c>
       <c r="H759">
-        <v>124.49</v>
+        <v>128.22</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
         <v>25</v>
       </c>
       <c r="B760" t="s">
         <v>40</v>
       </c>
       <c r="C760" t="s">
         <v>1376</v>
       </c>
       <c r="D760">
         <v>2018</v>
       </c>
       <c r="E760" t="s">
         <v>1377</v>
       </c>
       <c r="F760" t="s">
         <v>43</v>
       </c>
       <c r="G760">
-        <v>254.11</v>
+        <v>261.78</v>
       </c>
       <c r="H760">
-        <v>254.11</v>
+        <v>261.78</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
         <v>25</v>
       </c>
       <c r="B761" t="s">
         <v>40</v>
       </c>
       <c r="C761" t="s">
         <v>1378</v>
       </c>
       <c r="D761">
         <v>2018</v>
       </c>
       <c r="E761" t="s">
         <v>1379</v>
       </c>
       <c r="F761" t="s">
         <v>43</v>
       </c>
       <c r="G761">
-        <v>152.52</v>
+        <v>157.1</v>
       </c>
       <c r="H761">
-        <v>152.52</v>
+        <v>157.1</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
         <v>25</v>
       </c>
       <c r="B762" t="s">
         <v>40</v>
       </c>
       <c r="C762" t="s">
         <v>1380</v>
       </c>
       <c r="D762">
         <v>2015</v>
       </c>
       <c r="E762" t="s">
         <v>1381</v>
       </c>
       <c r="F762" t="s">
         <v>43</v>
       </c>
       <c r="G762">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
       <c r="H762">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
         <v>25</v>
       </c>
       <c r="B763" t="s">
         <v>40</v>
       </c>
       <c r="C763" t="s">
         <v>1382</v>
       </c>
       <c r="D763">
         <v>2016</v>
       </c>
       <c r="E763" t="s">
         <v>1383</v>
       </c>
       <c r="F763" t="s">
         <v>43</v>
       </c>
       <c r="G763">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
       <c r="H763">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
         <v>25</v>
       </c>
       <c r="B764" t="s">
         <v>40</v>
       </c>
       <c r="C764" t="s">
         <v>1384</v>
       </c>
       <c r="D764">
         <v>2018</v>
       </c>
       <c r="E764" t="s">
         <v>1385</v>
       </c>
       <c r="F764" t="s">
         <v>43</v>
       </c>
       <c r="G764">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
       <c r="H764">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
         <v>25</v>
       </c>
       <c r="B765" t="s">
         <v>40</v>
       </c>
       <c r="C765" t="s">
         <v>1386</v>
       </c>
       <c r="D765">
         <v>2018</v>
       </c>
       <c r="E765" t="s">
         <v>1387</v>
       </c>
       <c r="F765" t="s">
         <v>43</v>
       </c>
       <c r="G765">
-        <v>157.29</v>
+        <v>162.06</v>
       </c>
       <c r="H765">
-        <v>157.29</v>
+        <v>162.06</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
         <v>25</v>
       </c>
       <c r="B766" t="s">
         <v>40</v>
       </c>
       <c r="C766" t="s">
         <v>1388</v>
       </c>
       <c r="D766">
         <v>2010</v>
       </c>
       <c r="E766" t="s">
         <v>1389</v>
       </c>
       <c r="F766" t="s">
         <v>43</v>
       </c>
       <c r="G766">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
       <c r="H766">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
         <v>25</v>
       </c>
       <c r="B767" t="s">
         <v>40</v>
       </c>
       <c r="C767" t="s">
         <v>1390</v>
       </c>
       <c r="D767">
         <v>2015</v>
       </c>
       <c r="E767" t="s">
         <v>1391</v>
       </c>
       <c r="F767" t="s">
         <v>43</v>
       </c>
       <c r="G767">
         <v>0.0</v>
       </c>
       <c r="H767">
         <v>0.0</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
         <v>25</v>
       </c>
       <c r="B768" t="s">
         <v>40</v>
       </c>
       <c r="C768" t="s">
         <v>1392</v>
       </c>
       <c r="D768">
         <v>2015</v>
       </c>
       <c r="E768" t="s">
         <v>1393</v>
       </c>
       <c r="F768" t="s">
         <v>43</v>
       </c>
       <c r="G768">
-        <v>222.71</v>
+        <v>229.44</v>
       </c>
       <c r="H768">
-        <v>222.71</v>
+        <v>229.44</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
         <v>25</v>
       </c>
       <c r="B769" t="s">
         <v>40</v>
       </c>
       <c r="C769" t="s">
         <v>1394</v>
       </c>
       <c r="D769">
         <v>2023</v>
       </c>
       <c r="E769" t="s">
         <v>1395</v>
       </c>
       <c r="F769" t="s">
         <v>43</v>
       </c>
       <c r="G769">
         <v>40.8</v>
       </c>
       <c r="H769">
         <v>40.8</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
         <v>25</v>
       </c>
       <c r="B770" t="s">
         <v>40</v>
       </c>
       <c r="C770" t="s">
         <v>1396</v>
       </c>
       <c r="D770">
         <v>1995</v>
       </c>
       <c r="E770" t="s">
         <v>1397</v>
       </c>
       <c r="F770" t="s">
         <v>43</v>
       </c>
       <c r="G770">
-        <v>40.56</v>
+        <v>41.78</v>
       </c>
       <c r="H770">
-        <v>40.56</v>
+        <v>41.78</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
         <v>25</v>
       </c>
       <c r="B771" t="s">
         <v>40</v>
       </c>
       <c r="C771" t="s">
         <v>1398</v>
       </c>
       <c r="D771">
         <v>1966</v>
       </c>
       <c r="E771" t="s">
         <v>1399</v>
       </c>
       <c r="F771" t="s">
         <v>43</v>
       </c>
       <c r="G771">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H771">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
         <v>25</v>
       </c>
       <c r="B772" t="s">
         <v>40</v>
       </c>
       <c r="C772" t="s">
         <v>1400</v>
       </c>
       <c r="D772">
         <v>1971</v>
       </c>
       <c r="E772" t="s">
         <v>1401</v>
       </c>
       <c r="F772" t="s">
         <v>43</v>
       </c>
       <c r="G772">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H772">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
         <v>25</v>
       </c>
       <c r="B773" t="s">
         <v>40</v>
       </c>
       <c r="C773" t="s">
         <v>1402</v>
       </c>
       <c r="D773">
         <v>1971</v>
       </c>
       <c r="E773" t="s">
         <v>1403</v>
       </c>
       <c r="F773" t="s">
         <v>43</v>
       </c>
       <c r="G773">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
       <c r="H773">
-        <v>29.44</v>
+        <v>30.37</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
         <v>8</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
         <v>1404</v>
       </c>
       <c r="D774">
         <v>5</v>
       </c>
       <c r="E774" t="s">
         <v>1405</v>
       </c>
       <c r="F774" t="s">
         <v>12</v>
       </c>
       <c r="G774">
         <v>20.0</v>
       </c>
       <c r="H774">