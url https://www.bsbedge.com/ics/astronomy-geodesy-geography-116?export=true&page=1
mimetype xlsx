--- v0 (2025-10-24)
+++ v1 (2026-02-12)
@@ -131,117 +131,117 @@
   <si>
     <t>DIN ISO 12858-3 : 2019</t>
   </si>
   <si>
     <t>Optics and optical instruments - Ancillary devices for geodetic instruments - Part 3: Tribrachs (ISO 12858-3:2005)</t>
   </si>
   <si>
     <t>DIN ISO 12858-1 : 2016</t>
   </si>
   <si>
     <t>Optics and optical instruments - Ancillary devices for geodetic instruments - Part 1: Invar levelling staffs (ISO 12858-1:2014)</t>
   </si>
   <si>
     <t>DIN EN ISO 19101-1 : 2015</t>
   </si>
   <si>
     <t>Geographic information - Reference model - Part 1: Fundamentals (ISO 19101-1:2014); English version EN ISO 19101-1:2014</t>
   </si>
   <si>
     <t>BS 7666-0:2021 ExComm</t>
   </si>
   <si>
     <t>Expert Commentary for BS 7666-0:2021. Spatial datasets for geographical referencing</t>
   </si>
   <si>
+    <t>Confirmed</t>
+  </si>
+  <si>
+    <t>BS 7666-2:2020</t>
+  </si>
+  <si>
+    <t>Spatial datasets for geographical referencing - Specification for a land and property gazetteer</t>
+  </si>
+  <si>
+    <t>Revision Underway</t>
+  </si>
+  <si>
+    <t>BS ISO 19127:2019 - TC</t>
+  </si>
+  <si>
+    <t>Tracked Changes. Geographic information. Geodetic register</t>
+  </si>
+  <si>
+    <t>BS 7666-1:2019</t>
+  </si>
+  <si>
+    <t>Spatial datasets for geographical referencing - Specification for a street gazetteer</t>
+  </si>
+  <si>
+    <t>BS ISO 9849:2017 - TC</t>
+  </si>
+  <si>
+    <t>Tracked Changes. Optics and optical instruments. Geodetic and surveying instruments. Vocabulary</t>
+  </si>
+  <si>
+    <t>BS 7666-0:2021 - TC</t>
+  </si>
+  <si>
+    <t>Tracked Changes. Spatial datasets for geographical referencing. Specification - General model for gazetteers and spatial referencing</t>
+  </si>
+  <si>
+    <t>23/30466895 DC</t>
+  </si>
+  <si>
+    <t>BS EN ISO 19111 AMD 2. Geographic information. Referencing by coordinates</t>
+  </si>
+  <si>
+    <t>BS 7666-0:2021</t>
+  </si>
+  <si>
+    <t>Spatial datasets for geographical referencing. Specification - General model for gazetteers and spatial referencing</t>
+  </si>
+  <si>
+    <t>BS 7666-1:2019 - TC</t>
+  </si>
+  <si>
+    <t>Tracked Changes. Spatial datasets for geographical referencing - Specification for a street gazetteer</t>
+  </si>
+  <si>
+    <t>PD CEN/TR 15449-3:2012</t>
+  </si>
+  <si>
+    <t>Geographic information. Spatial data infrastructures - Data centric view</t>
+  </si>
+  <si>
+    <t>PD CEN/TR 15449-2:2012</t>
+  </si>
+  <si>
+    <t>Geographic information. Spatial data infrastructures - Best practices</t>
+  </si>
+  <si>
     <t>Under Review</t>
-  </si>
-[...64 lines deleted...]
-    <t>Geographic information. Spatial data infrastructures - Best practices</t>
   </si>
   <si>
     <t>BS EN ISO 19108:2005</t>
   </si>
   <si>
     <t>Geographic information. Temporal schema</t>
   </si>
   <si>
     <t>BS 7666-5:2006</t>
   </si>
   <si>
     <t>Spatial datasets for geographical referencing - Specification for a delivery point gazetteer</t>
   </si>
   <si>
     <t>BS ISO 19127:2019</t>
   </si>
   <si>
     <t>Geographic information. Geodetic register</t>
   </si>
   <si>
     <t>BS ISO 19161-1:2020</t>
   </si>
   <si>
     <t>Geographic information. Geodetic references - International terrestrial reference system (ITRS)</t>
   </si>
@@ -697,756 +697,756 @@
       </c>
       <c r="H2">
         <v>20.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>140.93</v>
+        <v>145.14</v>
       </c>
       <c r="H3">
-        <v>140.93</v>
+        <v>145.14</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
       <c r="G4">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H4">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5">
-        <v>157.29</v>
+        <v>162.06</v>
       </c>
       <c r="H5">
-        <v>157.29</v>
+        <v>162.06</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>2020</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H6">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>24</v>
       </c>
       <c r="B7" t="s">
         <v>25</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7">
         <v>2019</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>28</v>
       </c>
       <c r="G7">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H7">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>24</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>29</v>
       </c>
       <c r="D8">
         <v>2020</v>
       </c>
       <c r="E8" t="s">
         <v>30</v>
       </c>
       <c r="F8" t="s">
         <v>28</v>
       </c>
       <c r="G8">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H8">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9" t="s">
         <v>14</v>
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9">
         <v>2019</v>
       </c>
       <c r="E9" t="s">
         <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>17</v>
       </c>
       <c r="G9">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H9">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10" t="s">
         <v>14</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10">
         <v>2016</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>17</v>
       </c>
       <c r="G10">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
       <c r="H10">
-        <v>50.65</v>
+        <v>52.15</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
         <v>14</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11">
         <v>2015</v>
       </c>
       <c r="E11" t="s">
         <v>36</v>
       </c>
       <c r="F11" t="s">
         <v>17</v>
       </c>
       <c r="G11">
-        <v>140.93</v>
+        <v>145.14</v>
       </c>
       <c r="H11">
-        <v>140.93</v>
+        <v>145.14</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12">
         <v>2021</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>84.0</v>
+        <v>90.0</v>
       </c>
       <c r="H12">
-        <v>84.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>39</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13">
         <v>2020</v>
       </c>
       <c r="E13" t="s">
         <v>41</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H13">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>42</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14">
         <v>2019</v>
       </c>
       <c r="E14" t="s">
         <v>44</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
       <c r="H14">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D15">
         <v>2019</v>
       </c>
       <c r="E15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H15">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>42</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D16">
         <v>2017</v>
       </c>
       <c r="E16" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H16">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D17">
         <v>2021</v>
       </c>
       <c r="E17" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H17">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D18">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
         <v>20.0</v>
       </c>
       <c r="H18">
         <v>20.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D19">
         <v>2021</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H19">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D20">
         <v>2019</v>
       </c>
       <c r="E20" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H20">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D21">
         <v>2012</v>
       </c>
       <c r="E21" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H21">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D22">
         <v>2012</v>
       </c>
       <c r="E22" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H22">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>62</v>
       </c>
       <c r="D23">
         <v>2005</v>
       </c>
       <c r="E23" t="s">
         <v>63</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H23">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>64</v>
       </c>
       <c r="D24">
         <v>2006</v>
       </c>
       <c r="E24" t="s">
         <v>65</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H24">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>66</v>
       </c>
       <c r="D25">
         <v>2019</v>
       </c>
       <c r="E25" t="s">
         <v>67</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H25">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>68</v>
       </c>
       <c r="D26">
         <v>2020</v>
       </c>
       <c r="E26" t="s">
         <v>69</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H26">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>70</v>
       </c>
       <c r="D27">
         <v>2017</v>
       </c>
       <c r="E27" t="s">
         <v>71</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
         <v>220.0</v>
       </c>
       <c r="H27">
         <v>220.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>72</v>
       </c>
       <c r="D28">
         <v>2000</v>
       </c>
       <c r="E28" t="s">
         <v>73</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H28">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>74</v>
       </c>
       <c r="D29">
         <v>2019</v>
       </c>
       <c r="E29" t="s">
         <v>75</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H29">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>76</v>
       </c>
       <c r="D30">
         <v>2012</v>
       </c>
       <c r="E30" t="s">
         <v>77</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H30">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>13</v>
       </c>
       <c r="B31" t="s">
         <v>78</v>
       </c>
       <c r="C31" t="s">
         <v>79</v>
       </c>
       <c r="D31">
         <v>2020</v>
       </c>
       <c r="E31" t="s">
         <v>80</v>
       </c>
       <c r="F31" t="s">
         <v>81</v>
       </c>
       <c r="G31">
         <v>72.0</v>
       </c>
       <c r="H31">