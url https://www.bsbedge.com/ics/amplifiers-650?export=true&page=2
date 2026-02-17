--- v0 (2025-10-28)
+++ v1 (2026-02-17)
@@ -857,80 +857,80 @@
       </c>
       <c r="H4">
         <v>20.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5">
         <v>2015</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H5">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>2015</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H6">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7">
         <v>2015</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7">
         <v>115.0</v>
       </c>
       <c r="H7">
@@ -1065,1042 +1065,1042 @@
       </c>
       <c r="H12">
         <v>80.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>17</v>
       </c>
       <c r="B13" t="s">
         <v>18</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13">
         <v>2018</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13">
-        <v>621.0</v>
+        <v>646.0</v>
       </c>
       <c r="H13">
-        <v>621.0</v>
+        <v>646.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14" t="s">
         <v>18</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14">
         <v>2018</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H14">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>17</v>
       </c>
       <c r="B15" t="s">
         <v>18</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15">
         <v>2023</v>
       </c>
       <c r="E15" t="s">
         <v>36</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
       <c r="H15">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>17</v>
       </c>
       <c r="B16" t="s">
         <v>18</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16">
         <v>2023</v>
       </c>
       <c r="E16" t="s">
         <v>38</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16">
-        <v>544.0</v>
+        <v>570.0</v>
       </c>
       <c r="H16">
-        <v>544.0</v>
+        <v>570.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17" t="s">
         <v>18</v>
       </c>
       <c r="C17" t="s">
         <v>39</v>
       </c>
       <c r="D17">
         <v>2023</v>
       </c>
       <c r="E17" t="s">
         <v>36</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H17">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18">
         <v>2023</v>
       </c>
       <c r="E18" t="s">
         <v>38</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H18">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>17</v>
       </c>
       <c r="B19" t="s">
         <v>18</v>
       </c>
       <c r="C19" t="s">
         <v>41</v>
       </c>
       <c r="D19">
         <v>2018</v>
       </c>
       <c r="E19" t="s">
         <v>42</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H19">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>17</v>
       </c>
       <c r="B20" t="s">
         <v>18</v>
       </c>
       <c r="C20" t="s">
         <v>43</v>
       </c>
       <c r="D20">
         <v>2018</v>
       </c>
       <c r="E20" t="s">
         <v>42</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H20">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>17</v>
       </c>
       <c r="B21" t="s">
         <v>18</v>
       </c>
       <c r="C21" t="s">
         <v>44</v>
       </c>
       <c r="D21">
         <v>2019</v>
       </c>
       <c r="E21" t="s">
         <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21">
         <v>115.0</v>
       </c>
       <c r="H21">
         <v>115.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>17</v>
       </c>
       <c r="B22" t="s">
         <v>18</v>
       </c>
       <c r="C22" t="s">
         <v>46</v>
       </c>
       <c r="D22">
         <v>2022</v>
       </c>
       <c r="E22" t="s">
         <v>47</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H22">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>17</v>
       </c>
       <c r="B23" t="s">
         <v>18</v>
       </c>
       <c r="C23" t="s">
         <v>48</v>
       </c>
       <c r="D23">
         <v>2023</v>
       </c>
       <c r="E23" t="s">
         <v>49</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H23">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>17</v>
       </c>
       <c r="B24" t="s">
         <v>18</v>
       </c>
       <c r="C24" t="s">
         <v>50</v>
       </c>
       <c r="D24">
         <v>2020</v>
       </c>
       <c r="E24" t="s">
         <v>51</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H24">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>17</v>
       </c>
       <c r="B25" t="s">
         <v>18</v>
       </c>
       <c r="C25" t="s">
         <v>52</v>
       </c>
       <c r="D25">
         <v>2023</v>
       </c>
       <c r="E25" t="s">
         <v>53</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H25">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>17</v>
       </c>
       <c r="B26" t="s">
         <v>18</v>
       </c>
       <c r="C26" t="s">
         <v>54</v>
       </c>
       <c r="D26">
         <v>2023</v>
       </c>
       <c r="E26" t="s">
         <v>55</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
       <c r="H26">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>17</v>
       </c>
       <c r="B27" t="s">
         <v>18</v>
       </c>
       <c r="C27" t="s">
         <v>56</v>
       </c>
       <c r="D27">
         <v>2023</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
       <c r="H27">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>17</v>
       </c>
       <c r="B28" t="s">
         <v>18</v>
       </c>
       <c r="C28" t="s">
         <v>57</v>
       </c>
       <c r="D28">
         <v>1995</v>
       </c>
       <c r="E28" t="s">
         <v>58</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28">
         <v>20.0</v>
       </c>
       <c r="H28">
         <v>20.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>17</v>
       </c>
       <c r="B29" t="s">
         <v>18</v>
       </c>
       <c r="C29" t="s">
         <v>59</v>
       </c>
       <c r="D29">
         <v>2018</v>
       </c>
       <c r="E29" t="s">
         <v>33</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H29">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>17</v>
       </c>
       <c r="B30" t="s">
         <v>18</v>
       </c>
       <c r="C30" t="s">
         <v>60</v>
       </c>
       <c r="D30">
         <v>1973</v>
       </c>
       <c r="E30" t="s">
         <v>61</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30">
         <v>80.0</v>
       </c>
       <c r="H30">
         <v>80.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>17</v>
       </c>
       <c r="B31" t="s">
         <v>18</v>
       </c>
       <c r="C31" t="s">
         <v>62</v>
       </c>
       <c r="D31">
         <v>2023</v>
       </c>
       <c r="E31" t="s">
         <v>53</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
       <c r="H31">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>17</v>
       </c>
       <c r="B32" t="s">
         <v>18</v>
       </c>
       <c r="C32" t="s">
         <v>63</v>
       </c>
       <c r="D32">
         <v>2011</v>
       </c>
       <c r="E32" t="s">
         <v>64</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H32">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>17</v>
       </c>
       <c r="B33" t="s">
         <v>18</v>
       </c>
       <c r="C33" t="s">
         <v>65</v>
       </c>
       <c r="D33">
         <v>2004</v>
       </c>
       <c r="E33" t="s">
         <v>66</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33">
         <v>80.0</v>
       </c>
       <c r="H33">
         <v>80.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>17</v>
       </c>
       <c r="B34" t="s">
         <v>18</v>
       </c>
       <c r="C34" t="s">
         <v>67</v>
       </c>
       <c r="D34">
         <v>2023</v>
       </c>
       <c r="E34" t="s">
         <v>55</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H34">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>17</v>
       </c>
       <c r="B35" t="s">
         <v>18</v>
       </c>
       <c r="C35" t="s">
         <v>68</v>
       </c>
       <c r="D35">
         <v>2003</v>
       </c>
       <c r="E35" t="s">
         <v>69</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35">
         <v>80.0</v>
       </c>
       <c r="H35">
         <v>80.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>70</v>
       </c>
       <c r="D36">
         <v>2022</v>
       </c>
       <c r="E36" t="s">
         <v>71</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H36">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>72</v>
       </c>
       <c r="D37">
         <v>2020</v>
       </c>
       <c r="E37" t="s">
         <v>73</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H37">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>74</v>
       </c>
       <c r="D38">
         <v>2023</v>
       </c>
       <c r="E38" t="s">
         <v>75</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H38">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>76</v>
       </c>
       <c r="D39">
         <v>2023</v>
       </c>
       <c r="E39" t="s">
         <v>77</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H39">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>78</v>
       </c>
       <c r="D40">
         <v>2023</v>
       </c>
       <c r="E40" t="s">
         <v>79</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H40">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>80</v>
       </c>
       <c r="D41">
         <v>2023</v>
       </c>
       <c r="E41" t="s">
         <v>81</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H41">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>82</v>
       </c>
       <c r="D42">
         <v>2023</v>
       </c>
       <c r="E42" t="s">
         <v>83</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H42">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>84</v>
       </c>
       <c r="D43">
         <v>2023</v>
       </c>
       <c r="E43" t="s">
         <v>85</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H43">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>86</v>
       </c>
       <c r="D44">
         <v>2018</v>
       </c>
       <c r="E44" t="s">
         <v>87</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
       <c r="H44">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>88</v>
       </c>
       <c r="D45">
         <v>2019</v>
       </c>
       <c r="E45" t="s">
         <v>89</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H45">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>90</v>
       </c>
       <c r="D46">
         <v>2023</v>
       </c>
       <c r="E46" t="s">
         <v>91</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H46">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>92</v>
       </c>
       <c r="D47">
         <v>2016</v>
       </c>
       <c r="E47" t="s">
         <v>93</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H47">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>94</v>
       </c>
       <c r="D48">
         <v>2003</v>
       </c>
       <c r="E48" t="s">
         <v>95</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H48">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>96</v>
       </c>
       <c r="D49">
         <v>2022</v>
       </c>
       <c r="E49" t="s">
         <v>97</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H49">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>98</v>
       </c>
       <c r="D50">
         <v>2023</v>
       </c>
       <c r="E50" t="s">
         <v>99</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H50">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>100</v>
       </c>
       <c r="D51">
         <v>2023</v>
       </c>
       <c r="E51" t="s">
         <v>101</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
       <c r="H51">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>102</v>
       </c>
       <c r="D52">
         <v>2012</v>
       </c>
       <c r="E52" t="s">
         <v>103</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
@@ -2119,256 +2119,256 @@
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>105</v>
       </c>
       <c r="D54">
         <v>1995</v>
       </c>
       <c r="E54" t="s">
         <v>106</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H54">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>107</v>
       </c>
       <c r="D55">
         <v>2019</v>
       </c>
       <c r="E55" t="s">
         <v>108</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H55">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>109</v>
       </c>
       <c r="D56">
         <v>2018</v>
       </c>
       <c r="E56" t="s">
         <v>110</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H56">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>111</v>
       </c>
       <c r="D57">
         <v>2015</v>
       </c>
       <c r="E57" t="s">
         <v>112</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H57">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>113</v>
       </c>
       <c r="D58">
         <v>2012</v>
       </c>
       <c r="E58" t="s">
         <v>103</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>114</v>
       </c>
       <c r="D59">
         <v>2016</v>
       </c>
       <c r="E59" t="s">
         <v>115</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H59">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>116</v>
       </c>
       <c r="D60">
         <v>2005</v>
       </c>
       <c r="E60" t="s">
         <v>117</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H60">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>118</v>
       </c>
       <c r="D61">
         <v>2011</v>
       </c>
       <c r="E61" t="s">
         <v>119</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H61">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>120</v>
       </c>
       <c r="D62">
         <v>2016</v>
       </c>
       <c r="E62" t="s">
         <v>121</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H62">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">