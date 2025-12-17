--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -1793,359 +1793,359 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
       <c r="H2">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H3">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4">
         <v>8000.0</v>
       </c>
       <c r="H4">
         <v>8000.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>1995</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="H5">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>2020</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="H6">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
         <v>2023</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="H7">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8">
         <v>2024</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="H8">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9">
         <v>2022</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="H9">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10">
         <v>2024</v>
       </c>
       <c r="E10" t="s">
         <v>31</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="H10">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11">
         <v>2022</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="H11">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12">
         <v>2016</v>
       </c>
       <c r="E12" t="s">
         <v>35</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="H12">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
       <c r="D13">
         <v>2024</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="H13">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14">
         <v>2022</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="H14">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15">
         <v>1989</v>
       </c>
       <c r="E15" t="s">
         <v>41</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="H15">
-        <v>62.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
       <c r="D16">
         <v>2009</v>
       </c>
       <c r="E16" t="s">
         <v>44</v>
       </c>
       <c r="F16" t="s">
         <v>45</v>
       </c>
       <c r="G16">
         <v>64.0</v>
       </c>
       <c r="H16">
@@ -2176,54 +2176,54 @@
       </c>
       <c r="H17">
         <v>85.05</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>50</v>
       </c>
       <c r="D18">
         <v>2025</v>
       </c>
       <c r="E18" t="s">
         <v>51</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H18">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>15</v>
       </c>
       <c r="B19" t="s">
         <v>46</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19">
         <v>2025</v>
       </c>
       <c r="E19" t="s">
         <v>53</v>
       </c>
       <c r="F19" t="s">
         <v>49</v>
       </c>
       <c r="G19">
         <v>135.89</v>
       </c>
       <c r="H19">
@@ -2254,106 +2254,106 @@
       </c>
       <c r="H20">
         <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>56</v>
       </c>
       <c r="D21">
         <v>2025</v>
       </c>
       <c r="E21" t="s">
         <v>57</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H21">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>15</v>
       </c>
       <c r="B22" t="s">
         <v>46</v>
       </c>
       <c r="C22" t="s">
         <v>58</v>
       </c>
       <c r="D22">
         <v>2025</v>
       </c>
       <c r="E22" t="s">
         <v>59</v>
       </c>
       <c r="F22" t="s">
         <v>49</v>
       </c>
       <c r="G22">
         <v>43.74</v>
       </c>
       <c r="H22">
         <v>43.74</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>60</v>
       </c>
       <c r="D23">
         <v>2024</v>
       </c>
       <c r="E23" t="s">
         <v>61</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H23">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>62</v>
       </c>
       <c r="B24" t="s">
         <v>63</v>
       </c>
       <c r="C24" t="s">
         <v>64</v>
       </c>
       <c r="D24">
         <v>2024</v>
       </c>
       <c r="E24" t="s">
         <v>65</v>
       </c>
       <c r="F24" t="s">
         <v>66</v>
       </c>
       <c r="G24">
         <v>65.0</v>
       </c>
       <c r="H24">
@@ -2566,54 +2566,54 @@
       </c>
       <c r="H32">
         <v>20.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>83</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>84</v>
       </c>
       <c r="D33">
         <v>2019</v>
       </c>
       <c r="E33" t="s">
         <v>85</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H33">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>15</v>
       </c>
       <c r="B34" t="s">
         <v>42</v>
       </c>
       <c r="C34" t="s">
         <v>86</v>
       </c>
       <c r="D34">
         <v>2023</v>
       </c>
       <c r="E34" t="s">
         <v>87</v>
       </c>
       <c r="F34" t="s">
         <v>45</v>
       </c>
       <c r="G34">
         <v>72.0</v>
       </c>
       <c r="H34">
@@ -2670,54 +2670,54 @@
       </c>
       <c r="H36">
         <v>65.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>92</v>
       </c>
       <c r="D37">
         <v>2023</v>
       </c>
       <c r="E37" t="s">
         <v>93</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H37">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>15</v>
       </c>
       <c r="B38" t="s">
         <v>42</v>
       </c>
       <c r="C38" t="s">
         <v>94</v>
       </c>
       <c r="D38">
         <v>2023</v>
       </c>
       <c r="E38" t="s">
         <v>95</v>
       </c>
       <c r="F38" t="s">
         <v>45</v>
       </c>
       <c r="G38">
         <v>64.0</v>
       </c>
       <c r="H38">
@@ -5244,1848 +5244,1848 @@
       </c>
       <c r="H135">
         <v>110.75</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>290</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>291</v>
       </c>
       <c r="D136">
         <v>2017</v>
       </c>
       <c r="E136" t="s">
         <v>292</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H136">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>290</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>293</v>
       </c>
       <c r="D137">
         <v>2018</v>
       </c>
       <c r="E137" t="s">
         <v>294</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
       <c r="H137">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>290</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>295</v>
       </c>
       <c r="D138">
         <v>2020</v>
       </c>
       <c r="E138" t="s">
         <v>296</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
       <c r="H138">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>297</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>298</v>
       </c>
       <c r="D139">
         <v>2019</v>
       </c>
       <c r="E139" t="s">
         <v>299</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H139">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>290</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>300</v>
       </c>
       <c r="D140">
         <v>2018</v>
       </c>
       <c r="E140" t="s">
         <v>301</v>
       </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
       <c r="H140">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>8</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>302</v>
       </c>
       <c r="D141">
         <v>2023</v>
       </c>
       <c r="E141" t="s">
         <v>303</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H141">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>83</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>304</v>
       </c>
       <c r="D142">
         <v>2017</v>
       </c>
       <c r="E142" t="s">
         <v>305</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
       <c r="H142">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>297</v>
+        <v>83</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>306</v>
       </c>
       <c r="D143">
         <v>2019</v>
       </c>
       <c r="E143" t="s">
         <v>307</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H143">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>8</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>308</v>
       </c>
       <c r="D144">
         <v>13</v>
       </c>
       <c r="E144" t="s">
         <v>309</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144">
         <v>20.0</v>
       </c>
       <c r="H144">
         <v>20.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>290</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>310</v>
       </c>
       <c r="D145">
         <v>2018</v>
       </c>
       <c r="E145" t="s">
         <v>311</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
       <c r="H145">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>83</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>312</v>
       </c>
       <c r="D146">
         <v>2020</v>
       </c>
       <c r="E146" t="s">
         <v>313</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H146">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>83</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>314</v>
       </c>
       <c r="D147">
         <v>2020</v>
       </c>
       <c r="E147" t="s">
         <v>315</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H147">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>8</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>316</v>
       </c>
       <c r="D148">
         <v>17</v>
       </c>
       <c r="E148" t="s">
         <v>317</v>
       </c>
       <c r="F148" t="s">
         <v>12</v>
       </c>
       <c r="G148">
         <v>20.0</v>
       </c>
       <c r="H148">
         <v>20.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>290</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>318</v>
       </c>
       <c r="D149">
         <v>2019</v>
       </c>
       <c r="E149" t="s">
         <v>319</v>
       </c>
       <c r="F149" t="s">
         <v>12</v>
       </c>
       <c r="G149">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
       <c r="H149">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>290</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>320</v>
       </c>
       <c r="D150">
         <v>2007</v>
       </c>
       <c r="E150" t="s">
         <v>321</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H150">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>290</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>322</v>
       </c>
       <c r="D151">
         <v>2017</v>
       </c>
       <c r="E151" t="s">
         <v>93</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H151">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>290</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>323</v>
       </c>
       <c r="D152">
         <v>2018</v>
       </c>
       <c r="E152" t="s">
         <v>324</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H152">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>290</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>325</v>
       </c>
       <c r="D153">
         <v>1972</v>
       </c>
       <c r="E153" t="s">
         <v>326</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H153">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>83</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>327</v>
       </c>
       <c r="D154">
         <v>2014</v>
       </c>
       <c r="E154" t="s">
         <v>328</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
       <c r="G154">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H154">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>290</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>329</v>
       </c>
       <c r="D155">
         <v>1951</v>
       </c>
       <c r="E155" t="s">
         <v>330</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H155">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>83</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>331</v>
       </c>
       <c r="D156">
         <v>2003</v>
       </c>
       <c r="E156" t="s">
         <v>332</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H156">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>290</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>333</v>
       </c>
       <c r="D157">
         <v>1971</v>
       </c>
       <c r="E157" t="s">
         <v>334</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
       <c r="G157">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H157">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>83</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>335</v>
       </c>
       <c r="D158">
         <v>2005</v>
       </c>
       <c r="E158" t="s">
         <v>336</v>
       </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
       <c r="G158">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H158">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>290</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>337</v>
       </c>
       <c r="D159">
         <v>1957</v>
       </c>
       <c r="E159" t="s">
         <v>338</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H159">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>290</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>339</v>
       </c>
       <c r="D160">
         <v>1957</v>
       </c>
       <c r="E160" t="s">
         <v>340</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H160">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>83</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>341</v>
       </c>
       <c r="D161">
         <v>2003</v>
       </c>
       <c r="E161" t="s">
         <v>342</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H161">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>83</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>343</v>
       </c>
       <c r="D162">
         <v>2003</v>
       </c>
       <c r="E162" t="s">
         <v>344</v>
       </c>
       <c r="F162" t="s">
         <v>12</v>
       </c>
       <c r="G162">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H162">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>290</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>345</v>
       </c>
       <c r="D163">
         <v>1957</v>
       </c>
       <c r="E163" t="s">
         <v>346</v>
       </c>
       <c r="F163" t="s">
         <v>12</v>
       </c>
       <c r="G163">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H163">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>83</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>347</v>
       </c>
       <c r="D164">
         <v>1995</v>
       </c>
       <c r="E164" t="s">
         <v>348</v>
       </c>
       <c r="F164" t="s">
         <v>12</v>
       </c>
       <c r="G164">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H164">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>8</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>349</v>
       </c>
       <c r="D165">
         <v>2007</v>
       </c>
       <c r="E165" t="s">
         <v>313</v>
       </c>
       <c r="F165" t="s">
         <v>12</v>
       </c>
       <c r="G165">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H165">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>290</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>350</v>
       </c>
       <c r="D166">
         <v>1968</v>
       </c>
       <c r="E166" t="s">
         <v>351</v>
       </c>
       <c r="F166" t="s">
         <v>12</v>
       </c>
       <c r="G166">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H166">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>83</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>352</v>
       </c>
       <c r="D167">
         <v>2003</v>
       </c>
       <c r="E167" t="s">
         <v>353</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
       <c r="G167">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H167">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>83</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>354</v>
       </c>
       <c r="D168">
         <v>2003</v>
       </c>
       <c r="E168" t="s">
         <v>355</v>
       </c>
       <c r="F168" t="s">
         <v>12</v>
       </c>
       <c r="G168">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H168">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>290</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>356</v>
       </c>
       <c r="D169">
         <v>2019</v>
       </c>
       <c r="E169" t="s">
         <v>357</v>
       </c>
       <c r="F169" t="s">
         <v>12</v>
       </c>
       <c r="G169">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H169">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>8</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>358</v>
       </c>
       <c r="D170">
         <v>2023</v>
       </c>
       <c r="E170" t="s">
         <v>359</v>
       </c>
       <c r="F170" t="s">
         <v>12</v>
       </c>
       <c r="G170">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H170">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>290</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>360</v>
       </c>
       <c r="D171">
         <v>1973</v>
       </c>
       <c r="E171" t="s">
         <v>361</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H171">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>290</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>362</v>
       </c>
       <c r="D172">
         <v>1955</v>
       </c>
       <c r="E172" t="s">
         <v>363</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H172">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>83</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>364</v>
       </c>
       <c r="D173">
         <v>2017</v>
       </c>
       <c r="E173" t="s">
         <v>365</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
       <c r="G173">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H173">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>83</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>366</v>
       </c>
       <c r="D174">
         <v>1996</v>
       </c>
       <c r="E174" t="s">
         <v>367</v>
       </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
       <c r="G174">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H174">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>83</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>368</v>
       </c>
       <c r="D175">
         <v>2003</v>
       </c>
       <c r="E175" t="s">
         <v>369</v>
       </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
       <c r="G175">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H175">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>290</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>370</v>
       </c>
       <c r="D176">
         <v>1968</v>
       </c>
       <c r="E176" t="s">
         <v>371</v>
       </c>
       <c r="F176" t="s">
         <v>12</v>
       </c>
       <c r="G176">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H176">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>83</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>372</v>
       </c>
       <c r="D177">
         <v>2003</v>
       </c>
       <c r="E177" t="s">
         <v>373</v>
       </c>
       <c r="F177" t="s">
         <v>12</v>
       </c>
       <c r="G177">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H177">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>290</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>374</v>
       </c>
       <c r="D178">
         <v>1965</v>
       </c>
       <c r="E178" t="s">
         <v>375</v>
       </c>
       <c r="F178" t="s">
         <v>12</v>
       </c>
       <c r="G178">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H178">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>83</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>376</v>
       </c>
       <c r="D179">
         <v>2003</v>
       </c>
       <c r="E179" t="s">
         <v>377</v>
       </c>
       <c r="F179" t="s">
         <v>12</v>
       </c>
       <c r="G179">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H179">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>83</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>378</v>
       </c>
       <c r="D180">
         <v>2004</v>
       </c>
       <c r="E180" t="s">
         <v>379</v>
       </c>
       <c r="F180" t="s">
         <v>12</v>
       </c>
       <c r="G180">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H180">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>290</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>380</v>
       </c>
       <c r="D181">
         <v>1976</v>
       </c>
       <c r="E181" t="s">
         <v>381</v>
       </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
       <c r="G181">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H181">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>290</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>382</v>
       </c>
       <c r="D182">
         <v>1961</v>
       </c>
       <c r="E182" t="s">
         <v>383</v>
       </c>
       <c r="F182" t="s">
         <v>12</v>
       </c>
       <c r="G182">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H182">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>83</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>384</v>
       </c>
       <c r="D183">
         <v>2003</v>
       </c>
       <c r="E183" t="s">
         <v>385</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H183">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>83</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>386</v>
       </c>
       <c r="D184">
         <v>2003</v>
       </c>
       <c r="E184" t="s">
         <v>387</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H184">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>83</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>388</v>
       </c>
       <c r="D185">
         <v>2003</v>
       </c>
       <c r="E185" t="s">
         <v>389</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H185">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>83</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>390</v>
       </c>
       <c r="D186">
         <v>2003</v>
       </c>
       <c r="E186" t="s">
         <v>391</v>
       </c>
       <c r="F186" t="s">
         <v>12</v>
       </c>
       <c r="G186">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H186">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>290</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>392</v>
       </c>
       <c r="D187">
         <v>1953</v>
       </c>
       <c r="E187" t="s">
         <v>393</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
       <c r="G187">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H187">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>297</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>394</v>
       </c>
       <c r="D188">
         <v>2003</v>
       </c>
       <c r="E188" t="s">
         <v>395</v>
       </c>
       <c r="F188" t="s">
         <v>12</v>
       </c>
       <c r="G188">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H188">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>8</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>396</v>
       </c>
       <c r="D189">
         <v>2012</v>
       </c>
       <c r="E189" t="s">
         <v>397</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
       <c r="G189">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H189">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>290</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>398</v>
       </c>
       <c r="D190">
         <v>2010</v>
       </c>
       <c r="E190" t="s">
         <v>399</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H190">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>83</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>400</v>
       </c>
       <c r="D191">
         <v>2003</v>
       </c>
       <c r="E191" t="s">
         <v>401</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H191">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>290</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>402</v>
       </c>
       <c r="D192">
         <v>1976</v>
       </c>
       <c r="E192" t="s">
         <v>403</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
       <c r="G192">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H192">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>290</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>404</v>
       </c>
       <c r="D193">
         <v>1966</v>
       </c>
       <c r="E193" t="s">
         <v>405</v>
       </c>
       <c r="F193" t="s">
         <v>12</v>
       </c>
       <c r="G193">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H193">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>83</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>406</v>
       </c>
       <c r="D194">
         <v>2014</v>
       </c>
       <c r="E194" t="s">
         <v>407</v>
       </c>
       <c r="F194" t="s">
         <v>12</v>
       </c>
       <c r="G194">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H194">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>83</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>408</v>
       </c>
       <c r="D195">
         <v>2003</v>
       </c>
       <c r="E195" t="s">
         <v>409</v>
       </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
       <c r="G195">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H195">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>290</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>410</v>
       </c>
       <c r="D196">
         <v>2020</v>
       </c>
       <c r="E196" t="s">
         <v>411</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H196">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>290</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>412</v>
       </c>
       <c r="D197">
         <v>1960</v>
       </c>
       <c r="E197" t="s">
         <v>413</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H197">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>290</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>414</v>
       </c>
       <c r="D198">
         <v>1971</v>
       </c>
       <c r="E198" t="s">
         <v>415</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H198">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>290</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>416</v>
       </c>
       <c r="D199">
         <v>1970</v>
       </c>
       <c r="E199" t="s">
         <v>417</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H199">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>290</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>418</v>
       </c>
       <c r="D200">
         <v>2004</v>
       </c>
       <c r="E200" t="s">
         <v>419</v>
       </c>
       <c r="F200" t="s">
         <v>12</v>
       </c>
       <c r="G200">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H200">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>83</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>420</v>
       </c>
       <c r="D201">
         <v>1980</v>
       </c>
       <c r="E201" t="s">
         <v>421</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H201">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>290</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>422</v>
       </c>
       <c r="D202">
         <v>2018</v>
       </c>
       <c r="E202" t="s">
         <v>423</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
       <c r="G202">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H202">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>83</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>424</v>
       </c>
       <c r="D203">
         <v>2003</v>
       </c>
       <c r="E203" t="s">
         <v>425</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H203">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>290</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>426</v>
       </c>
       <c r="D204">
         <v>2018</v>
       </c>
       <c r="E204" t="s">
         <v>427</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H204">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>83</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>428</v>
       </c>
       <c r="D205">
         <v>2003</v>
       </c>
       <c r="E205" t="s">
         <v>429</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H205">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>15</v>
       </c>
       <c r="B206" t="s">
         <v>42</v>
       </c>
       <c r="C206" t="s">
         <v>430</v>
       </c>
       <c r="D206">
         <v>1997</v>
       </c>
       <c r="E206" t="s">
         <v>431</v>
       </c>
       <c r="F206" t="s">
         <v>45</v>
       </c>
       <c r="G206">
         <v>64.0</v>
       </c>
       <c r="H206">