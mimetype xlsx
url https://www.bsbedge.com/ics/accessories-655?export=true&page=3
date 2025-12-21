--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -929,80 +929,80 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
       <c r="H2">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H3">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4">
         <v>640.0</v>
       </c>
       <c r="H4">
@@ -1085,54 +1085,54 @@
       </c>
       <c r="H7">
         <v>20.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8">
         <v>2024</v>
       </c>
       <c r="E8" t="s">
         <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H8">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>15</v>
       </c>
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9">
         <v>2023</v>
       </c>
       <c r="E9" t="s">
         <v>30</v>
       </c>
       <c r="F9" t="s">
         <v>19</v>
       </c>
       <c r="G9">
         <v>80.0</v>
       </c>
       <c r="H9">
@@ -2359,756 +2359,756 @@
       </c>
       <c r="H56">
         <v>54.49</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>116</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>117</v>
       </c>
       <c r="D57">
         <v>2011</v>
       </c>
       <c r="E57" t="s">
         <v>14</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H57">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>118</v>
       </c>
       <c r="D58">
         <v>2009</v>
       </c>
       <c r="E58" t="s">
         <v>119</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H58">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>120</v>
       </c>
       <c r="D59">
         <v>2021</v>
       </c>
       <c r="E59" t="s">
         <v>121</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H59">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>122</v>
       </c>
       <c r="D60">
         <v>2018</v>
       </c>
       <c r="E60" t="s">
         <v>123</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
       <c r="H60">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>124</v>
       </c>
       <c r="D61">
         <v>27</v>
       </c>
       <c r="E61" t="s">
         <v>125</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
         <v>20.0</v>
       </c>
       <c r="H61">
         <v>20.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>126</v>
       </c>
       <c r="D62">
         <v>2003</v>
       </c>
       <c r="E62" t="s">
         <v>127</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H62">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>128</v>
       </c>
       <c r="D63">
         <v>2002</v>
       </c>
       <c r="E63" t="s">
         <v>129</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H63">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>130</v>
       </c>
       <c r="D64">
         <v>2023</v>
       </c>
       <c r="E64" t="s">
         <v>131</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H64">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>132</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>133</v>
       </c>
       <c r="D65">
         <v>2013</v>
       </c>
       <c r="E65" t="s">
         <v>134</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H65">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>135</v>
       </c>
       <c r="D66">
         <v>1998</v>
       </c>
       <c r="E66" t="s">
         <v>136</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H66">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>137</v>
       </c>
       <c r="D67">
         <v>2016</v>
       </c>
       <c r="E67" t="s">
         <v>138</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H67">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>139</v>
       </c>
       <c r="D68">
         <v>2020</v>
       </c>
       <c r="E68" t="s">
         <v>65</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H68">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>132</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>140</v>
       </c>
       <c r="D69">
         <v>1983</v>
       </c>
       <c r="E69" t="s">
         <v>141</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H69">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>142</v>
       </c>
       <c r="D70">
         <v>2018</v>
       </c>
       <c r="E70" t="s">
         <v>143</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H70">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>132</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>144</v>
       </c>
       <c r="D71">
         <v>2017</v>
       </c>
       <c r="E71" t="s">
         <v>145</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H71">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>146</v>
       </c>
       <c r="D72">
         <v>2016</v>
       </c>
       <c r="E72" t="s">
         <v>62</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H72">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>147</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>148</v>
       </c>
       <c r="D73">
         <v>2001</v>
       </c>
       <c r="E73" t="s">
         <v>149</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H73">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>150</v>
       </c>
       <c r="D74">
         <v>2011</v>
       </c>
       <c r="E74" t="s">
         <v>151</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H74">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>152</v>
       </c>
       <c r="D75">
         <v>1993</v>
       </c>
       <c r="E75" t="s">
         <v>153</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H75">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>132</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>154</v>
       </c>
       <c r="D76">
         <v>1979</v>
       </c>
       <c r="E76" t="s">
         <v>155</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H76">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>156</v>
       </c>
       <c r="D77">
         <v>1997</v>
       </c>
       <c r="E77" t="s">
         <v>157</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H77">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>158</v>
       </c>
       <c r="D78">
         <v>2003</v>
       </c>
       <c r="E78" t="s">
         <v>159</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H78">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>132</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>160</v>
       </c>
       <c r="D79">
         <v>1983</v>
       </c>
       <c r="E79" t="s">
         <v>161</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H79">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>132</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>162</v>
       </c>
       <c r="D80">
         <v>2013</v>
       </c>
       <c r="E80" t="s">
         <v>163</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H80">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>164</v>
       </c>
       <c r="D81">
         <v>1996</v>
       </c>
       <c r="E81" t="s">
         <v>165</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H81">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>166</v>
       </c>
       <c r="D82">
         <v>2010</v>
       </c>
       <c r="E82" t="s">
         <v>167</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H82">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>168</v>
       </c>
       <c r="D83">
         <v>2011</v>
       </c>
       <c r="E83" t="s">
         <v>169</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H83">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>132</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>170</v>
       </c>
       <c r="D84">
         <v>1987</v>
       </c>
       <c r="E84" t="s">
         <v>171</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H84">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">